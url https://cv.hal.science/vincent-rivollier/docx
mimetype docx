--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1065,5850 +1065,5945 @@
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivollier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Solenne Hortala; Sébastien Ranc; Romy Sutra. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mesure(s) et droit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses de l'Université Toulouse Capitole, pp.39-49, 2023, 978-2-36170-279-3</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses de l'Université Toulouse Capitole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.39-49, 2023, 978-2-36170-279-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04372106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Risques et potentialités de la réparation algorithmique des préjudices consécutifs à un dommage corporel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Viglino</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olivier Gout. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Responsabilité civile et intelligence artificielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, pp.675 et s., 2022, Groupe de recherche européen sur la responsabilité civile et l’assurance (GRERCA), 9782802771906</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04173941v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le « service » associé au « contrat » : variations et jeux d’influence terminologiques dans le langage juridique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Florence Serrano. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Analyser et traduire les concepts juridiques dans leurs cultures en Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 193-218, Presses Universitaires Savoie Mont Blanc, 2022, 978-2-37741-078-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03694445v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'incidence processuelle en droit français du caractère collectif de l'événement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Friant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivollier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les dommages de masse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bruylant, pp.361 et s., 2022, Groupe de recherche européen sur la responsabilité civile et l’assurance (GRERCA), 9782802771838</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04173939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...51 lines deleted...]
-              <w:t xml:space="preserve">, Bruylant, pp.675 et s., 2022, Groupe de recherche européen sur la responsabilité civile et l’assurance (GRERCA), 9782802771906</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les fonctions de la responsabilité civile face à la socialisation des risques. L’expérience néo-zélandaise en matière de dommages corporels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mélanges en l'honneur de Pascal Ancel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Larcier; LexisNexis, pp.523, 2021, Collection de la Faculté de droit, d'économie et de finances de l'Université de Luxembourg, 978-2-8079-2476-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, 193-218, Presses Universitaires Savoie Mont Blanc, 2022, 978-2-37741-078-1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03519200v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les évolutions nécessaires du droit français des personnes protégées au regard de l’article 12 de la Convention des Nations unies relative aux droits des personnes handicapées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Clément Benelbaz; Jean-François Joye. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Identité, dignité, handicap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UCA, pp.123, 2020, Handicap et citoyenneté, 978-2-9575362-5-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Larcier; LexisNexis, pp.523, 2021, Collection de la Faculté de droit, d'économie et de finances de l'Université de Luxembourg, 978-2-8079-2476-5</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03519262v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le modèle néo-zélandais de la prise en charge du dommage corporel d’origine accidentelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jonas Knetsch. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quelle prise en charge des dommages corporels au XXIe siècle ? Recherches sur l’articulation entre droit de la responsabilité, Sécurité sociale et assurances privées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EN3S, 2020, 2957188406</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, EN3S, 2020, 2957188406</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02926862v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’enseignement du droit et l’européanisation du droit privé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'enseignement du droit. Actes de la journée d'étude des jeunes chercheurs de l'Institut d'études de droit public (IEDP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mare &amp; Martin, 2016, Collection Presses universitaires de Sceaux, 978-2-84934-257-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, UCA, pp.123, 2020, Handicap et citoyenneté, 978-2-9575362-5-2</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ujm-01538008v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La doctrine organique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pascale Deumier. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le raisonnement juridique. Recherche sur les travaux préparatoires des arrêts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, pp.105-133, 2013, Méthodes du droit, 978-2-247-12051-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...141 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00836235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (43)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (44)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La réparation des enfants par le fonds d'indemnisation des victimes de pesticides : le barème d'indemnisation à l'épreuve du contentieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivollier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droit Social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 06, pp.476</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05089799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annulation partielle du barème de l'ONIAM : quel contrôle et quel avenir pour les référentiels d'indemnisation ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivollier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 13, pp.592</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05017208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Panorama de droit du dommage corporel (novembre 2024 à avril 2025)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Cousin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Quézel-Ambrunaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.N2337B3X</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">hal-05206417v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panorama de droit du dommage corporel (avril à octobre 2025)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Quézel-Ambrunaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Contrats responsabilité immobilier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.N3327B3M</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05451801v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La valse-hésitation législative autour de la rente AT-MP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Responsabilité civile et assurances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 3, pp.étude 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04548313v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Fonds d'indemnisation des victimes de pesticides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 43, pp.2160</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04825564v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relations sexuelles non protégées, contamination au VIH et droit de la responsabilité civile : présomptions de causalité et hiérarchisation (implicite) des fautes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04830563v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'indemnisation des agriculteurs victimes de pesticides : le Fonds d'indemnisation des victimes de pesticides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 1, pp.dossier 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04394086v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'option entre le régime de responsabilité du fait des produits défectueux et le droit commun de la responsabilité délictuelle pour faute</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 3, pp.150</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04407469v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panorama de droit du dommage corporel (avril à novembre 2024)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Quézel-Ambrunaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Clément Cousin</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04830544v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Legal Metrics Extracted from Court Decisions. A Focus on Personal Injury Compensation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Quézel-Ambrunaz</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Italian Law Journal. An international forum for the critique of Italian Law</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10 (01-02), pp.21-42</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05559148v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panorama de droit du dommage corporel (janvier à mars 2024)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Quézel-Ambrunaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Cousin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lexbase Droit privé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, pp.N2337B3X</w:t>
+              <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04830551v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La rente d'accident du travail n'indemnise plus le déficit fonctionnel permanent. Lecture douce-amère des arrêts du 20 janvier 2023</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6, pp.321</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03987460v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit commun de la réparation comme complément au régime AT-MP en cas de faute inexcusable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Responsabilité civile et assurances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 5, pp.étude 6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04173719v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conditions et conséquences de la réparation en matière médicale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fenêtre sur Cour. Revue des arrêts remarquables de la Cour d'appel de Chambéry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8, pp.31-35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04173920v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’étendue de l’autorité de la chose jugée en matière de réparation du dommage corporel : l’absence de réserve sur un élément de préjudice n’emporte pas nécessairement l’irrecevabilité de la nouvelle demande</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03998258v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le retrait de DataJust, ou la fausse défaite des barèmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Viglino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Quézel-Ambrunaz</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 09, pp.467</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03601338v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La méthode comparative saisie par les mouvements d’uniformisation du droit. Comparer pour mieux régner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurisprudence. revue critique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2020 (9)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684317v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le contrat de transport, obstacle à l’exclusivité de la loi du 5 juillet 1985, et le dommage subi par le propriétaire d’un véhicule endommagé alors que conduit par un tiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03829497v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le fonds d'indemnisation des victimes de pesticides, ou l'émergence d'un nouveau régime de maladies professionnelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 05, pp.449</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03660026v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les limites à l'inconstance de l'ONIAM entre la phase amiable et la phase juridictionnelle : la portée de la transaction à titre provisionnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 06, pp.336</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03575063v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’autonomie du préjudice d’angoisse de mort imminente et du préjudice d’attente et d’inquiétude. Jusqu’où aller dans la déclinaison des préjudices ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03829482v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le montant de l'indemnisation du préjudice d'affection devant les cours d'appel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurimétrie - Revue de la mesure des phénomènes juridiques </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03829382v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">For a reasoned study of jurimetrics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, 2025, pp.N3327B3M</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Quézel-Ambrunaz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurimétrie - Revue de la mesure des phénomènes juridiques </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1, pp.5-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03821090v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le fonds d’indemnisation des victimes des pesticides : apports et enjeux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Baldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Lebailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archives des Maladies Professionnelles et de L'Environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 83 (3), pp.157-158. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.admp.2022.04.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 1, pp.dossier 4</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03829535v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Articulation entre processus transactionnel et procédure judiciaire en matière d’accidents médicaux non fautifs : la solution de la cour d’appel de Chambéry cassée par la Cour de cassation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fenêtre sur Cour. Revue des arrêts remarquables de la Cour d'appel de Chambéry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.10-12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le Fonds d'indemnisation des victimes de pesticides</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684518v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le contrôle par le juge judiciaire des mesures administratives de quarantaine imposée pour des motifs sanitaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fenêtre sur Cour. Revue des arrêts remarquables de la Cour d'appel de Chambéry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.28-30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684508v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une étude raisonnée de la jurimétrie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Quézel-Ambrunaz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurimétrie - Revue de la mesure des phénomènes juridiques </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1, pp.5-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03813731v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit commun de la responsabilité civile comme fondement résiduel et subversif à la réparation des atteintes subies dans le cadre professionnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivollier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 43, pp.2160</w:t>
+              <w:t xml:space="preserve">, 2021, 21, pp.1140</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2024</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03519471v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le contentieux des soins sans consentement devant la Cour d'appel de Chambéry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Viglino</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fenêtre sur Cour. Revue des arrêts remarquables de la Cour d'appel de Chambéry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6, pp.18-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L'option entre le régime de responsabilité du fait des produits défectueux et le droit commun de la responsabilité délictuelle pour faute</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03519442v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vice caché et réticence dolosive : l’option entre l’action contractuelle et l’action délictuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actu-Juridique.fr</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684466v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La stratégie procédurale et la politique de l’ONIAM entérinées par la Cour d’appel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fenêtre sur Cour. Revue des arrêts remarquables de la Cour d'appel de Chambéry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 5, pp.7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03433056v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'open data des décisions de justice : pas tout, pas tout de suite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivollier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 3, pp.150</w:t>
+              <w:t xml:space="preserve">, 2020, 29, pp.1626</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02926912v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Décret DataJust : un algorithme pour indemniser les dommages corporels ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Motahareh Fathisalout-Bollon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Quézel-Ambrunaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, 2024</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Viglino</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fenêtre sur Cour</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 5, p. 26-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Panorama de droit du dommage corporel (janvier à mars 2024)</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02985734v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">À propos de DataJust : justesse de l’outil numérique, juste indemnisation des victimes ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Motahareh Fathisalout Bollon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Lamy Droit civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.18</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684329v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Medical Compensation under French Law</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Otago Law Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 16 (1), pp.179</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684335v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diffuser le nom des magistrats ou quelle conception de la justice en France ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Justice et numérique. Quelles (r)évolutions ? Actes du séminaire e-juris sept. 2018 - fév. 2019, supplément au no 44-45, pp.26 et s</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02926848v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une hiérarchie entre droits fondamentaux ? Le point de vue du droit civil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Quézel-Ambrunaz</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">, 2024</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des droits et libertés fondamentaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2019, pp.45</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 8, pp.31-35</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02196040v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les paradoxes du « droit privé européen »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de l'Union européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.634-638</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2023</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02202888v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les contrats relatifs au règlement des litiges et la loi du 18 novembre 2016 de modernisation de la justice du XXIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Petites affiches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, p. 10-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La rente d'accident du travail n'indemnise plus le déficit fonctionnel permanent. Lecture douce-amère des arrêts du 20 janvier 2023</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01952422v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’influence du droit européen et international des contrats sur la réforme française du droit des obligations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue internationale de droit comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.757-777</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01687196v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Absence de recours subrogatoire contre la sous-caution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 23, pp.641</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01537897v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Procédure d'offre d'indemnisation : les promesses (de l'assureur) n'engagent que ceux qui les écoutent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivollier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 6, pp.321</w:t>
+              <w:t xml:space="preserve">, 2017, 32, pp.1899</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 5, pp.étude 6</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01610427v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Validité et preuve du cautionnement : le formalisme solennel du Code de la consommation et le formalisme probatoire du Code civil ont-ils rendez-vous ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Lamy Droit civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 149 (juin 2017), pp.22-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...1820 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01545708v1</w:t>
-              </w:r>
-[...274 lines deleted...]
-                <w:t xml:space="preserve">hal-01610427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (27)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La victime par ricochet et les risques professionnels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'indemnisation des victimes par ricochet. Journée du master droit du dommage corporel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Savoie Mont Blanc, Oct 2024, Chambéry, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04732922v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numérisation de l’évaluation des dommages et intérêts en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Digitale und analoge Schadens- und Schmerzensgeldbemessung – Künstliche Intelligenz, Berechnung, Tabellen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Friedrich-Alexander-Universität, Oct 2024, Erlangen, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04830508v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les outils numériques d’aide à la décision, facilitateurs du règlement transactionnel des litiges ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Justice civile 2.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IDCEL-EDIEC, Université Lyon 3, Mar 2024, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04548328v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La doctrine comme moteur de la diffusion des concepts juridiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La doctrine comme objet d'étude : bilan et perspective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CURAPP-ESS; Université de Picardie - Jules Vernes; Yannick Ganne; Sacha Sydoryk, Nov 2024, Amiens, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04823032v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La multiplication des postes de préjudice est-elle gage d’une plus grande individualisation de la réparation ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivollier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’individualisation de l’indemnisation en cas de dommage corporel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut universitaire de France; Université Savoie Mont Blanc; Centre de recherche en droit Antoine Favre; Christophe Quézel-Ambrunaz, Jul 2024, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04732914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, CURAPP-ESS; Université de Picardie - Jules Vernes; Yannick Ganne; Sacha Sydoryk, Nov 2024, Amiens, France</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'influence des droits européens et internationaux sur la réforme du droit des contrats spéciaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La réforme du droit des contrats spéciaux : Regards franco-italiens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ucly, Jun 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université Savoie Mont Blanc, Oct 2024, Chambéry, France</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294800v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Datajust. Histoire d'un échec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Nouvelles technologies et justice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre internet et société, Mar 2023, en ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Friedrich-Alexander-Universität, Oct 2024, Erlangen, Germany</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04173715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'indemnisation des agriculteurs victimes de pesticides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque "La Mutualité sociale agricole. Défis d'aujourd'hui et de demain"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lorraine, Jun 2023, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, IDCEL-EDIEC, Université Lyon 3, Mar 2024, Lyon, France</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04173912v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Connaître la réalité de la réparation des préjudices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les variations du préjudice. De l'individuel au collectif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La Rochelle Université, Oct 2023, La Rochelle, France. https://videos.univ-lr.fr/video/2937-le-prisme-methodologique/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Ucly, Jun 2023, Lyon, France</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294829v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La responsabilité de l'employeur vis-à-vis et du fait des salariés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Crise sanitaire et responsabilité civile</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe de recherche européen sur la responsabilité civile et l'assurance (GRERCA); Universidade de Santiago de Compostela, Apr 2023, Santiago de Compostela, Espagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Lorraine, Jun 2023, Metz, France</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04173722v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Référentiels et barèmes en matière de réparation du préjudice corporel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Quézel-Ambrunaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mesure(s) et droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Toulouse 1 Capitole, CTHDIP, CDA, IDP, Dec 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Centre internet et société, Mar 2023, en ligne, France</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294923v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La réparation du dommage corporel en France : les évolutions du droit français au cours des vingt dernières années</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop Internacional sobre daños y causalidad</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pontificia Universidad Católica de Chile; Centro de Riesgos y Seguros, Jul 2022, Santiago, Chili</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, La Rochelle Université, Oct 2023, La Rochelle, France. https://videos.univ-lr.fr/video/2937-le-prisme-methodologique/</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04173934v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La relation entre les demandes, les offres, et les montants accordés devant les juridictions d’appel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire jurimétrie. Théorie, méthodes et outils, applications de la jurimétrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre de recherche en droit Antoine Favre, May 2022, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Groupe de recherche européen sur la responsabilité civile et l'assurance (GRERCA); Universidade de Santiago de Compostela, Apr 2023, Santiago de Compostela, Espagne</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03829409v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’articulation entre responsabilité civile et régime de sécurité sociale en matière d'accidents du travail et de maladies professionnelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Seminario de Responsabilidad Civil "Tópicos relevantes en torno al daño y la causalidad"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universidad del Desarrollo, Jul 2022, Concepciòn, Chili</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Blanc</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04173933v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’algorithmisation du droit : quel impact sur la justice et le justiciable ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'algorithmisation du droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Tours, Mar 2022, Tours, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La socialisation des risques face aux atteintes psychiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'étatisation de la réparation du dommage corporel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Bretagne Sud, Apr 2021, à distance, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04173942v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le fonds d'indemnisation des victimes de pesticides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Déjeuners du dommage corporel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Savoie Mont Blanc, Mar 2021, Chambéry, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04173932v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La connaissance et les usages des outils de la réparation du dommage corporel par les acteurs judiciaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">État des lieux critique des outils d’évaluation des préjudices consécutifs à un dommage corporel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Savoie Mont Blanc; Centre de recherche en droit Antoine Favre; Institut universitaire de France; Christophe Quézel-Ambrunaz, Dec 2020, Chambéry (en ligne), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04173944v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’incidence processuelle du caractère collectif de l’événement. Rapport français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Friant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...33 lines deleted...]
-              <w:t xml:space="preserve">, Université Toulouse 1 Capitole, CTHDIP, CDA, IDP, Dec 2022, Toulouse, France</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les dommages de masse. Séminaire annuel du Groupe de recherche européen sur la responsabilité civile et l’assurance (GRERCA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Bucarest, Roumanie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Pontificia Universidad Católica de Chile; Centro de Riesgos y Seguros, Jul 2022, Santiago, Chili</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02885963v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les fonctions de la responsabilité civile face à la socialisation des risques. Éclairage néo-zélandais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">De la responsabilité civile à la socialisation des risques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Savoie Mont Blanc; CDPPOC, Jun 2019, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Centre de recherche en droit Antoine Favre, May 2022, Chambéry, France</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02196045v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accident, illness and disability caused by a medical intervention under French Law</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The “private” law’s response to accident, illness and disability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, City University of Hong Kong; University of Otago (New Zealand), Mar 2019, Hong Kong, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Universidad del Desarrollo, Jul 2022, Concepciòn, Chili</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02195911v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diffuser le nom des professionnels de la justice en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Legal Tech Congres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Orde van Vlaamse Balies/Ordre des barreaux flamands, Oct 2018, Bruxelles, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Tours, Mar 2022, Tours, France</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02196034v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le modèle néo-zélandais de la prise en charge du dommage corporel d’origine accidentelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quelle prise en charge des dommages corporels au 21ème siècle ? Recherches sur l'articulation entre droit de la responsabilité, Sécurité sociale et assurance privée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Saint-Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université Savoie Mont Blanc, Mar 2021, Chambéry, France</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02109740v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diffuser le nom des magistrats, ou quelle conception de la justice en France ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">De l’open data des décisions de justice à l’automatisation de la prise de décisions ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Bretagne Sud, Apr 2021, à distance, France</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02196023v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Responsabilité des autorités sanitaires et responsabilité des professionnels de santé en matière de médicaments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Risque iatrogène : Quelle problématique, quelle réparation, quelles procédures pour les victimes de médicaments ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Savoie Mont Blanc, Mar 2018, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université Savoie Mont Blanc; Centre de recherche en droit Antoine Favre; Institut universitaire de France; Christophe Quézel-Ambrunaz, Dec 2020, Chambéry (en ligne), France</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02196009v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La méthode comparative saisie par les mouvements d'uniformisation du droit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A propos des méthodes de la recherche juridique. Discours théoriques et récits d'expériences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Bucarest, Roumanie</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02195902v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’enseignement du droit, moyen de l’européanisation et de l’internationalisation du droit privé ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivollier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'enseignement du droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Sceaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...551 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02196000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6918,153 +7013,153 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les fonctions de la responsabilité civile face à la socialisation des risques. L'expérience néo-zélandaise en matière de dommages corporels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivollier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02973777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution aux travaux de la mission d’information sur la responsabilité civile créée par la commission des lois du Sénat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Motahareh Fathisalout-Bollon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Clerc-Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Pignarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Quézel-Ambrunaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7076,51 +7171,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01842467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7130,236 +7225,236 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’indemnisation du dommage corporel : les barèmes dans le discours des magistrats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivollier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les barèmes (et autres outils techniques d'aide à la décision) dans le fonctionnement de la justice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, pp.56-73</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03684447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’office du juge, le principe dispositif et les barèmes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivollier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019, pp.17-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03684456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Hartkamp, Carla Sieburgh et Wouter Devroe (sdd.), Cases, Materials and Text on European Law and Private Law Oxford, Hart publishing, coll. « Ius Commune Casebooks for the Common Law of Europe », 2017, 528 p</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivollier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017, pp.935</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01687210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId125"/>
+      <w:footerReference w:type="default" r:id="rId127"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7427,51 +7522,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0C5944E1"/>
+    <w:nsid w:val="77A7E921"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7658,51 +7753,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincent-rivollier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/197223737" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206396v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Qu&#233;zel-Ambrunaz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Minet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Di-Cintio" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Le Gallo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rivollier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534974v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sayn" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193386v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01419285v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02283040v2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Perrocheau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Favier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Merley" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cottin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01893954v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Clerc-Renaud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Wrembicki-Giely" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354508v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757232v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renzo Esteban Munita Marambio" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534995v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372106v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173939v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Friant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173941v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Viglino" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694445v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519200v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926862v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519262v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01538008v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00836235v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05089799v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05017208v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206417v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Cousin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05451801v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04548313v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04394086v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04825564v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04830563v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04407469v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04830544v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04830551v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173920v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03998258v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03987460v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173719v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03813731v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03601338v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684317v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829497v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03575063v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03660026v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684518v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829535v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Baldi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lebailly" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.admp.2022.04.001" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03821090v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829482v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829382v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684508v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519442v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519471v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684466v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433056v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02926912v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02985734v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Motahareh Fathisalout-Bollon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684329v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Motahareh Fathisalout Bollon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926848v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684335v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02196040v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02202888v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545708v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01952422v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01687196v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537897v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610427v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732914v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823032v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732922v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04830508v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04548328v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294800v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173912v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173715v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294829v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173722v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294923v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Blanc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173934v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829409v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173933v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684527v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173932v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173942v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173944v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885963v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195911v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02196045v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02196034v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109740v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02196023v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02196009v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195902v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02196000v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973777v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01842467v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Pignarre" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684447v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684456v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01687210v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincent-rivollier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/197223737" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206396v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Qu&#233;zel-Ambrunaz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Minet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Di-Cintio" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Le Gallo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rivollier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534974v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sayn" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193386v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01419285v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02283040v2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Perrocheau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Favier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Merley" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cottin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01893954v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Clerc-Renaud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Wrembicki-Giely" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354508v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757232v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renzo Esteban Munita Marambio" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534995v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372106v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/putc/20797" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173941v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Viglino" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694445v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173939v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Friant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519200v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519262v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926862v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01538008v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00836235v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05089799v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05017208v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206417v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Cousin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05451801v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04548313v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04825564v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04830563v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04394086v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04407469v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04830544v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559148v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04830551v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03987460v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173719v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173920v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03998258v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03601338v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684317v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829497v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03660026v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03575063v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829482v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829382v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03821090v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829535v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Baldi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lebailly" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.admp.2022.04.001" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684518v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684508v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03813731v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519471v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519442v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684466v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433056v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02926912v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02985734v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Motahareh Fathisalout-Bollon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684329v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Motahareh Fathisalout Bollon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684335v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926848v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02196040v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02202888v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01952422v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01687196v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537897v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610427v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545708v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732922v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04830508v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04548328v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823032v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732914v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294800v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173715v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173912v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294829v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173722v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294923v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Blanc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173934v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829409v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173933v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684527v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173942v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173932v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173944v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885963v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02196045v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195911v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02196034v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109740v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02196023v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02196009v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195902v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02196000v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973777v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01842467v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Pignarre" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684447v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684456v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01687210v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>