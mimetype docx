--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -3525,217 +3525,213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01008395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of the incident IR heat flux upon a 3D geometry composite part (Carbon/Epoxy)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Shape evolution of carbon epoxy laminated composite during curing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasir Nawab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Jacquemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Casari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boyard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Sobotka</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International ESAFORM Conference on material forming (ESAFORM 2012)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/KEM.504-506.1085⟩</w:t>
+              <w:t xml:space="preserve">15th International ESAFORM Conference on Material Forming</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Nuremberg, Germany. pp.1145-1150, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/KEM.504-506.1145⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01687330v1</w:t>
+                <w:t xml:space="preserve">hal-01008888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental determination and modeling of thermal conductivity tensor of carbon/epoxy composite.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Lecointe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Villiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sawsane Nakouzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Sobotka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3744,206 +3740,210 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boyard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESAFORM 2012 - 15th International ESAFORM Conference on material forming</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2012, Erlangen, Germany. pp.1091-1096, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4028/www.scientific.net/KEM.504-506.1091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01687331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shape evolution of carbon epoxy laminated composite during curing</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Optimization of the incident IR heat flux upon a 3D geometry composite part (Carbon/Epoxy)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sawsane Nakouzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florentin Berthet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Delaunay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Le Maoult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Schmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International ESAFORM Conference on Material Forming</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Nuremberg, Germany. pp.1145-1150, </w:t>
+              <w:t xml:space="preserve">15th International ESAFORM Conference on material forming (ESAFORM 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Erlangen, Germany. pp.1085-1090, </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/KEM.504-506.1145⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/KEM.504-506.1085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01008888v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01687330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (22)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4163,278 +4163,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04410117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the Melting Kinetics of Polyetheretherketone Depending on Thermal History: Application to Additive Manufacturing</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Improvement of thermal management of composites forming process tooling using lattice structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthis Balthazar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Soto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Edelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Guéroult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 16 (10), pp.1319. </w:t>
+              <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 134 (5-6), pp.2705-2723. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/polym16101319⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00170-024-14264-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04623158v1</w:t>
+                <w:t xml:space="preserve">hal-04701564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvement of thermal management of composites forming process tooling using lattice structures</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modelling the Melting Kinetics of Polyetheretherketone Depending on Thermal History: Application to Additive Manufacturing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adel Benarbia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Sobotka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boyard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Roua</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 134 (5-6), pp.2705-2723. </w:t>
+              <w:t xml:space="preserve">Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (10), pp.1319. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00170-024-14264-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/polym16101319⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04701564v1</w:t>
+                <w:t xml:space="preserve">hal-04623158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design via topology optimisation and experimental assessment of thermal metadevices for conductive heat flux shielding in transient regime</w:t>
               </w:r>
@@ -5654,51 +5654,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic saturation curve measurement in liquid composite molding by heat transfer analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Villiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Guéroult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6622,51 +6622,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahim Maazouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Delaunay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Polymer Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 23 (1), pp.93-102</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7279,51 +7279,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125998v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sourour Traouli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Le Corre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sobotka" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mael P&#233;ron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jago Pridie" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644903599-255" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125012v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Le Reun" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur L&#233;vy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lefevre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Alexandre Cayzac" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644903599-64" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360155v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rima Sfar Zbed" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124985v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthis Balthazar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baudin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Soto" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gu&#233;roult" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644903599-248" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128810v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Moussallem" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Bailleul" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915942v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Carti&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Blanchard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel R&#233;quil&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Le Lou&#235;t" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915898v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623174v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Storti" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos &#193;lvarez-Hostos" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644903131-297" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746481v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623178v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Benarbia" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boyard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Roua" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644903131-36" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915908v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915918v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderezak Aouali" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236700v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Edelin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120568v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2023-010" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120056v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644902479-205" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120040v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644902479-16" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529134v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203967v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25518/esaform21.2067" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03204078v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Reyes Rodriguez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Tardif" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-L. Bailleul" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Allanic" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25518/esaform21.3677" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978685v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ketaki Mishra" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978677v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Lepoivre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865305v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Levy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.promfg.2020.04.291" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375985v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taleb Ghamlouch" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5034978" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02895261v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Olivier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375979v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Delaunay" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Pignon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5034977" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621605v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Cardinaud" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194423v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4963594" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01020393v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Villi&#232;re" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Gu&#233;roult" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008395v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasir Nawab" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Casari" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jacquemin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.504-506.1129" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687330v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sawsane Nakouzi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentin Berthet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Delaunay" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Le Maoult" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Schmidt" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.504-506.1085" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687331v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lecointe" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Villiere" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.504-506.1091" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008888v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.504-506.1145" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311124v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2023.121988" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410117v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2024.108010" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623158v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym16101319" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701564v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-024-14264-6" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111320v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2023.124238" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460642v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2021.106689" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761908v2" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/p-1zcpjl" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560434v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-022-01648-w" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806235v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2022.103167" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171404v2" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gaudefroy" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2021.107096" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328645v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile de Parscau Du Plessix" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Lef&#233;bure" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0021998319846260" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365077v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2017.09.078" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365079v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/RCMA.28.111-134" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387387v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0021998316647119" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01938745v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Breard" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2014.11.024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ML2WZW8N-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006825v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0021998312440130" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154412v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Borjon-Piron" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2013.02.002" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2VT0L3L4-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01102026v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004699v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.326.19" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084557v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Agazzi" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Le Goff" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Garcia" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Jarny" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-010-0695-2" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960430v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2010.06.022" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376932v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sobotka" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Perot" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Maazouz" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02870129v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387212v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093383v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Garcia" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125998v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sourour Traouli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Le Corre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sobotka" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mael P&#233;ron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jago Pridie" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644903599-255" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125012v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Le Reun" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur L&#233;vy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lefevre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Alexandre Cayzac" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644903599-64" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360155v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rima Sfar Zbed" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124985v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthis Balthazar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baudin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Soto" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gu&#233;roult" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644903599-248" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128810v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Moussallem" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Bailleul" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915942v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Carti&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Blanchard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel R&#233;quil&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Le Lou&#235;t" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915898v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623174v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Storti" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos &#193;lvarez-Hostos" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644903131-297" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746481v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623178v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Benarbia" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boyard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Roua" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644903131-36" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915908v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915918v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderezak Aouali" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236700v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Edelin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120568v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2023-010" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120056v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644902479-205" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120040v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644902479-16" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529134v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203967v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25518/esaform21.2067" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03204078v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Reyes Rodriguez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Tardif" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-L. Bailleul" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Allanic" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25518/esaform21.3677" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978685v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ketaki Mishra" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978677v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Lepoivre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865305v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Levy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.promfg.2020.04.291" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375985v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taleb Ghamlouch" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5034978" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02895261v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Olivier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375979v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Delaunay" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Pignon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5034977" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621605v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Cardinaud" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194423v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4963594" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01020393v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Villi&#232;re" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Gu&#233;roult" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008395v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasir Nawab" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Casari" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jacquemin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.504-506.1129" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008888v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.504-506.1145" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687331v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lecointe" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Villiere" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sawsane Nakouzi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.504-506.1091" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687330v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentin Berthet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Delaunay" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Le Maoult" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Schmidt" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.504-506.1085" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311124v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2023.121988" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410117v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2024.108010" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701564v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-024-14264-6" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623158v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym16101319" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111320v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2023.124238" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460642v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2021.106689" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761908v2" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/p-1zcpjl" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560434v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-022-01648-w" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806235v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2022.103167" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171404v2" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gaudefroy" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2021.107096" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328645v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile de Parscau Du Plessix" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Lef&#233;bure" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0021998319846260" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365077v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2017.09.078" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365079v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/RCMA.28.111-134" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387387v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0021998316647119" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01938745v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Breard" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2014.11.024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ML2WZW8N-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006825v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0021998312440130" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154412v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Borjon-Piron" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2013.02.002" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2VT0L3L4-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01102026v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004699v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.326.19" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084557v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Agazzi" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Le Goff" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Garcia" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Jarny" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-010-0695-2" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960430v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2010.06.022" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376932v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sobotka" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Perot" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Maazouz" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02870129v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387212v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093383v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Garcia" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>