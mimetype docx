--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -939,295 +939,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04276564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical and experimental characterization of twin transmission across grain boundaries along the forward and lateral directions</w:t>
+                <w:t xml:space="preserve">Characterization of a nanopipe dislocation in GaN by means of HR-EBSD and field dislocation mechanics analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Arul Kumar</w:t>
+                <w:t xml:space="preserve">Clément Ernould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Taupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Beausir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Dang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Taupin</w:t>
+                <w:t xml:space="preserve">Jean-Jacques Fundenberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R.J. Mccabe</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C.N. Tomé</w:t>
+                <w:t xml:space="preserve">Nabila Maloufi Maloufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mtla.2022.101437⟩</w:t>
+              <w:t xml:space="preserve">Materials Characterization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 194, pp.112351. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matchar.2022.112351⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03807915v1</w:t>
+                <w:t xml:space="preserve">hal-03807939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of a nanopipe dislocation in GaN by means of HR-EBSD and field dislocation mechanics analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Numerical and experimental characterization of twin transmission across grain boundaries along the forward and lateral directions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Arul Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Ernould</w:t>
+                <w:t xml:space="preserve">K. Dang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Jacques Fundenberger</w:t>
+                <w:t xml:space="preserve">R.J. Mccabe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nabila Maloufi Maloufi</w:t>
+                <w:t xml:space="preserve">C.N. Tomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Characterization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 194, pp.112351. </w:t>
+              <w:t xml:space="preserve">Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23, pp.101437. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.matchar.2022.112351⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mtla.2022.101437⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03807939v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03807915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Features of a nano-twist phase in the nanolayered Ti3AlC2 MAX phase</w:t>
               </w:r>
@@ -1337,516 +1337,516 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03207521v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrated correction of optical distortions for global HR-EBSD techniques</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Jacques Fundenberger</w:t>
+                <w:t xml:space="preserve">Towards Quantitative Crystal Plasticity Model Validation Using Experimental In-plane Deformation Maps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bieberdorf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Roytershteyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Villani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Capolungo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultramicroscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ultramic.2020.113158⟩</w:t>
+              <w:t xml:space="preserve">Experimental Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 62, pp.101-115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11340-021-00764-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03138727v1</w:t>
+                <w:t xml:space="preserve">hal-03330054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electron Channeling Contrast Imaging characterization and crystal plasticity modelling of dislocation activity in Ti21S BCC material</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Meriem Ben Haj Slama</w:t>
+                <w:t xml:space="preserve">Trends in Plasticity of Metals and Alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhail Lebyodkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 15, pp.100996. </w:t>
+              <w:t xml:space="preserve">Metals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (4), pp.615. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mtla.2020.100996⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/met11040615⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03094460v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03256715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Quantitative Crystal Plasticity Model Validation Using Experimental In-plane Deformation Maps</w:t>
+                <w:t xml:space="preserve">Electron Channeling Contrast Imaging characterization and crystal plasticity modelling of dislocation activity in Ti21S BCC material</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Bieberdorf</w:t>
+                <w:t xml:space="preserve">Meriem Ben Haj Slama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Roytershteyn</w:t>
+                <w:t xml:space="preserve">Nabila Maloufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Villani</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Taupin</w:t>
+                <w:t xml:space="preserve">Kaustubh Venkatraman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Capolungo</w:t>
+                <w:t xml:space="preserve">Anthony Rollett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 62, pp.101-115. </w:t>
+              <w:t xml:space="preserve">Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 15, pp.100996. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11340-021-00764-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mtla.2020.100996⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03330054v1</w:t>
+                <w:t xml:space="preserve">hal-03094460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trends in Plasticity of Metals and Alloys</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Integrated correction of optical distortions for global HR-EBSD techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Ernould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Beausir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Fundenberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Taupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikhail Lebyodkin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Taupin</w:t>
+                <w:t xml:space="preserve">Emmanuel Bouzy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (4), pp.615. </w:t>
+              <w:t xml:space="preserve">Ultramicroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 221, pp.113158. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/met11040615⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ultramic.2020.113158⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03256715v1</w:t>
+                <w:t xml:space="preserve">hal-03138727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effects of stress, temperature and facet structure on growth of {1012} twins in Mg: A molecular dynamics and phase field study</w:t>
               </w:r>
@@ -1943,672 +1943,672 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03138713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atomistic and phase field simulations of three dimensional interactions of {101¯2} twins with grain boundaries in Mg: Twin transmission and dislocation emission</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rodney Mccabe</w:t>
+                <w:t xml:space="preserve">Tuning critical resolved shear stress ratios for BCC-Titanium Ti21S via an automated data analysis approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaustubh Venkatraman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriem Ben Haj Slama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabila Maloufi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mtla.2021.101247⟩</w:t>
+              <w:t xml:space="preserve">Modelling and Simulation in Materials Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-651X/abfeb0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03411170v1</w:t>
+                <w:t xml:space="preserve">hal-03119000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A mechanistic model for creep lifetime of ferritic steels: Application to Grade 91</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Bieberdorf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aaron Tallman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Arul Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ricardo Lebensohn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Plasticity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 147, pp.103086. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijplas.2021.103086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03330061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuning critical resolved shear stress ratios for BCC-Titanium Ti21S via an automated data analysis approach</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Meriem Ben Haj Slama</w:t>
+                <w:t xml:space="preserve">Atomistic and phase field simulations of three dimensional interactions of {101¯2} twins with grain boundaries in Mg: Twin transmission and dislocation emission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khanh Dang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Graham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodney Mccabe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Tomé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modelling and Simulation in Materials Science and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, </w:t>
+              <w:t xml:space="preserve">Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 20, pp.101247. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-651X/abfeb0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mtla.2021.101247⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03119000v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03411170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global DIC approach guided by a cross-correlation based initial guess for HR-EBSD and on-axis HR-TKD</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Jacques Fundenberger</w:t>
+                <w:t xml:space="preserve">Structure and kinetics of three-dimensional defects on the { 10 1 -2 } twin boundary in magnesium: Atomistic and phase-field simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Douglas Spearot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Bouzy</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khanh Dang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Capolungo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2020.03.026⟩</w:t>
+              <w:t xml:space="preserve">Mechanics of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 143, pp.103314. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mechmat.2020.103314⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03006680v1</w:t>
+                <w:t xml:space="preserve">hal-03003401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure and kinetics of three-dimensional defects on the { 10 1 -2 } twin boundary in magnesium: Atomistic and phase-field simulations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Douglas Spearot</w:t>
+                <w:t xml:space="preserve">Characterization at high spatial and angular resolutions of deformed nanostructures by on-axis HR-TKD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Ernould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Beausir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Fundenberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurent Capolungo</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bouzy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanics of Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 143, pp.103314. </w:t>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 185, pp.30-35. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mechmat.2020.103314⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2020.04.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03003401v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03006691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revisiting the Application of Field Dislocation and Disclination Mechanics to Grain Boundaries</w:t>
               </w:r>
@@ -2679,677 +2679,677 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03009630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization at high spatial and angular resolutions of deformed nanostructures by on-axis HR-TKD</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Jacques Fundenberger</w:t>
+                <w:t xml:space="preserve">A FFT-based numerical implementation of mesoscale field dislocation mechanics: Application to two-phase laminates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Komlan Djaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Berbenni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Bouzy</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo A Lebensohn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scripta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2020.04.005⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 184, pp.136-152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2018.12.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03006691v1</w:t>
+                <w:t xml:space="preserve">hal-02352968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A FFT-based numerical implementation of mesoscale field dislocation mechanics: Application to two-phase laminates</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Berbenni</w:t>
+                <w:t xml:space="preserve">Global DIC approach guided by a cross-correlation based initial guess for HR-EBSD and on-axis HR-TKD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Ernould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Beausir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Fundenberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ricardo A Lebensohn</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bouzy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 184, pp.136-152. </w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 191, pp.131-148. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2018.12.027⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2020.03.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02352968v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03006680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GD3: generalized discrete defect dynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Capolungo</w:t>
+                <w:t xml:space="preserve">Fast Fourier transform-based micromechanics of interfacial line defects in crystalline materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Berbenni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Theory</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 3 (1), </w:t>
+              <w:t xml:space="preserve">Journal of Micromechanics and Molecular Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 03 (03n04), pp.1840007. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s41313-018-0013-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1142/S2424913018400076⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02351494v1</w:t>
+                <w:t xml:space="preserve">hal-02351498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A fast Fourier transform-based mesoscale field dislocation mechanics study of grain size effects and reversible plasticity in polycrystals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Berbenni</w:t>
+                <w:t xml:space="preserve">Crystal plasticity modeling of the effects of crystal orientation and grain-to-grain interactions on DSA-induced strain localization in Al–Li alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Satyapriya Gupta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ricardo A Lebensohn</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Fressengeas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Chevy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmps.2019.103808⟩</w:t>
+              <w:t xml:space="preserve">Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8, pp.100467. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtla.2019.100467⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02391955v1</w:t>
+                <w:t xml:space="preserve">hal-02351519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystal plasticity modeling of the effects of crystal orientation and grain-to-grain interactions on DSA-induced strain localization in Al–Li alloys</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Satyapriya Gupta</w:t>
+                <w:t xml:space="preserve">A fast Fourier transform-based mesoscale field dislocation mechanics study of grain size effects and reversible plasticity in polycrystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Berbenni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Juliette Chevy</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo A Lebensohn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 8, pp.100467. </w:t>
+              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.103808. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mtla.2019.100467⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jmps.2019.103808⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02351519v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02391955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast Fourier transform-based micromechanics of interfacial line defects in crystalline materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Berbenni</w:t>
+                <w:t xml:space="preserve">GD3: generalized discrete defect dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Capolungo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Micromechanics and Molecular Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 03 (03n04), pp.1840007. </w:t>
+              <w:t xml:space="preserve">Materials Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 3 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1142/S2424913018400076⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s41313-018-0013-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02351498v1</w:t>
+                <w:t xml:space="preserve">hal-02351494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disconnections, dislocations and generalized disclinations in grain boundary ledges</w:t>
               </w:r>
@@ -3465,51 +3465,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geometrically Nonlinear Field Fracture Mechanics and Crack Nucleation, Application to Strain Localization Fields in Al-Cu-Li Aerospace Alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satyapriya Gupta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3576,1884 +3576,1884 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02351504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlocal elasticity tensors in dislocation and disclination cores</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Continuous description of grain boundaries using crystal defectfields: the example of a {3 1 0}/[0 0 1] tilt boundary in MgO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Gbemou</w:t>
+                <w:t xml:space="preserve">Xiao-Yu Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Fressengeas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">L. Capolungo</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bijaya B Karki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmps.2017.01.003⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Mineralogy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 29 (2), pp.155-165. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1127/ejm/2017/0029-2609⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02907618v1</w:t>
+                <w:t xml:space="preserve">hal-02938037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuous description of grain boundaries using crystal defectfields: the example of a {3 1 0}/[0 0 1] tilt boundary in MgO</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrick Cordier</w:t>
+                <w:t xml:space="preserve">Field Dislocation Mechanics for heterogeneous elastic materials: A numerical spectral approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Komlan Sénam Djaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Villani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bijaya B Karki</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Capolungo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Berbenni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Mineralogy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1127/ejm/2017/0029-2609⟩</w:t>
+              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 315, pp.921-942. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cma.2016.11.036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02938037v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01947367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Field Dislocation Mechanics for heterogeneous elastic materials: A numerical spectral approach</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laurent Capolungo</w:t>
+                <w:t xml:space="preserve">Nonlocal elasticity tensors in dislocation and disclination cores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephane Berbenni</w:t>
+                <w:t xml:space="preserve">K. Gbemou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Fressengeas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Capolungo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 315, pp.921-942. </w:t>
+              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 100, pp.62-84. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cma.2016.11.036⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jmps.2017.01.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01947367v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02907618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A field theory of strain/curvature incompatibility for coupled fracture and plasticity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A higher order elasto-viscoplastic model using fast Fourier transforms: Effects of lattice curvatures on mechanical response of nanocrystalline metals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.V. V Upadhyay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Capolungo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Taupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Fressengeas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent Taupin</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.A. A Lebensohn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2015.12.027⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Plasticity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 83, pp.126-152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijplas.2016.04.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01403812v1</w:t>
+                <w:t xml:space="preserve">hal-02943011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuous description of the atomic structure of grain boundaries using dislocation and generalized-disclination density fields</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vincent Taupin</w:t>
+                <w:t xml:space="preserve">Building compact dislocation cores in an elasto-plastic model of dislocation fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Gbemou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Taupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. M Raulot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Fressengeas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrick Cordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Plasticity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 77, pp.75-89. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijplas.2015.10.003⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 82, pp.241-259. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijplas.2016.03.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01515310v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02942766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A higher order elasto-viscoplastic model using fast Fourier transforms: Effects of lattice curvatures on mechanical response of nanocrystalline metals</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">V. Taupin</w:t>
+                <w:t xml:space="preserve">Continuous description of a grain boundary in forsterite from atomic scale simulations: the role of disclinations Continuous description of a grain boundary in forsterite from atomic scale simulations: the role of disclinations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiao-Yu Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Fressengeas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">R.A. A Lebensohn</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandro Jahn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Plasticity</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Philosophical Magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 96 (17), pp.1757-1772. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14786435.2016.1177232⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijplas.2016.04.007⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02943011v1</w:t>
+                <w:t xml:space="preserve">hal-02936789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Building compact dislocation cores in an elasto-plastic model of dislocation fields</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effects of grain-to-grain interactions on hear strain localization in Al-Cu-Li rolled sheets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">J.M. M Raulot</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Chevy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Fressengeas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Plasticity</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 99, pp.71-81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2016.07.023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijplas.2016.03.007⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02942766v1</w:t>
+                <w:t xml:space="preserve">hal-02935792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of grain-to-grain interactions on hear strain localization in Al-Cu-Li rolled sheets</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J. Chevy</w:t>
+                <w:t xml:space="preserve">Influence of pressure on dislocation, disclination, and generalized- disclination structures of a {310}/[001] tilt grain boundary in MgO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiao-Yu Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Taupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Fressengeas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bijaya B Karki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Materials Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 31 (20), pp.3108-3114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1557/jmr.2016.346⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2016.07.023⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02935792v1</w:t>
+                <w:t xml:space="preserve">hal-02936385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuous description of a grain boundary in forsterite from atomic scale simulations: the role of disclinations Continuous description of a grain boundary in forsterite from atomic scale simulations: the role of disclinations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrick Cordier</w:t>
+                <w:t xml:space="preserve">A field theory of strain/curvature incompatibility for coupled fracture and plasticity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Fressengeas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sandro Jahn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Magazine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 96 (17), pp.1757-1772. </w:t>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 82, pp.16-38. </w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/14786435.2016.1177232⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2015.12.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02936789v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of pressure on dislocation, disclination, and generalized- disclination structures of a {310}/[001] tilt grain boundary in MgO</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId129" w:history="1">
+                <w:t xml:space="preserve">Continuous description of the atomic structure of grain boundaries using dislocation and generalized-disclination density fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiao-Yu Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Fressengeas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Cordier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bijaya B Karki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 31 (20), pp.3108-3114. </w:t>
+              <w:t xml:space="preserve">International Journal of Plasticity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 77, pp.75-89. </w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1557/jmr.2016.346⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijplas.2015.10.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02936385v1</w:t>
+                <w:t xml:space="preserve">hal-01515310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A numerical spectral approach to solve the dislocation density transport equation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A mesoscopic theory of dislocation and disclination fields for grain boundary-mediated crystal plasticity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Capolungo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Fressengeas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Berbenni</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Claude Fressengeas</w:t>
+                <w:t xml:space="preserve">M. Upadhyay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Beausir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modelling and Simulation in Materials Science and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 23 (6), </w:t>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 71, pp.277-290. </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0965-0393/23/6/065008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2015.06.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01513871v1</w:t>
+                <w:t xml:space="preserve">hal-01513865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A mesoscopic theory of dislocation and disclination fields for grain boundary-mediated crystal plasticity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A numerical spectral approach to solve the dislocation density transport equation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Komlan Djaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">L. Capolungo</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Berbenni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Fressengeas</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Benoit Beausir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 71, pp.277-290. </w:t>
+              <w:t xml:space="preserve">Modelling and Simulation in Materials Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 23 (6), </w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2015.06.031⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0965-0393/23/6/065008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01513865v1</w:t>
+                <w:t xml:space="preserve">hal-01513871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disclinations provide the missing mechanism for deforming olivine-rich rocks in the mantle</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Benoit Beausir</w:t>
+                <w:t xml:space="preserve">Disclinations in C-60 molecular layers on WO2/W(110) surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. I. Bozhko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Barou</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhail Lebedkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Fressengeas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. A. Levchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nature13043⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 90 (21), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.90.214106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01054315v1</w:t>
+                <w:t xml:space="preserve">hal-01503718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A field theory of distortion incompatibility for coupled fracture and plasticity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claude Fressengeas</w:t>
+                <w:t xml:space="preserve">Disclinations provide the missing mechanism for deforming olivine-rich rocks in the mantle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Demouchy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Beausir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Barou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmps.2014.03.009⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 507 (7490), pp.51-56. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nature13043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01503461v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01054315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disclinations in C-60 molecular layers on WO2/W(110) surfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. I. Bozhko</w:t>
+                <w:t xml:space="preserve">A field theory of distortion incompatibility for coupled fracture and plasticity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Fressengeas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 68, pp.45-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmps.2014.03.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.90.214106⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01503718v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01503461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disclination mediated plasticity in shear-coupled boundary migration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Capolungo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Fressengeas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5538,51 +5538,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Fressengeas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Capolungo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 51 (6), pp.1434-1441. </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5610,274 +5610,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01503446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A numerical spectral approach for solving elasto-static field dislocation and g-disclination mechanics</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A field theory of piezoelectric media containing dislocations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Fressengeas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Ventura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhail Lebedkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Gornakov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2014.08.009⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 115 (14), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4870931⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01515210v1</w:t>
+                <w:t xml:space="preserve">hal-01503447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A field theory of piezoelectric media containing dislocations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A numerical spectral approach for solving elasto-static field dislocation and g-disclination mechanics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Berbenni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Komlan Sénam Djaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Fressengeas</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">V. Gornakov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 115 (14), </w:t>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 51 (23-24), pp.4157 - 4175. </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4870931⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2014.08.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01503447v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01515210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elastic constitutive laws for incompatible crystalline media: the contributions of dislocations, disclinations and G-disclinations</w:t>
               </w:r>
@@ -5974,303 +5974,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01501433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lattice strain measurements using synchrotron diffraction to calibrate a micromechanical modeling in a ferrite-cementite steel</w:t>
+                <w:t xml:space="preserve">Grain boundary modeling using an elasto-plastic theory of dislocation and disclination fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Capolungo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Fressengeas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Pesci</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A. Das</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Upadhyay</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.msea.2012.10.086⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 61 (2), pp.370-384. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmps.2012.10.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00959541v1</w:t>
+                <w:t xml:space="preserve">hal-01501431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grain boundary modeling using an elasto-plastic theory of dislocation and disclination fields</w:t>
+                <w:t xml:space="preserve">Lattice strain measurements using synchrotron diffraction to calibrate a micromechanical modeling in a ferrite-cementite steel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Claude Fressengeas</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Pesci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Berbenni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Das</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sophie Berveiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Razane Ouahab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmps.2012.10.001⟩</w:t>
+              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 561, pp.67-77. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msea.2012.10.086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01501431v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00959541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grain boundary and triple junction energies in crystalline media: A disclination based approach</w:t>
               </w:r>
@@ -6373,51 +6373,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterizing short-range vs. long-range spatial correlations in dislocation distributions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Chevy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Fressengeas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6679,51 +6679,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thiebaud Richeton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Chevy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Fressengeas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6825,51 +6825,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Varadhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Chevy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Fressengeas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7090,90 +7090,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Theory of Disclination and Dislocation Fields for Grain Boundary Plasticity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Capolungo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Fressengeas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Das</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Upadhyay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Holm Altenbach; Samuel Forest; Anton Krivtsov. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Generalized Continua as Models for Materials with Multi-scale Effects or Under Multi-field Actions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, pp.303-320, 2013, 978-3-642-36393-1. </w:t>
@@ -7498,51 +7498,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1BFE9A36"/>
+    <w:nsid w:val="284A07C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7729,51 +7729,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincent-taupin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2469-0179" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/121318451" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04871972v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Berbenni" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Taupin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo A Lebensohn" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2024.105548" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04806348v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssam Kharouji" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gu&#233;nol&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2024.120555" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04821282v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arka Mandal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Beausir" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guyon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guitton" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mam/ozae124" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04471501v4" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Dezerald" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hirel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Carrez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cordier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2024.103990" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04055714v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Demouchy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Thieme" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Barou" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Beausir" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ejm-35-219-2023" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04276564v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timmo Weidner" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gouriet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/ad0a42" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03807915v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arul Kumar" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Dang" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.J. Mccabe" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.N. Tom&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2022.101437" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03807939v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Ernould" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Fundenberger" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Maloufi Maloufi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2022.112351" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03207521v3" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vallet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenbo Yu" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2021.114425" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03138727v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bouzy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2020.113158" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03094460v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Ben Haj Slama" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Maloufi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaustubh Venkatraman" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Rollett" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2020.100996" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03330054v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bieberdorf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Roytershteyn" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Villani" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Capolungo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-021-00764-z" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03256715v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Lebyodkin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met11040615" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03138713v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingyu Gong" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Graham" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Capolungo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2020.116603" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03411170v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khanh Dang" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Graham" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodney Mccabe" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Tom&#233;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2021.101247" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03330061v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Bieberdorf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Tallman" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Lebensohn" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2021.103086" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03119000v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/abfeb0" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03006680v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2020.03.026" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03003401v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Spearot" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2020.103314" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03009630v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Fressengeas" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met10111517" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03006691v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2020.04.005" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352968v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komlan Djaka" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2018.12.027" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351494v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s41313-018-0013-9" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391955v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2019.103808" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351519v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satyapriya Gupta" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Chevy" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2019.100467" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351498v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S2424913018400076" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765204v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X.Y. Sun" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fressengeas" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Taupin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cordier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Combe" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2018.02.003" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351504v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Jrad" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma11040498" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02907618v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Gbemou" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2017.01.003" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02938037v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao-Yu Sun" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bijaya B Karki" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/ejm/2017/0029-2609" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947367v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komlan S&#233;nam Djaka" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Villani" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Berbenni" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2016.11.036" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01403812v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2015.12.027" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01515310v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2015.10.003" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02943011v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.V. V Upadhyay" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.A. A Lebensohn" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2016.04.007" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02942766v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. M Raulot" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2016.03.007" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02935792v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chevy" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2016.07.023" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02936789v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Jahn" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2016.1177232" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02936385v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/jmr.2016.346" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01513871v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Berbenni" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0965-0393/23/6/065008" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01513865v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Upadhyay" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2015.06.031" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054315v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature13043" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01503461v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2014.03.009" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3NL1XNB5-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01503718v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. I. Bozhko" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Lebedkin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. A. Levchenko" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.90.214106" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01503714v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2013.08.002" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TM1RG86M-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01503446v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2013.12.031" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01515210v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2014.08.009" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01503447v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ventura" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gornakov" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4870931" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01501433v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manas Vijay Upadhyay" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2012.733829" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959541v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Pesci" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Berveiller" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razane Ouahab" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2012.10.086" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01501431v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Das" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2012.10.001" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7DC967CS-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213970v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2011.07.009" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00652947v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lebyodkin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bastie" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2009.11.027" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-916NJHDL-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173945v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Beaudoin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Entemeyer" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lebedkina" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.79.014108" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00381084v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiebaud Richeton" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Weiss" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2007.12.011" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KDBNZG94-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00377504v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Varadhan" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Beaudoin" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.99.155507" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360511v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01961948v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/2F978-3-642-36394-8_18" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01749008v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2007METZ025S" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-02339226v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taupin Vincent" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincent-taupin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2469-0179" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/121318451" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04871972v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Berbenni" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Taupin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo A Lebensohn" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2024.105548" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04806348v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssam Kharouji" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gu&#233;nol&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2024.120555" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04821282v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arka Mandal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Beausir" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guyon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guitton" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mam/ozae124" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04471501v4" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Dezerald" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hirel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Carrez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cordier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2024.103990" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04055714v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Demouchy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Thieme" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Barou" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Beausir" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ejm-35-219-2023" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04276564v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timmo Weidner" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gouriet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/ad0a42" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03807939v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Ernould" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Fundenberger" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Maloufi Maloufi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2022.112351" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03807915v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arul Kumar" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Dang" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.J. Mccabe" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.N. Tom&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2022.101437" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03207521v3" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vallet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenbo Yu" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2021.114425" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03330054v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bieberdorf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Roytershteyn" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Villani" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Capolungo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-021-00764-z" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03256715v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Lebyodkin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met11040615" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03094460v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Ben Haj Slama" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Maloufi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaustubh Venkatraman" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Rollett" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2020.100996" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03138727v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bouzy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2020.113158" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03138713v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingyu Gong" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Graham" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Capolungo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2020.116603" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03119000v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/abfeb0" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03330061v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Bieberdorf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Tallman" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Lebensohn" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2021.103086" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03411170v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khanh Dang" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Graham" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodney Mccabe" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Tom&#233;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2021.101247" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03003401v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Spearot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2020.103314" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03006691v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2020.04.005" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03009630v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Fressengeas" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met10111517" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352968v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komlan Djaka" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2018.12.027" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03006680v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2020.03.026" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351498v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S2424913018400076" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351519v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satyapriya Gupta" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Chevy" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2019.100467" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391955v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2019.103808" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351494v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s41313-018-0013-9" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765204v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X.Y. Sun" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fressengeas" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Taupin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cordier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Combe" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2018.02.003" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351504v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Jrad" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma11040498" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02938037v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao-Yu Sun" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bijaya B Karki" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/ejm/2017/0029-2609" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947367v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komlan S&#233;nam Djaka" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Villani" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Berbenni" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2016.11.036" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02907618v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Gbemou" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2017.01.003" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02943011v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.V. V Upadhyay" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.A. A Lebensohn" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2016.04.007" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02942766v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. M Raulot" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2016.03.007" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02936789v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Jahn" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2016.1177232" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02935792v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chevy" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2016.07.023" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02936385v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/jmr.2016.346" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01403812v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2015.12.027" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01515310v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2015.10.003" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01513865v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Upadhyay" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2015.06.031" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01513871v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Berbenni" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0965-0393/23/6/065008" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01503718v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. I. Bozhko" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Lebedkin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. A. Levchenko" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.90.214106" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054315v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature13043" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01503461v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2014.03.009" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3NL1XNB5-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01503714v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2013.08.002" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TM1RG86M-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01503446v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2013.12.031" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01503447v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ventura" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gornakov" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4870931" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01515210v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2014.08.009" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01501433v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manas Vijay Upadhyay" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2012.733829" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01501431v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Das" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2012.10.001" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7DC967CS-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959541v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Pesci" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Berveiller" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razane Ouahab" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2012.10.086" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213970v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2011.07.009" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00652947v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lebyodkin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bastie" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2009.11.027" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-916NJHDL-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173945v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Beaudoin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Entemeyer" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lebedkina" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.79.014108" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00381084v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiebaud Richeton" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Weiss" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2007.12.011" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KDBNZG94-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00377504v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Varadhan" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Beaudoin" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.99.155507" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360511v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01961948v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/2F978-3-642-36394-8_18" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01749008v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2007METZ025S" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-02339226v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taupin Vincent" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>