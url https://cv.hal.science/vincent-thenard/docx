--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1212,234 +1212,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01506357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The wealth of innovative ideas in agriculture a few examples of new initiatives in grass-based farming systems</w:t>
+                <w:t xml:space="preserve">Valoriser la diversité fourragère pour produire du lait de brebis bio sur le Causse Comtal : témoignage de Romain Maurel, éleveur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Allézard</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Romain Maurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Thenard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, L'innovation en systèmes fourragers et élevages d'herbivores : un champ de possibles, 217, pp.37-46</w:t>
+              <w:t xml:space="preserve">, 2014, 219, pp.225 - 228</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01209242v1</w:t>
+                <w:t xml:space="preserve">hal-02636246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valoriser la diversité fourragère pour produire du lait de brebis bio sur le Causse Comtal : témoignage de Romain Maurel, éleveur</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The wealth of innovative ideas in agriculture a few examples of new initiatives in grass-based farming systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Allézard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Huyghe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Vertès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Arranz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Maurel</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marlène Haristoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 219, pp.225 - 228</w:t>
+              <w:t xml:space="preserve">, 2014, L'innovation en systèmes fourragers et élevages d'herbivores : un champ de possibles, 217, pp.37-46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02636246v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01209242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rami fourrager : un support pour la conception de scénarios de systèmes fourragers avec des éleveurs et des conseillers</w:t>
               </w:r>
@@ -3500,606 +3500,606 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02948229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Addressing territorial resources to foster agroecological transitions in livestock farming systems</w:t>
+                <w:t xml:space="preserve">Understanding, redesigning and improving feed self-sufficiency in livestock farming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Choisis</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Laporte-Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Dore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Machado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Ryschawy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">70. Annual Meeting of EAAP of the European Federation of Animal Science (EAAP 2019)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">6th International Symposium for Farming System Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Montevideo, Uruguay</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03048844v1</w:t>
+                <w:t xml:space="preserve">hal-03048958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding, redesigning and improving feed self-sufficiency in livestock farming</w:t>
+                <w:t xml:space="preserve">Addressing territorial resources to foster agroecological transitions in livestock farming systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Julie Ryschawy</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Moraine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Choisis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Symposium for Farming System Design</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">70. Annual Meeting of EAAP of the European Federation of Animal Science (EAAP 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Federation of Animal Science, Aug 2019, Ghent, Belgium. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/978-90-8686-890-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03048958v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03048844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LAURACLE : 40 leviers pour l'autonomie fourragère Jeu de cartes collaboratif</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Agroecological levers to improve sustainability of dairy sheep farms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Thenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aloïse Celerier</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Emmanuel Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Angélina Magne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Philippe Choisis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24. Rencontres Recherches Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Paris, France. 116 p</w:t>
+              <w:t xml:space="preserve">69. Annual Meeting of the European Federation of Animal Science (EAAP 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Dubrovnik, Croatia. 12p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02789894v1</w:t>
+                <w:t xml:space="preserve">hal-02735516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agroecological levers to improve sustainability of dairy sheep farms</w:t>
+                <w:t xml:space="preserve">Quels leviers agroécologiques mobiliser pour la reconception de systèmes durables en brebis laitière ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean Philippe Choisis</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Frugier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine de Boissieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">69. Annual Meeting of the European Federation of Animal Science (EAAP 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Dubrovnik, Croatia. 12p</w:t>
+              <w:t xml:space="preserve">24. Rencontres Recherches Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02735516v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02079256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels leviers agroécologiques mobiliser pour la reconception de systèmes durables en brebis laitière ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">LAURACLE : 40 leviers pour l'autonomie fourragère Jeu de cartes collaboratif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aloïse Celerier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Vallas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Morin</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justine Frugier</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stanislas Lubac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24. Rencontres Recherches Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dec 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">, Dec 2018, Paris, France. 116 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02079256v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02789894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to address sustainability transition of farming systems? A position paper</w:t>
               </w:r>
@@ -4642,51 +4642,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Experton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Gressier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Vallas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2015, Paris, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4724,51 +4724,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Témoignage d'éleveur : une exploitation ovin-lait sur le Causse Comtal qui favorise la diversité fourragère pour produire du lait Bio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Maurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées professionnelles de l'association française pour la production fourragère (AFPF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Française pour la Production Fourragère (AFPF). Versailles, FRA., Mar 2014, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5020,256 +5020,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01487112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mobiliser en partenariat les principes de l'agroécologie pour reconcevoir des systèmes ovins lait productifs plus autonomes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Thénard</w:t>
+                <w:t xml:space="preserve">Une démarche participative de diagnostic d’autonomie pour une re-conception agroécologique des élevages de ruminants (DACAR)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Thenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yolène Pages</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Jost</w:t>
+                <w:t xml:space="preserve">Benoît Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Choisis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Angélina Magne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées professionnelles de l'Association Française pour la Production Fourragère</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Française pour la Production Fourragère (AFPF). Versailles, FRA., Mar 2014, Versailles, France. pp. 164-165</w:t>
+              <w:t xml:space="preserve">21. Rencontres Recherches Ruminants (3R)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01700691v1</w:t>
+                <w:t xml:space="preserve">hal-02743678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une démarche participative de diagnostic d’autonomie pour une re-conception agroécologique des élevages de ruminants (DACAR)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yolène Pages</w:t>
+                <w:t xml:space="preserve">Mobiliser en partenariat les principes de l'agroécologie pour reconcevoir des systèmes ovins lait productifs plus autonomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Thénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Delmas</w:t>
+                <w:t xml:space="preserve">Jérémy Jost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Choisis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Angélina Magne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21. Rencontres Recherches Ruminants (3R)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">Journées professionnelles de l'Association Française pour la Production Fourragère</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française pour la Production Fourragère (AFPF). Versailles, FRA., Mar 2014, Versailles, France. pp. 164-165</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02743678v1</w:t>
+                <w:t xml:space="preserve">hal-01700691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performances et gestion des troupeaux bovin lait multiraces en Aveyron</w:t>
               </w:r>
@@ -6065,243 +6065,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02754848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grasslands management changes in dairy farms: case-study of the farmer's practices following the maize silage abandonmen in the &amp;quot;Laguiole&amp;quot; cheese production</w:t>
+                <w:t xml:space="preserve">What technical changes are needed for traditional dairy farming systems in less favoured regions ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Miquel</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre J. P. Theau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Therond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel M. Duru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. Meeting of the FAO-CIHEAM sub-network on mountain pastures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2005, Udine, Italy</w:t>
+              <w:t xml:space="preserve">7. European IFSA Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2006, Wageningen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02757043v1</w:t>
+                <w:t xml:space="preserve">hal-02756875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What technical changes are needed for traditional dairy farming systems in less favoured regions ?</w:t>
+                <w:t xml:space="preserve">Grasslands management changes in dairy farms: case-study of the farmer's practices following the maize silage abandonmen in the &amp;quot;Laguiole&amp;quot; cheese production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Olivier Therond</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Miquel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Miquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel M. Duru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. European IFSA Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2006, Wageningen, Netherlands</w:t>
+              <w:t xml:space="preserve">13. Meeting of the FAO-CIHEAM sub-network on mountain pastures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2005, Udine, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02756875v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02757043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation of livestock farming systems to the CAP changes: case of the PDO label cheese production</w:t>
               </w:r>
@@ -7222,164 +7222,168 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02763789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grass steer production management to improve carcass and meat quality</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le fonctionnement du troupeau : une interaction entre la conduite de l'éleveur et les comportements reproductifs d'animaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Roux</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Muriel M. Tichit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Ingrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Dedieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Bouché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Cournut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19. General meeting of the European Grassland Federation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2002, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">9. Rencontres Recherches Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2002, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02763033v1</w:t>
+                <w:t xml:space="preserve">hal-02763797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets de trois modalités de distribution des concentrés chez la vache laitière. Comparaison entre rations complètes et semi-complètes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Trommenschlager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7395,182 +7399,178 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Rencontres Recherches Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2002, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02764129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le fonctionnement du troupeau : une interaction entre la conduite de l'éleveur et les comportements reproductifs d'animaux</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Rémy Bouché</w:t>
+                <w:t xml:space="preserve">Grass steer production management to improve carcass and meat quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Thenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Trommenschlager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Grosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Cournut</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M. Roux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. Rencontres Recherches Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2002, Paris, France</w:t>
+              <w:t xml:space="preserve">19. General meeting of the European Grassland Federation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2002, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02763797v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02763033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'équilibre énergétique et protéique des rations complètes à base d'herbe conservée pour piloter le début de lactation des vaches laitières</w:t>
               </w:r>
@@ -7867,51 +7867,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement en station expérimentale de schémas de production de bœufs à l'herbe [Slovène]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8342,51 +8342,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Grosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. International symposium on livestock farming systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 1999, Posieux, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8463,51 +8463,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Grosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Trommenschlager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Rencontres autour des recherches sur les ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2000, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8634,217 +8634,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02770459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modifier les systèmes d'élevage pour diminuer les risques de pollution par les nitrates : quelles alternatives pour les grandes exploitations de polyculture élevage en Lorraine ?</w:t>
+                <w:t xml:space="preserve">Rejets azotés chez la vache laitière : intérêt de 3 méthodes d'évaluation des rejets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Catherine Mignolet</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Trommenschlager</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Rencontres autour des recherches sur les ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 1998, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02766986v1</w:t>
+                <w:t xml:space="preserve">hal-02768083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rejets azotés chez la vache laitière : intérêt de 3 méthodes d'évaluation des rejets</w:t>
+                <w:t xml:space="preserve">Modifier les systèmes d'élevage pour diminuer les risques de pollution par les nitrates : quelles alternatives pour les grandes exploitations de polyculture élevage en Lorraine ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">J.M. Trommenschlager</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Fiorelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Rencontres autour des recherches sur les ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 1998, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02768083v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02766986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performances zootechniques de vaches laitières Montbéliardes et Holstein alimentées avec des rations complètes à base de foin</w:t>
               </w:r>
@@ -11290,51 +11290,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="69C131D8"/>
+    <w:nsid w:val="7A9BE911"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11521,51 +11521,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincent-thenard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2731-2421" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/223544442" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04620802v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thenard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Quenon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Arsenos" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bailo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.R. Baptista" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2024.101208" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04193135v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros Theodoridis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios Ragkos" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sotiria Vouraki" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Arsenos" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonis Kominakis" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su151511499" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03982732v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwen Christiansen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hazard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Simonneaux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.244.0145" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03128766v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine de Boissieu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dor&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Fan&#231;a" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hassoun" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Legarto" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1p32-7426" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621103v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Allain" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Eric Bergez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Burger-Leenhardt" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Constantin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su10062083" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629879v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Choisis" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yol&#232;ne Pages" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085228v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ang&#233;lina Magne" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Th&#233;nard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mihout" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731115002840" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506357v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Farrie" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Jouven" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Launay" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Moreau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Henri Moulin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2014.08.018" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5Z787309-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209242v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie All&#233;zard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Huyghe" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Vert&#232;s" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Arranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Haristoy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636246v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Maurel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650488v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Felten" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Piquet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Sautier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653960v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre J. P. Theau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Therond" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Duru" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656807v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolande Dumont" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Grosse" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Trommenschlager" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis J.-L. Fiorelli" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2006.06.008" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-658WJ32F-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676885v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mauri&#232;s" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694957v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.R. Parrasin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dumont" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grosse" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Trommenschlager" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695732v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mignolet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benoit" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Anfrie" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Foissy" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05364797v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Ryschawy" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Grillot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Pepin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Godinot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Meunier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109110v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04548322v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Escande" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04904748v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04196619v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien S. Couvreur" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Fortun-Lamothe" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Meda" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Petit" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-936-7" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03775168v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Bailo" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca Baptista" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03774991v2" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03377589v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Faure" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda G Moojen" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03775335v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.C. de Faccio Carvalho" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rubia Dominschek" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloy Lidiane Raquel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.R. Kunrath" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.R. Machado" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03775317v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Sturaro" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03342813v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Martel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Choisis" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Moraine" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03326575v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02948229v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Th&#233;nard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048844v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-890-2" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048958v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Laporte-Riou" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dore" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Machado" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789894v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alo&#239;se Celerier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Vallas" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Lubac" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735516v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Morin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079256v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Frugier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737989v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961390v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Charmeau" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Triboulet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605773v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742979v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01202874v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739166v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Aguirre Anelli" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Experton" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Gressier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739372v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741225v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Jost" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01487112v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Moreau" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700691v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Jost" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743678v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Delmas" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747699v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mihout" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747304v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Patou" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745606v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Milhout" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753319v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arielle Vidal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lepetitcolin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755359v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754302v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Jalabert" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753347v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred&#233;ric Carri&#232;re" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754848v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Labatut" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Aguerre" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Arranz" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Astruc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard B. Bib&#233;" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757043v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Miquel" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Miquel" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756875v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753852v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Verger" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831149v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761134v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Col&#233;no" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Theau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Marey" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02584088v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moulin" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ingrand" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques J. Lasseur" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Madelrieux" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Napoleone" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759987v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ansquer" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764367v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lasseur" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Napol&#233;one" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762460v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Cruz" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ansquet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763789v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Faurie" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Dupont" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763033v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roux" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764129v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763797v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel M. Tichit" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dedieu" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Bouch&#233;" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cournut" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760932v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faverdin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Marcant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761259v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759153v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul J. P. Renard" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762929v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762231v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759831v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.R. Parrassin" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761266v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Choux" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gaillard" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769669v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769762v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770459v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bazard" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766986v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Fiorelli" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768083v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768876v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Trommenschalger" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774484v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Revilla" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. d'Hour" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Petit" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282761v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Montagne" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Beline" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bonnefont" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Olivier D&#233;plaude" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834384v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02835718v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03436466v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Couvreur" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/document/1114400" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03787916v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reco-occitanie.org/wp-content/uploads/2019/05/CROCC_2021_VF-compresse%CC%81.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716646v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radim Kuzel" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lagier" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Leygues" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Duvernoy" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/70kt-4a32" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03707412v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Viala" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Couronne" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Grousset" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/rj54-wn87" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071902v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-01953-2.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01953-2_4" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03684600v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/92a8-d925" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195162v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Madelrieux" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04978818v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04974851v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Felgerolles" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809085v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823201v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589837v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Taverne" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wery" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Josien" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Belhouchette" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589835v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Perez" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve G. Bigot" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Bousset" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Majewski" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586783v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Duru" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Was" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Kloczko-Gajewska" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586782v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Heckelei" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Bergez" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Leenhardt" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincent-thenard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2731-2421" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/223544442" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04620802v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thenard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Quenon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Arsenos" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bailo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.R. Baptista" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2024.101208" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04193135v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros Theodoridis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios Ragkos" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sotiria Vouraki" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Arsenos" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonis Kominakis" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su151511499" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03982732v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwen Christiansen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hazard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Simonneaux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.244.0145" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03128766v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine de Boissieu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dor&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Fan&#231;a" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hassoun" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Legarto" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1p32-7426" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621103v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Allain" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Eric Bergez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Burger-Leenhardt" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Constantin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su10062083" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629879v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Choisis" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yol&#232;ne Pages" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085228v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ang&#233;lina Magne" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Th&#233;nard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mihout" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731115002840" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506357v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Farrie" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Jouven" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Launay" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Moreau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Henri Moulin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2014.08.018" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5Z787309-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636246v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Maurel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209242v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie All&#233;zard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Huyghe" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Vert&#232;s" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Arranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Haristoy" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650488v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Felten" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Piquet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Sautier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653960v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre J. P. Theau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Therond" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Duru" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656807v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolande Dumont" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Grosse" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Trommenschlager" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis J.-L. Fiorelli" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2006.06.008" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-658WJ32F-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676885v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mauri&#232;s" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694957v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.R. Parrasin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dumont" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grosse" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Trommenschlager" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695732v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mignolet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benoit" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Anfrie" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Foissy" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05364797v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Ryschawy" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Grillot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Pepin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Godinot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Meunier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109110v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04548322v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Escande" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04904748v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04196619v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien S. Couvreur" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Fortun-Lamothe" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Meda" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Petit" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-936-7" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03775168v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Bailo" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca Baptista" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03774991v2" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03377589v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Faure" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda G Moojen" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03775335v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.C. de Faccio Carvalho" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rubia Dominschek" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloy Lidiane Raquel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.R. Kunrath" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.R. Machado" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03775317v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Sturaro" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03342813v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Martel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Choisis" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Moraine" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03326575v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02948229v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Th&#233;nard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048958v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Laporte-Riou" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dore" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Machado" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048844v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-890-2" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735516v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Morin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079256v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Frugier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789894v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alo&#239;se Celerier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Vallas" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Lubac" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737989v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961390v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Charmeau" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Triboulet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605773v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742979v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01202874v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739166v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Aguirre Anelli" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Experton" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Gressier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739372v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741225v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Jost" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01487112v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Moreau" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743678v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Delmas" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700691v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Jost" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747699v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mihout" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747304v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Patou" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745606v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Milhout" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753319v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arielle Vidal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lepetitcolin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755359v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754302v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Jalabert" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753347v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred&#233;ric Carri&#232;re" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754848v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Labatut" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Aguerre" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Arranz" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Astruc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard B. Bib&#233;" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756875v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757043v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Miquel" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Miquel" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753852v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Verger" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831149v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761134v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Col&#233;no" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Theau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Marey" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02584088v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moulin" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ingrand" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques J. Lasseur" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Madelrieux" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Napoleone" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759987v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ansquer" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764367v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lasseur" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Napol&#233;one" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762460v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Cruz" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ansquet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763789v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Faurie" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Dupont" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763797v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel M. Tichit" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dedieu" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Bouch&#233;" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cournut" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764129v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763033v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roux" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760932v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faverdin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Marcant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761259v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759153v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul J. P. Renard" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762929v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762231v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759831v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.R. Parrassin" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761266v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Choux" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gaillard" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769669v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769762v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770459v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bazard" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768083v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766986v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Fiorelli" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768876v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Trommenschalger" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774484v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Revilla" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. d'Hour" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Petit" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282761v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Montagne" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Beline" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bonnefont" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Olivier D&#233;plaude" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834384v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02835718v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03436466v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Couvreur" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/document/1114400" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03787916v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reco-occitanie.org/wp-content/uploads/2019/05/CROCC_2021_VF-compresse%CC%81.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716646v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radim Kuzel" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lagier" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Leygues" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Duvernoy" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/70kt-4a32" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03707412v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Viala" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Couronne" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Grousset" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/rj54-wn87" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071902v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-01953-2.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01953-2_4" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03684600v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/92a8-d925" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195162v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Madelrieux" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04978818v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04974851v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Felgerolles" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809085v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823201v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589837v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Taverne" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wery" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Josien" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Belhouchette" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589835v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Perez" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve G. Bigot" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Bousset" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Majewski" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586783v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Duru" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Was" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Kloczko-Gajewska" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586782v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Heckelei" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Bergez" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Leenhardt" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>