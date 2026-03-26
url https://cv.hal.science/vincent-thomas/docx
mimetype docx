--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1486,347 +1486,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05375845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatigue Mitigation through Planning in Human-Robot Repetitive Co-Manipulation: Automatic Extraction of Relevant Action Sets</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aya Yaacoub</w:t>
+                <w:t xml:space="preserve">Identifying human movement strategies for human-robot collaboration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Colombel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Colas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Maurice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE-RAS 23rd International Conference on Humanoid Robots (Humanoids 2024)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">49ème congrès de la Société de Biomécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Compiègne, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04830173v1</w:t>
+                <w:t xml:space="preserve">hal-04886005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identifying human movement strategies for human-robot collaboration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jessica Colombel</w:t>
+                <w:t xml:space="preserve">Un cadre pour la planification consciente d'un observateur sous observabilité partielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salomé Lepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pauline Maurice</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">49ème congrès de la Société de Biomécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Compiègne, France</w:t>
+              <w:t xml:space="preserve">18es Journées d’Intelligence Artificielle Fondamentale et 19es Journées Francophones sur la Planification, la Décision et l’Apprentissage pour la conduite de systèmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jean-Guy Mailly; François Schwarzentruber; Anaelle Wilczynski, Jul 2024, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04886005v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04698457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un cadre pour la planification consciente d'un observateur sous observabilité partielle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Salomé Lepers</w:t>
+                <w:t xml:space="preserve">Fatigue Mitigation through Planning in Human-Robot Repetitive Co-Manipulation: Automatic Extraction of Relevant Action Sets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aya Yaacoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Buffet</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Maurice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18es Journées d’Intelligence Artificielle Fondamentale et 19es Journées Francophones sur la Planification, la Décision et l’Apprentissage pour la conduite de systèmes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE-RAS 23rd International Conference on Humanoid Robots (Humanoids 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Nancy, France. pp.795-802, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/Humanoids58906.2024.10769843⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04698457v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04830173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust Robot Planning for Human-Robot Collaboration</w:t>
               </w:r>
@@ -2494,51 +2494,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03722103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solving infinite-horizon Dec-POMDPs using Finite State Controllers within JESP</w:t>
+                <w:t xml:space="preserve">Résolution de Dec-POMDP à horizon infini à l'aide de contrôleurs à états finis dans JESP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yang You</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thomas</w:t>
@@ -2556,106 +2556,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Colas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICTAI 2021 - IEEE 33rd International Conference on Tools with Artificial Intelligence</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">JFPDA 2021 - Journées Francophones Planification, Décision et Apprentissage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Bordeaux (virtuel), France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03523449v1</w:t>
+                <w:t xml:space="preserve">hal-03523841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Résolution de Dec-POMDP à horizon infini à l'aide de contrôleurs à états finis dans JESP</w:t>
+                <w:t xml:space="preserve">Solving infinite-horizon Dec-POMDPs using Finite State Controllers within JESP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yang You</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thomas</w:t>
@@ -2673,73 +2664,82 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Colas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JFPDA 2021 - Journées Francophones Planification, Décision et Apprentissage</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICTAI 2021 - IEEE 33rd International Conference on Tools with Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Washington/virtual, United States. pp.427-434, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICTAI52525.2021.00069⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03523841v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03523449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reducing work-related physical fatigue with a collaborative robot: A decision-making approach</w:t>
               </w:r>
@@ -2827,286 +2827,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03254968v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monte Carlo Information-Oriented Planning</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sur le principe d'optimalité de Bellman pour les zs-POSG</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Buffet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jilles Dibangoye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Delage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdallah Saffidine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thomas</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th ECAI 2020 - European Conference on Artificial Intelligence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2020, Santiago de Compostela, Spain</w:t>
+              <w:t xml:space="preserve">JFPDA 2020 - Journées Francophones surla Planification, la Décision et l’Apprentissagepour la conduite de systèmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Angers (virtuel), France. pp.1-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02943028v1</w:t>
+                <w:t xml:space="preserve">hal-03081320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sur le principe d'optimalité de Bellman pour les zs-POSG</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Monte Carlo Information-Oriented Planning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérémy Hutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Vincent Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JFPDA 2020 - Journées Francophones surla Planification, la Décision et l’Apprentissagepour la conduite de systèmes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2020, Angers (virtuel), France. pp.1-3</w:t>
+              <w:t xml:space="preserve">24th ECAI 2020 - European Conference on Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2020, Santiago de Compostela, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03081320v1</w:t>
+                <w:t xml:space="preserve">hal-02943028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Planification Monte Carlo orientée information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérémy Hutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3531,51 +3531,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01251973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracking Multiple Interacting Targets Using a Joint Probabilistic Data Association Filter</w:t>
+                <w:t xml:space="preserve">Simulation-Based Behavior Tracking of Pedestrians in Partially Observed Indoor Environments.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arsène Fansi Tchango</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thomas</w:t>
@@ -3606,97 +3606,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Flacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dutech</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FUSION 2014 - the 17th International Conference on Information Fusion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Salamanca, Spain</w:t>
+              <w:t xml:space="preserve">AAMAS 2014 - the thirteenth international conference on autonomous agents and multiagent systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01073429v1</w:t>
+                <w:t xml:space="preserve">hal-01073434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation-Based Behavior Tracking of Pedestrians in Partially Observed Indoor Environments.</w:t>
+                <w:t xml:space="preserve">Tracking Multiple Interacting Targets Using a Joint Probabilistic Data Association Filter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arsène Fansi Tchango</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thomas</w:t>
@@ -3727,73 +3727,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Flacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dutech</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AAMAS 2014 - the thirteenth international conference on autonomous agents and multiagent systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">FUSION 2014 - the 17th International Conference on Information Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Salamanca, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01073434v1</w:t>
+                <w:t xml:space="preserve">hal-01073429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simultaneous Tracking and Activity Recognition (STAR) using Advanced Agent-Based Behavioral Simulations.</w:t>
               </w:r>
@@ -4300,51 +4300,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00755270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Active Learning of MDP Models</w:t>
+                <w:t xml:space="preserve">Apprentissage actif de modèle de MDP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauricio Araya-López</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
@@ -4362,97 +4362,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Charpillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Workshop On Reinforcement Learning</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Athène, Greece</w:t>
+              <w:t xml:space="preserve">Journées Francophones de Planification, Décision et Apprentissage pour la conduite de systèmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00642909v1</w:t>
+                <w:t xml:space="preserve">hal-00642913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apprentissage actif de modèle de MDP</w:t>
+                <w:t xml:space="preserve">Une extension des POMDP avec des récompenses dépendant de l'état de croyance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauricio Araya-López</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
@@ -4470,97 +4470,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Charpillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Francophones de Planification, Décision et Apprentissage pour la conduite de systèmes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Rouen, France</w:t>
+              <w:t xml:space="preserve">Conférence francophone sur l'Apprentissage automatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00642913v1</w:t>
+                <w:t xml:space="preserve">hal-00642910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une extension des POMDP avec des récompenses dépendant de l'état de croyance</w:t>
+                <w:t xml:space="preserve">Active Learning of MDP Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauricio Araya-López</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
@@ -4578,181 +4578,181 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Charpillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence francophone sur l'Apprentissage automatique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Chambéry, France</w:t>
+              <w:t xml:space="preserve">European Workshop On Reinforcement Learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Athène, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00642910v1</w:t>
+                <w:t xml:space="preserve">hal-00642909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A POMDP Extension with Belief-dependent Rewards</w:t>
+                <w:t xml:space="preserve">A Closer Look at MOMDPs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauricio Araya-López</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Charpillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neural Information Processing Systems - NIPS 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2010, Vancouver, Canada</w:t>
+              <w:t xml:space="preserve">22nd International Conference on Tools with Artificial Intelligence - ICTAI 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Arras, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00535560v2</w:t>
+                <w:t xml:space="preserve">inria-00535559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des POMDPs avec des variables d'état visibles</w:t>
               </w:r>
@@ -4840,135 +4840,135 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00643458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Closer Look at MOMDPs</w:t>
+                <w:t xml:space="preserve">A POMDP Extension with Belief-dependent Rewards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauricio Araya-López</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Buffet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thomas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Charpillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd International Conference on Tools with Artificial Intelligence - ICTAI 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Arras, France</w:t>
+              <w:t xml:space="preserve">Neural Information Processing Systems - NIPS 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2010, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00535559v1</w:t>
+                <w:t xml:space="preserve">inria-00535560v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using &amp;quot;social actions&amp;quot; and RL algorithms to build policies in Dec-POMDP</w:t>
               </w:r>
@@ -6092,217 +6092,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00100785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation d'un module de vision stochastique pour localiser un robot mobile</w:t>
+                <w:t xml:space="preserve">Robot Localization by Stochastic Vision Based Device</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Gechter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Charpillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Troisièmes Journées Nationales de la Recherche en Robotique - JNRR'2001</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRIA, 2001, Hyères, France, 7 p</w:t>
+              <w:t xml:space="preserve">The 5th World Multi-Conference on Systemics, Cybernetics and Informatics - SCI 2001 - The 7th International Conference on Information Systems Analysis and Synthesis - ISAS 2001</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, Orlando, USA, 3 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00100571v1</w:t>
+                <w:t xml:space="preserve">inria-00100550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robot Localization by Stochastic Vision Based Device</w:t>
+                <w:t xml:space="preserve">Utilisation d'un module de vision stochastique pour localiser un robot mobile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Gechter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Charpillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 5th World Multi-Conference on Systemics, Cybernetics and Informatics - SCI 2001 - The 7th International Conference on Information Systems Analysis and Synthesis - ISAS 2001</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, Orlando, USA, 3 p</w:t>
+              <w:t xml:space="preserve">Troisièmes Journées Nationales de la Recherche en Robotique - JNRR'2001</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRIA, 2001, Hyères, France, 7 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00100550v1</w:t>
+                <w:t xml:space="preserve">inria-00100571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7370,51 +7370,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monte Carlo Information-Oriented Planning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérémy Hutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7471,51 +7471,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jilles Dibangoye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Delage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdallah Saffidine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8276,51 +8276,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738014v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Colombel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thomas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Colas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Maurice" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14530" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05393096v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Lepers" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lemonnier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Buffet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/30504554251353513" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209954v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Yaacoub" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2023.3315583" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413650v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Vianello" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Penco" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waldez Gomes" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang You" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Maria Anzalone" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43154-021-00068-z" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03080314v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jilles Dibangoye" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Saffidine" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TG.2020.3005214" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536851v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahuna Akplogan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00155996v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bourjot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chevrier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000590v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Cotel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Schroeder" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099635v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04884318v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Skilton" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-72062-8_1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05375463v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Schutz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Hawes" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1609/icaps.v35i1.36129" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05375845v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830173v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Humanoids58906.2024.10769843" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886005v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04698457v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04191464v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Alami" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA48891.2023.10161406" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04191493v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2305.11811" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212452v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404291v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03935200v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722103v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nima Mehdi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Ivaldi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICARM54641.2022.9959293" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03523449v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI52525.2021.00069" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03523841v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254968v2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anuyan Ithayakumar" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Osswald" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02943028v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;r&#233;my Hutin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03081320v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Delage" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350573v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01840591v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jilles S Dibangoye" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01903685v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fehr" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576353v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jilles Steeve Dibangoye" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01251973v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01073429v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ars&#232;ne Fansi Tchango" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Flacher" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dutech" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01073434v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01073424v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01073427v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907288v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Araya" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00735602v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00755270v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Araya-L&#243;pez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00642909v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Charpillet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00642913v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00642910v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00535560v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00643458v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00535559v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00399400v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00170786v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Desor" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00104872v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000226v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00108103v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00108106v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00108090v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00108104v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099534v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099583v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100784v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100785v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100571v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Gechter" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100550v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590156v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03943360v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03943432v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189744v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bringay" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Euzenat" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Mattioli" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00641525v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-17348-6_17" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05380088v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04884212v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04313912v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03523415v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03523441v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03080287v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00702243v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00529498v2" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00070417v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099719v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100578v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00011094v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738014v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Colombel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thomas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Colas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Maurice" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14530" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05393096v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Lepers" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lemonnier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Buffet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/30504554251353513" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209954v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Yaacoub" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2023.3315583" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413650v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Vianello" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Penco" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waldez Gomes" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang You" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Maria Anzalone" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43154-021-00068-z" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03080314v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jilles Dibangoye" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Saffidine" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TG.2020.3005214" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536851v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahuna Akplogan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00155996v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bourjot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chevrier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000590v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Cotel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Schroeder" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099635v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04884318v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Skilton" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-72062-8_1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05375463v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Schutz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Hawes" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1609/icaps.v35i1.36129" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05375845v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886005v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04698457v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830173v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Humanoids58906.2024.10769843" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04191464v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Alami" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA48891.2023.10161406" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04191493v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2305.11811" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212452v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404291v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03935200v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722103v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nima Mehdi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Ivaldi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICARM54641.2022.9959293" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03523841v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03523449v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI52525.2021.00069" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254968v2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anuyan Ithayakumar" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Osswald" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03081320v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Delage" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02943028v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;r&#233;my Hutin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350573v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01840591v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jilles S Dibangoye" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01903685v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fehr" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576353v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jilles Steeve Dibangoye" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01251973v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01073434v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ars&#232;ne Fansi Tchango" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Flacher" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dutech" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01073429v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01073424v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01073427v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907288v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Araya" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00735602v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00755270v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Araya-L&#243;pez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00642913v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Charpillet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00642910v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00642909v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00535559v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00643458v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00535560v2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00399400v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00170786v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Desor" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00104872v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000226v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00108103v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00108106v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00108090v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00108104v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099534v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099583v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100784v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100785v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100550v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Gechter" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100571v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590156v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03943360v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03943432v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189744v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bringay" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Euzenat" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Mattioli" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00641525v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-17348-6_17" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05380088v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04884212v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04313912v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03523415v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03523441v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03080287v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00702243v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00529498v2" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00070417v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099719v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100578v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00011094v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>