--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Vincent Tiffon </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Court métrage de présentation du protocole de l'expérience visant à éprouver la place de la connivence dans l'efficacité du geste de direction de choeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dragacci-Libbra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Gaubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulio Magnanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bernollin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Trenque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05513314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’informatique musicale en germe au GRM : de Music V au Studio 123</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corsin Vogel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Féron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Musiques de synthèse : la French Touch des années 1970</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, François-Xavier Féron; Vincent Tiffon, Jun 2025, Saint-Denis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05477079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Bernard Mâche et le GRM : une autre idée de la recherche musicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Féron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Internationales de la Création Musicale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05417284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RAMHO : un projet d’histoire orale consacré aux Trente glorieuses de la recherche musicale en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Féron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les futurs des recherches en musique : deuxième rencontres nationales sur les recherches en musique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Saint-Denis, France. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.62806/FHUE8240⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05303339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation du protocole de l'expérience visant à éprouver la place de la connivence dans l'efficacité du geste de direction de chœur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dragacci-Libbra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Cesaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Gaubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les futurs des recherches en musique. Deuxièmes rencontres nationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Direction générale de la création artistique. Ministère de la culture, Mar 2025, La Plaine Saint-Denis, France. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2016.01049.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05521255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Risset et Marseille : sources, trajectoires et tropismes de l’art-science-technologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Féron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3e congrès biennal de la Société Française de Musicologie – SFM 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aix-Marseille Université, Oct 2025, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05417141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Music V et Synclavier : comment le son numérique s’est propagé dans la cité phocéenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Féron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Musiques de synthèse : la French Touch des années 1970</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, François-Xavier Féron, Jun 2025, Saint-Denis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05477087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VIVO: Video Analysis for Corpus-based Audio--Visual Synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matéo Fayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diemo Schwarz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Informatique Musicale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, MARSEILLE (FRANCE), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04576894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse Interdisciplinaire de la Synthèse Instrumentale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles de Paiva Santana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mylène Gioffredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micael Antunes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Elipe Gimeno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Informatique Musicale 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française d'Informatique Musicale - Université Paris 8, May 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04275831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fiction sonore comme dispositif muséal immersif : le cas du parcours sonore à destination du jeune public au Musée National de la Marine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Leleu-Merviel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le patrimoine culturel et naturel à l'ère post-numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Supérieur des Arts et Métiers de Tataouine, Nov 2023, Tataouine, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04317765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GUITAR IMPROVISATIONS WITH HEXAPHONIC MULTIEFFECT (GIHME) DATASET AND PRACTICE ANALYSIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Reboursiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Dutoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sound and Music Computing Conference 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Saint-Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03962876v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Fonds Jean-Claude Risset du laboratoire PRISM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres de la musicologie numérique: Quel avenir pour la musicologie numérique ? Structuration, pérennité, transmission?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03925754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Risset and his interdisciplinary practice: what do (or could) the archives tell us?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CMMR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02371266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les débuts de l’Ircam : entretien avec Michel Decoust », https://medias.ircam.fr/xa418a1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Les sciences des sons en action », Ircam</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02371303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le dialogue du compositeur et du musicologie, In Freundschaft : Stockhausen selon Decarsin »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Interroger les modernités musicales : vers une ‘généalogie du nouveau’ », Hommage à François Decarsin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02371297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Stroppa’s Compositional Process and Scientific Knowledge between 1980-1991</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Sprenger-Ohana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SMC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Padova, Italy. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01157107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La reconnaissance internationale de l’œuvre musicale et de l'action institutionnelle d'Annette vande Gorne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Delphine Vincent, Viviane Waschbüsch, Laurent Pottier, Louisa Martin-Chevalier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parcours de compositrices aux XXe et XXIe siècles : de la commande au processus de création</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Slatkine, 2024, 978-2-05-102954-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04780315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fiction sonore comme dispositif muséal immersif : le cas du parcours sonore à destination du jeune public au Musée National de la Marine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Leleu-Merviel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Europia Production. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamiques du patrimoine culturel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Europia Production, 2024, 979-10-90094-70-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04801355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Risset’s Paradoxical Practice of Interdisciplinarity: Making Inseparable Both Activities of Scientist and Musician, While Resolutely Distinguishing the Two Fields</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perception, Representations, Image, Sound, Music</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12631, Springer International Publishing, pp.657-664, 2021, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-70210-6_42⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03925283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experiencing Music as Strong Works or as Games: The Examination of Learning Processes in the Production and Reception of Live Electronic Music</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Routledge. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Live-electronic Music: Composition, Performance, Study</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02371276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse numérique dans les oeuvres mixtes de Risset Stroppa : concilier la note et le son</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luca Cossettini; Angelo Orcalli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scritture e ri-mediazioni (Ecritures et re-productions)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Libreria Musicale Italiana, pp.155-162, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01583261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musique Mixte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Donin; Laurent Feneyrou. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Théories de la composition musicale au XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symétrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1297-1314, 2013, Théories de la composition musicale xu xxe siècle, 978-2-914373-62-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01583241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le public comme « musiquant »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Paul Fourmentraux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Ere post-média, Humanités digitales et cultures numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermann, 2012, 978-2-7056-8326-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01106822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment réactiver le processus d'individuation par la participation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Josette Feral. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques performatives, Body Remix</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l'Université du Québec; Presses Universitaires de Rennes, 2012, 978-2-7535-1727-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01106821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche et acoustique musicales à Marseille en 1968 et 1989</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Bacot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Féron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’Informatique Musicale 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.139-148, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04243921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TENOR - International Conference on Technologies for Music Notation & Representation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles de Paiva Santana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Bell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les éditions de PRISM, 2022, 979-10-97498-03-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04101667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation d’Inharmonique : interview avec Irène Jarsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Jarsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Francophone d'Informatique et Musique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 1 (1), </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.56698/rfim.704⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280728v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Delalande. La musique au-delà des notes. Rennes : Presses universitaires de Rennes, 2019. Préface et postface de Jean-Jacques Nattiez. 332 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de musicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03925309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Risset - Songes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ANALYSE – Œuvres commentées du répertoire de l’Ircam [En ligne]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03206082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Risset – Songes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">João Svidzinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ANALYSES – Œuvres commentées du répertoire de l’Ircam</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04483948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension : Karlheinz Stockhausen. Comment passe le temps. Essais sur la musique 1952-1961 . Éd. Philippe Albèra, trad. de l’allemand par C. Mayer. Genève : Contrechamps, 2017. 331 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de musicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02371249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traiettoria, l’atelier dans l’atelier du compositeur Marco Stroppa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Sprenger-Ohana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de musicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 98 (1), pp.193-220</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01106919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Copies d’hier et d’aujourd’hui : variations sur les usages de la copie en musique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médium : Transmettre pour Innover</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, - (32), pp.218-231. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mediu.032.0218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01107069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Creative process in Traiettoria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Sprenger-Ohana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contemporary Music Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 30 (5), pp.377-409. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/07494467.2011.665580⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01107067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regard médiologique sur l'art radiophonique de Yann Paranthoën</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAA - TAC (Acoustical Arts and Artifacts. Technology, Aesthetics, Communication)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01583932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chion, Michel (1947-) : présentation synthétique des écrits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02371231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyser la musique mixte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Couprie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bossis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delatour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Jean-Michel Bardez, 9782752102980</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revue de musicologie, numéro thématique TCPM2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sylvie Barthel-Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Société française de musicologie. 98 (1), 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01107068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revue de Musicologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sylvie Barthel-Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Balmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de musicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 98 (1), 336 p., 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03232239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId84"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Vincent Tiffon </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Court métrage de présentation du protocole de l'expérience visant à éprouver la place de la connivence dans l'efficacité du geste de direction de choeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dragacci-Libbra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Gaubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulio Magnanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bernollin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Trenque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05513314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’informatique musicale en germe au GRM : de Music V au Studio 123</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corsin Vogel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Féron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Musiques de synthèse : la French Touch des années 1970</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, François-Xavier Féron; Vincent Tiffon, Jun 2025, Saint-Denis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05477079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Bernard Mâche et le GRM : une autre idée de la recherche musicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Féron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Internationales de la Création Musicale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05417284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RAMHO : un projet d’histoire orale consacré aux Trente glorieuses de la recherche musicale en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Féron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les futurs des recherches en musique : deuxième rencontres nationales sur les recherches en musique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Saint-Denis, France. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.62806/FHUE8240⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05303339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation du protocole de l'expérience visant à éprouver la place de la connivence dans l'efficacité du geste de direction de chœur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dragacci-Libbra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Cesaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Gaubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les futurs des recherches en musique. Deuxièmes rencontres nationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Direction générale de la création artistique. Ministère de la culture, Mar 2025, La Plaine Saint-Denis, France. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2016.01049.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05521255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Risset et Marseille : sources, trajectoires et tropismes de l’art-science-technologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Féron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3e congrès biennal de la Société Française de Musicologie – SFM 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aix-Marseille Université, Oct 2025, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05417141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Music V et Synclavier : comment le son numérique s’est propagé dans la cité phocéenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Féron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Musiques de synthèse : la French Touch des années 1970</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, François-Xavier Féron, Jun 2025, Saint-Denis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05477087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VIVO: Video Analysis for Corpus-based Audio--Visual Synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matéo Fayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diemo Schwarz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Informatique Musicale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, MARSEILLE (FRANCE), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04576894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fiction sonore comme dispositif muséal immersif : le cas du parcours sonore à destination du jeune public au Musée National de la Marine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Leleu-Merviel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le patrimoine culturel et naturel à l'ère post-numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Supérieur des Arts et Métiers de Tataouine, Nov 2023, Tataouine, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04317765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse Interdisciplinaire de la Synthèse Instrumentale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles de Paiva Santana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mylène Gioffredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micael Antunes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Elipe Gimeno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Informatique Musicale 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française d'Informatique Musicale - Université Paris 8, May 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04275831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Fonds Jean-Claude Risset du laboratoire PRISM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres de la musicologie numérique: Quel avenir pour la musicologie numérique ? Structuration, pérennité, transmission?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03925754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GUITAR IMPROVISATIONS WITH HEXAPHONIC MULTIEFFECT (GIHME) DATASET AND PRACTICE ANALYSIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Reboursiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Dutoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sound and Music Computing Conference 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Saint-Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03962876v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Risset and his interdisciplinary practice: what do (or could) the archives tell us?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CMMR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02371266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les débuts de l’Ircam : entretien avec Michel Decoust », https://medias.ircam.fr/xa418a1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Les sciences des sons en action », Ircam</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02371303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le dialogue du compositeur et du musicologie, In Freundschaft : Stockhausen selon Decarsin »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Interroger les modernités musicales : vers une ‘généalogie du nouveau’ », Hommage à François Decarsin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02371297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Stroppa’s Compositional Process and Scientific Knowledge between 1980-1991</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Sprenger-Ohana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SMC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Padova, Italy. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01157107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fiction sonore comme dispositif muséal immersif : le cas du parcours sonore à destination du jeune public au Musée National de la Marine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Leleu-Merviel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Europia Production. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamiques du patrimoine culturel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Europia Production, 2024, 979-10-90094-70-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04801355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La reconnaissance internationale de l’œuvre musicale et de l'action institutionnelle d'Annette vande Gorne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Delphine Vincent, Viviane Waschbüsch, Laurent Pottier, Louisa Martin-Chevalier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parcours de compositrices aux XXe et XXIe siècles : de la commande au processus de création</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Slatkine, 2024, 978-2-05-102954-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04780315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Risset’s Paradoxical Practice of Interdisciplinarity: Making Inseparable Both Activities of Scientist and Musician, While Resolutely Distinguishing the Two Fields</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perception, Representations, Image, Sound, Music</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12631, Springer International Publishing, pp.657-664, 2021, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-70210-6_42⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03925283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experiencing Music as Strong Works or as Games: The Examination of Learning Processes in the Production and Reception of Live Electronic Music</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Routledge. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Live-electronic Music: Composition, Performance, Study</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02371276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse numérique dans les oeuvres mixtes de Risset Stroppa : concilier la note et le son</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luca Cossettini; Angelo Orcalli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scritture e ri-mediazioni (Ecritures et re-productions)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Libreria Musicale Italiana, pp.155-162, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01583261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musique Mixte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Donin; Laurent Feneyrou. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Théories de la composition musicale au XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symétrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1297-1314, 2013, Théories de la composition musicale xu xxe siècle, 978-2-914373-62-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01583241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le public comme « musiquant »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Paul Fourmentraux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Ere post-média, Humanités digitales et cultures numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermann, 2012, 978-2-7056-8326-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01106822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment réactiver le processus d'individuation par la participation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Josette Feral. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques performatives, Body Remix</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l'Université du Québec; Presses Universitaires de Rennes, 2012, 978-2-7535-1727-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01106821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche et acoustique musicales à Marseille en 1968 et 1989</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Bacot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Féron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’Informatique Musicale 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.139-148, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04243921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TENOR - International Conference on Technologies for Music Notation & Representation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles de Paiva Santana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Bell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les éditions de PRISM, 2022, 979-10-97498-03-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04101667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation d’Inharmonique : interview avec Irène Jarsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Jarsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Francophone d'Informatique et Musique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 1 (1), </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.56698/rfim.704⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280728v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Delalande. La musique au-delà des notes. Rennes : Presses universitaires de Rennes, 2019. Préface et postface de Jean-Jacques Nattiez. 332 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de musicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03925309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Risset - Songes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ANALYSE – Œuvres commentées du répertoire de l’Ircam [En ligne]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03206082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Risset – Songes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">João Svidzinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ANALYSES – Œuvres commentées du répertoire de l’Ircam</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04483948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension : Karlheinz Stockhausen. Comment passe le temps. Essais sur la musique 1952-1961 . Éd. Philippe Albèra, trad. de l’allemand par C. Mayer. Genève : Contrechamps, 2017. 331 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de musicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02371249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Copies d’hier et d’aujourd’hui : variations sur les usages de la copie en musique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médium : Transmettre pour Innover</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, - (32), pp.218-231. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mediu.032.0218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01107069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traiettoria, l’atelier dans l’atelier du compositeur Marco Stroppa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Sprenger-Ohana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de musicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 98 (1), pp.193-220</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01106919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Creative process in Traiettoria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Sprenger-Ohana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contemporary Music Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 30 (5), pp.377-409. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/07494467.2011.665580⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01107067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regard médiologique sur l'art radiophonique de Yann Paranthoën</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAA - TAC (Acoustical Arts and Artifacts. Technology, Aesthetics, Communication)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01583932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chion, Michel (1947-) : présentation synthétique des écrits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02371231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyser la musique mixte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Couprie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bossis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delatour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Jean-Michel Bardez, 9782752102980</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revue de musicologie, numéro thématique TCPM2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sylvie Barthel-Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Société française de musicologie. 98 (1), 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01107068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revue de Musicologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sylvie Barthel-Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tiffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Balmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de musicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 98 (1), 336 p., 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03232239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId84"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513314v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dragacci-Libbra" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gaubert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Magnanini" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bernollin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Trenque" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477079v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corsin Vogel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tiffon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier F&#233;ron" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417284v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05303339v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62806/FHUE8240" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521255v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Cesaro" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Vidal" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2016.01049.2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417141v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477087v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576894v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#233;o Fayet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diemo Schwarz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275831v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles de Paiva Santana" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Gioffredo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micael Antunes" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Elipe Gimeno" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317765v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Mathieu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Leleu-Merviel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962876v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Reboursiere" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dutoit" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925754v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371266v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371303v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371297v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157107v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Sprenger-Ohana" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780315v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801355v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925283v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-70210-6_42" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371276v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583261v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583241v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://symetrie.com/fr/titres/theories-de-la-composition-musicale-au-xxe-siecle" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01106822v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01106821v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04243921v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Bacot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101667v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Bell" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280728v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Jarsky" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/rfim.704" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925309v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03206082v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483948v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Svidzinski" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371249v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01106919v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107069v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mediu.032.0218" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107067v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07494467.2011.665580" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583932v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371231v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552195v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Couprie" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bonardi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bossis" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-delatour.com/fr/ouvrages-didactiques-e-book-pdf/3971-analyser-la-musique-mixte-e-book-pdf-9782752141064.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107068v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sylvie Barthel-Calvet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03232239v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Balmer" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513314v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dragacci-Libbra" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gaubert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Magnanini" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bernollin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Trenque" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477079v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corsin Vogel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tiffon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier F&#233;ron" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417284v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05303339v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62806/FHUE8240" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521255v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Cesaro" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Vidal" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2016.01049.2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417141v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477087v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576894v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#233;o Fayet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diemo Schwarz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317765v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Mathieu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Leleu-Merviel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275831v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles de Paiva Santana" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Gioffredo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micael Antunes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Elipe Gimeno" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925754v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962876v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Reboursiere" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dutoit" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371266v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371303v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371297v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157107v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Sprenger-Ohana" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801355v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780315v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925283v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-70210-6_42" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371276v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583261v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583241v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://symetrie.com/fr/titres/theories-de-la-composition-musicale-au-xxe-siecle" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01106822v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01106821v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04243921v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Bacot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101667v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Bell" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280728v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Jarsky" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/rfim.704" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925309v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03206082v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483948v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Svidzinski" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371249v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107069v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mediu.032.0218" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01106919v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107067v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07494467.2011.665580" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583932v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371231v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552195v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Couprie" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bonardi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bossis" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-delatour.com/fr/ouvrages-didactiques-e-book-pdf/3971-analyser-la-musique-mixte-e-book-pdf-9782752141064.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107068v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sylvie Barthel-Calvet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03232239v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Balmer" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>