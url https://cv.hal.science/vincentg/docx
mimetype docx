--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -162,1643 +162,1643 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (10)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical mesoscopic properties monitoring of skin explants regarding the age and the stratum corneum integrity</w:t>
+                <w:t xml:space="preserve">Towards CMC measurement using an inductive RF technique for non-ionic surfactants in complex media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Natacha Guyader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Vincent Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Wilkie-Chancellier</w:t>
+                <w:t xml:space="preserve">Magalie Michiel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Serfaty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cosmetic Measurements and Testing (COMET)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Cosmetic Valley, Jan 2025, Cergy, France</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+              <w:t xml:space="preserve">, Jan 2025, Cergy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05141550v1</w:t>
+                <w:t xml:space="preserve">hal-05141575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation Of Bracings Transformations On Voboam Guitars: What Can Uncalibrated FEM Models Tell Us?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Linking perception and optical measurements in conservation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marguerite Jossic</w:t>
+                <w:t xml:space="preserve">Sandie Le Conte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastian Kirsch</w:t>
+                <w:t xml:space="preserve">Claudia Fritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Foltete Emmanuel</w:t>
+                <w:t xml:space="preserve">Stephane Serfaty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum Acusticum 2023</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+              <w:t xml:space="preserve">6th International Conference on Innovation in Art Research and Technology (InART)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Oslo, Norway</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04390054v1</w:t>
+                <w:t xml:space="preserve">hal-05141634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multitechnique objectivation of an intervention in restoration: cleaning of paintings</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Identifying the physical features of basic sensory descriptors: the ultrasonic microrheology as a starting point</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Caplain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Serfaty</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics for Arts, Architecture, and Archaeology (O3A) IX</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04356801v1</w:t>
+              <w:t xml:space="preserve">Cosmetic Measurement and Testing COMET 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Cergy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03932310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suivi des interactions produit-peau à l’échelle mésoscopique par rhéologie ultrasonore : quels apports pour l’analyse sensorielle instrumentée ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">DYNAMMIA: L'étude viscoélastique du bois au service de la conservation des instruments du patrimoine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stephane Serfaty</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandie Le Conte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Sensory</w:t>
-[...690 lines deleted...]
-                <w:t xml:space="preserve">hal-02512685v1</w:t>
+              <w:t xml:space="preserve">Journées Jeunes Chercheurs en Audition, Acoustique musicale et Signal audio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Paris, France. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02512691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (4)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards CMC measurement using an inductive RF technique for non-ionic surfactants in complex media</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Mechanical mesoscopic properties monitoring of skin explants regarding the age and the stratum corneum integrity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Magalie Michiel</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Lemarquand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Wilkie-Chancellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Serfaty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cosmetic Measurements and Testing (COMET)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jan 2025, Cergy, France</w:t>
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-05141575v1</w:t>
+              <w:t xml:space="preserve">, Cosmetic Valley, Jan 2025, Cergy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05141550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linking perception and optical measurements in conservation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Investigation Of Bracings Transformations On Voboam Guitars: What Can Uncalibrated FEM Models Tell Us?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Stephane Serfaty</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Almanza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marguerite Jossic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Kirsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Foltete Emmanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Conference on Innovation in Art Research and Technology (InART)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05141634v1</w:t>
+              <w:t xml:space="preserve">Forum Acusticum 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Torino, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.61782/fa.2023.0867⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04390054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identifying the physical features of basic sensory descriptors: the ultrasonic microrheology as a starting point</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Suivi des interactions produit-peau à l’échelle mésoscopique par rhéologie ultrasonore : quels apports pour l’analyse sensorielle instrumentée ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Wilkie-Chancellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Serfaty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cosmetic Measurement and Testing COMET 2022</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03932310v1</w:t>
+              <w:t xml:space="preserve">Congrès Sensory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Tours, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04493784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DYNAMMIA: L'étude viscoélastique du bois au service de la conservation des instruments du patrimoine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Multitechnique objectivation of an intervention in restoration: cleaning of paintings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandie Le Conte</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Fritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Serfaty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Jeunes Chercheurs en Audition, Acoustique musicale et Signal audio</w:t>
-[...14 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">Optics for Arts, Architecture, and Archaeology (O3A) IX</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SPIE, Jun 2023, Munchen, Germany, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2673187⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04356801v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluate the efficacy of cosmetic products through the microrheological monitoring of ex vivo living skin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Merat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Serfaty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Le Huerou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cosmetic Measurement &amp; Testing (COMET)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cosmetic Valley, CY Cergy Paris Université, Feb 2019, Cergy-Pontoise, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02512589v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ultrasonic investigation of artificial solid materials based on agar gel and marble powder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrés Arciniegas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Griesmar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Michiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.Y. Le Huerou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Congress on Ultrasonics (ICU)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Bruges, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04490866v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dispositif ex vivo de suivi en temps réel des propriétés mécaniques de peau maintenue en survie par microrhéologie ultrasonore</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Lemarquand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Besse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Caplain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Le Diraison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">C2i 2019 : 8ème Colloque Interdisciplinaire en Instrumentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, I2M Bordeaux, Jan 2019, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02512572v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caractérisation microrhéologique ultrasonore de produits cosmétiques par analyse multifréquence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Serfaty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.Y. Le Huerou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès Francais d'Acoustique (CFA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Le Havre, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02512553v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multi-Frequency Ultrasonic Shear Waves Rheology for Soft Materials Monitoring in Cosmetics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davina Desplan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Serfaty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Michiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Caplain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2017 Cosmetic Measurements And Testing (COSMETIC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Cergy-Pontoise, France. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/comet.2017.8521464⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02511515v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">hal-02512691v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évolution des paramètres viscoélastiques de bois de lutherie soumis à des vibrations à long terme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandie Le Conte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5èmes journées du GDR 3544 « Sciences du bois »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR 3544 « Sciences du bois », Nov 2016, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02512685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1816,77 +1816,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Critical Micelle Concentration Determination with Non-contact RF Dielectric Impedancemetry for Surfactants in Solution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Guyader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Michiel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Serfaty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1933,77 +1933,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesoscopic Monitoring of Human Skin Explants Viscoelastic Properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Lemarquand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Lemarquand</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vincent Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Wilkie-Chancellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Serfaty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2082,51 +2082,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La viscoélasticité des milieux complexes et leurs interactions avec la peau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Instrumentations et Détecteurs [physics.ins-det]. Université de Cergy Pontoise (UCP), 2019. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2153,51 +2153,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La viscoélasticité des milieux complexes et leurs interactions avec la peau.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Matière Condensée [cond-mat]. Université de Cergy Pontoise, 2019. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2019CERG1047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2314,51 +2314,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="10C7B5AA"/>
+    <w:nsid w:val="1069EC77"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2545,51 +2545,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincentg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1333-6086" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/HJZ-2363-2023" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141550v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gauthier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Lemarquand" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Wilkie-Chancellier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Serfaty" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390054v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Almanza" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Jossic" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Kirsch" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foltete Emmanuel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61782/fa.2023.0867" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356801v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Gillet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandie Le Conte" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Fritz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Serfaty" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2673187" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493784v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490866v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Arciniegas" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Griesmar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Michiel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Le Huerou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512589v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Merat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Le Huerou" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512572v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Besse" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Caplain" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Le Diraison" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512553v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Serfaty" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511515v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davina Desplan" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/comet.2017.8521464" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512685v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141575v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Guyader" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141634v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932310v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512691v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137792v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2025.137614" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932282v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cosmetics10010013" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02511517v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02930162v2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019CERG1047" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincentg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1333-6086" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/HJZ-2363-2023" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141575v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Guyader" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gauthier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Michiel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Serfaty" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141634v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Gillet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandie Le Conte" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Fritz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Serfaty" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932310v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Caplain" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512691v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141550v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Lemarquand" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Wilkie-Chancellier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390054v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Almanza" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Jossic" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Kirsch" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foltete Emmanuel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61782/fa.2023.0867" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493784v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356801v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2673187" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512589v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Merat" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Le Huerou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490866v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Arciniegas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Griesmar" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Le Huerou" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512572v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Besse" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Le Diraison" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512553v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Serfaty" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511515v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davina Desplan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/comet.2017.8521464" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512685v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137792v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2025.137614" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932282v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cosmetics10010013" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02511517v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02930162v2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019CERG1047" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>