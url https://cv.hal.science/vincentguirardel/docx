--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -2181,222 +2181,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00704886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Random groups do not split</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Trees of cylinders and canonical splittings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Guirardel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Piotr Przytycki</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert Levitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematische Annalen</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00208-010-0532-4⟩</w:t>
+              <w:t xml:space="preserve">Geometry and Topology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 15, pp.977-1012. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2140/gt.2011.15.977⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00630991v1</w:t>
+                <w:t xml:space="preserve">hal-00353138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trees of cylinders and canonical splittings</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Random groups do not split</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Dahmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Guirardel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gilbert Levitt</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piotr Przytycki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geometry and Topology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 15, pp.977-1012. </w:t>
+              <w:t xml:space="preserve">Mathematische Annalen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 349 (3), pp.657-673. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2140/gt.2011.15.977⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00208-010-0532-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00353138v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00630991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Isomorphism Problem for All Hyperbolic Groups</w:t>
               </w:r>
@@ -4504,51 +4504,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909586v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guirardel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Levitt" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rizos Sklinos" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/memo/1477" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896318v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Andr&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/S0010437X24007358" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002080v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Horbez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/gt.2022.26.71" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535620v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mladen Bestvina" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24033/asens.2519" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611060v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean L&#233;cureux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/jmd.2022010" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02164333v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/aif.3426" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02183141v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Cantat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lonjou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/imrn/rnaa026" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814136v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Haettel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24033/asens.2425" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271428v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cerveau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Souto" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/LEM/66-1/2-6" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426353v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dahmani" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koji Fujiwara" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/afst.1641" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589784v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/agt.2019.19.2283" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01327448v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Coulon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/GGD/488" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454986v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/tran/7392" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163964v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/00127094-2018-0014" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01375997v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Sale" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/topo.12047" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704880v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Osin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/memo/1156" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905770v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11856-016-1304-x" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059073v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/agt.2015.15.3485" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762074v3" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/GGD/322" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560910v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/agt.2013.13.3203" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704886v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Dahmani" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/GGD/209" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00630991v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Przytycki" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00208-010-0532-4" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353138v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/gt.2011.15.977" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101751v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00039-011-0120-0" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394899v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/ijm/1299679741" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00629559v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/jtopol/jtq010" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00629643v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksander Ivanov" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpaa.2010.02.012" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00629488v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Caprace" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10711-010-9463-1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00629646v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/pjm.2010.245.79" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00635205v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353108v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353124v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00000980v3" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Champetier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00002181v2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ansens.2005.11.001" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00000428v4" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/gt.2004.8.1427" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101754v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/gt.2003.7.321" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101760v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1631-073X(02)02365-8" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101773v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0012-9593(00)00117-8" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101769v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187299v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278679v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01769026v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-05488-9" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00635735v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-7643-8412-8_6" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-KNL4Q21G-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132414v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Perin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161727v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909586v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guirardel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Levitt" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rizos Sklinos" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/memo/1477" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896318v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Andr&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/S0010437X24007358" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002080v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Horbez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/gt.2022.26.71" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535620v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mladen Bestvina" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24033/asens.2519" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611060v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean L&#233;cureux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/jmd.2022010" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02164333v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/aif.3426" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02183141v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Cantat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lonjou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/imrn/rnaa026" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814136v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Haettel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24033/asens.2425" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271428v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cerveau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Souto" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/LEM/66-1/2-6" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426353v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dahmani" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koji Fujiwara" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/afst.1641" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589784v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/agt.2019.19.2283" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01327448v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Coulon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/GGD/488" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454986v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/tran/7392" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163964v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/00127094-2018-0014" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01375997v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Sale" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/topo.12047" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704880v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Osin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/memo/1156" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905770v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11856-016-1304-x" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059073v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/agt.2015.15.3485" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762074v3" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/GGD/322" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560910v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/agt.2013.13.3203" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704886v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Dahmani" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/GGD/209" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353138v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/gt.2011.15.977" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00630991v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Przytycki" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00208-010-0532-4" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101751v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00039-011-0120-0" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394899v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/ijm/1299679741" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00629559v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/jtopol/jtq010" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00629643v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksander Ivanov" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpaa.2010.02.012" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00629488v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Caprace" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10711-010-9463-1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00629646v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/pjm.2010.245.79" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00635205v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353108v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353124v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00000980v3" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Champetier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00002181v2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ansens.2005.11.001" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00000428v4" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/gt.2004.8.1427" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101754v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/gt.2003.7.321" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101760v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1631-073X(02)02365-8" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101773v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0012-9593(00)00117-8" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101769v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187299v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278679v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01769026v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-05488-9" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00635735v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-7643-8412-8_6" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-KNL4Q21G-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132414v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Perin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161727v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>