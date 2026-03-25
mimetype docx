--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Vincent Le Chenadec </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Compressible Formulation of the One-Fluid Model for Two-Phase Flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon El Ouafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Trouette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syphax Fereka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9 (4), pp.90. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/fluids9040090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04554316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A levelset-based cut-cell method for interfacial flows: part 2—free-surface flows and dynamic contact angle treatment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Quirós Rodríguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomas Fullana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taraneh Sayadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Mechanica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 236 (9), pp.5639-5658. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00707-024-04170-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05452479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A levelset-based cut-cell method for interfacial flows: part 1—Navier–Stokes equations and Rayleigh–Bénard instability with melting boundary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Quirós Rodríguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomas Fullana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taraneh Sayadi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Mechanica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 236 (9), pp.5763-5786. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00707-024-04133-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05452481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainty quantification of kinetic models using adjoint-driven active subspace algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moataz Sabry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taraneh Sayadi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 39 (4), pp.5209-5218. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.proci.2022.07.177⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03852538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adjoint-based optimization of two-dimensional Stefan problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomas Fullana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taraneh Sayadi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computational Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 475, pp.111875. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcp.2022.111875⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03982348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An optimized VOFI library to initialize the volume fraction field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Chierici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Chirco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Scardovelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ph. Yecko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Physics Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 281, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cpc.2022.108506⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03760300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A three-dimensional cell-based Volume-of-Fluid method for conservative simulations of primary atomization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabian Fröde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temistocle Grenga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathis Bode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heinz Pitsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computational Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.111374. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcp.2022.111374⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity analysis of an unsteady char particle combustion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taraneh Sayadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Attili</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fuel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fuel.2020.119738⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03011624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adjoint-based sensitivity analysis of steady char burnout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taraneh Sayadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heinz Pitsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Attili</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Combustion Theory and Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1-25. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13647830.2020.1838614⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03011351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monolithic Solvers for Incompressible Two-Phase Flows at Large Density and Viscosity Ratios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Ouafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 6 (1), pp.23. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/fluids6010023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03098100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navier-Stokes Solvers for Incompressible Single- and Two-Phase Flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Ouafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications in Computational Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (4), pp.1213-1245. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4208/cicp.OA-2020-0044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03337799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control and Optimization of Interfacial Flows Using Adjoint-Based Techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandru Fikl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taraneh Sayadi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5 (3), pp.156. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/fluids5030156⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03011370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of degenerate mechanisms triggering finite-amplitude thermo-acoustic oscillations in annular combustors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandeep Murthy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taraneh Sayadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter J. Schmid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J Bodony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 881, pp.384-419. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2019.720⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03011379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimenting with the p4est library for AMR simulations of two-phase flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Drui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandru Fikl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kestener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Kokh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Larat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESAIM: Proceedings and Surveys</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 53, pp.232 - 247. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/proc/201653014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01591956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-domain analysis of thermo-acoustic instabilities in a ducted flame</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Sayadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Schmid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Richecoeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Massot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 35, pp.1079-1086. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.proci.2014.06.117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01011689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermoacoustic instability - a dynamical system and time domain analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taraneh Sayadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Schmid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Richecoeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Massot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 753, pp.448-471. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2014.357⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00918174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical modeling of heat & mass transfers in stefan-type flows using a sharp interface two-fluid formulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Libat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can Selçuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chénier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMF 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05464225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement d’un solveur tout-couplé parallèle 3D pour la simulation des écoulements diphasiques incompressibles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Ouafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Trouette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25ème Congrès Français de Mécanique ( CFM 2022 )</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04079918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algebric momentum preserving method with a fully coupled 3D parallel solver for the simulation of two-phase incompressible flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Ouafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Stéphane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Trouette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Numerical Methods in Multiphase Flows (ICNMMF4)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Venise, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharp Interface Two-Fluid Modelling of Heat & Mass Transfer in Stefan Flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Libat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chénier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can Selçuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMF 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05413990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algebraic momentum preserving method with a fully-coupled 3D solver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Ouafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Trouette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on Numerical Methods in Multiphase Flows (ICNMMF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Venise, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04079984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Space-Time Cartesian Cut-Cell Method for Two-Phase Diffusion Problems using a Two-Fluid Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Libat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can Selçuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chénier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05457114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adjoint-based optimization of the Rayleigh-Bénard instability with melting boundary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomas Fullana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Quirós Rodríguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taraneh Sayadi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05429736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Conservative Cartesian Cut Cell Method for the Solution of the Incompressible Navier-Stokes Equations on Staggered Meshes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Quirós Rodríguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomas Fullana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taraneh Sayadi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navier-Stokes solvers for incompressible single-and two-phase flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Ouafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Stéphane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02892344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId88"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Vincent Le Chenadec </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Compressible Formulation of the One-Fluid Model for Two-Phase Flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon El Ouafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Trouette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syphax Fereka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9 (4), pp.90. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/fluids9040090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04554316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A levelset-based cut-cell method for interfacial flows: part 2—free-surface flows and dynamic contact angle treatment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Quirós Rodríguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomas Fullana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taraneh Sayadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Mechanica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 236 (9), pp.5639-5658. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00707-024-04170-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05452479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A levelset-based cut-cell method for interfacial flows: part 1—Navier–Stokes equations and Rayleigh–Bénard instability with melting boundary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Quirós Rodríguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomas Fullana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taraneh Sayadi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Mechanica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 236 (9), pp.5763-5786. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00707-024-04133-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05452481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adjoint-based optimization of two-dimensional Stefan problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomas Fullana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taraneh Sayadi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computational Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 475, pp.111875. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcp.2022.111875⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03982348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainty quantification of kinetic models using adjoint-driven active subspace algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moataz Sabry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taraneh Sayadi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 39 (4), pp.5209-5218. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.proci.2022.07.177⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03852538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An optimized VOFI library to initialize the volume fraction field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Chierici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Chirco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Scardovelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ph. Yecko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Physics Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 281, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cpc.2022.108506⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03760300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A three-dimensional cell-based Volume-of-Fluid method for conservative simulations of primary atomization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabian Fröde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temistocle Grenga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathis Bode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heinz Pitsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computational Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.111374. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcp.2022.111374⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adjoint-based sensitivity analysis of steady char burnout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taraneh Sayadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heinz Pitsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Attili</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Combustion Theory and Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1-25. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13647830.2020.1838614⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03011351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity analysis of an unsteady char particle combustion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taraneh Sayadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Attili</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fuel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fuel.2020.119738⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03011624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monolithic Solvers for Incompressible Two-Phase Flows at Large Density and Viscosity Ratios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Ouafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 6 (1), pp.23. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/fluids6010023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03098100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navier-Stokes Solvers for Incompressible Single- and Two-Phase Flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Ouafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications in Computational Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (4), pp.1213-1245. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4208/cicp.OA-2020-0044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03337799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control and Optimization of Interfacial Flows Using Adjoint-Based Techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandru Fikl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taraneh Sayadi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5 (3), pp.156. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/fluids5030156⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03011370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of degenerate mechanisms triggering finite-amplitude thermo-acoustic oscillations in annular combustors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandeep Murthy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taraneh Sayadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter J. Schmid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J Bodony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 881, pp.384-419. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2019.720⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03011379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimenting with the p4est library for AMR simulations of two-phase flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Drui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandru Fikl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kestener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Kokh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Larat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESAIM: Proceedings and Surveys</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 53, pp.232 - 247. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/proc/201653014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01591956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-domain analysis of thermo-acoustic instabilities in a ducted flame</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Sayadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Schmid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Richecoeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Massot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 35, pp.1079-1086. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.proci.2014.06.117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01011689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermoacoustic instability - a dynamical system and time domain analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taraneh Sayadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Schmid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Richecoeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Massot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 753, pp.448-471. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2014.357⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00918174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical modeling of heat &amp; mass transfers in stefan-type flows using a sharp interface two-fluid formulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Libat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can Selçuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chénier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMF 2025, 12th international conference on multiphase Flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05464225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement d’un solveur tout-couplé parallèle 3D pour la simulation des écoulements diphasiques incompressibles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Ouafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Trouette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25ème Congrès Français de Mécanique ( CFM 2022 )</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04079918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algebric momentum preserving method with a fully coupled 3D parallel solver for the simulation of two-phase incompressible flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Ouafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Stéphane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Trouette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Numerical Methods in Multiphase Flows (ICNMMF4)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Venise, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharp Interface Two-Fluid Modelling of Heat & Mass Transfer in Stefan Flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Libat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chénier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can Selçuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMF 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05413990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algebraic momentum preserving method with a fully-coupled 3D solver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Ouafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Trouette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on Numerical Methods in Multiphase Flows (ICNMMF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Venise, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04079984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Space-Time Cartesian Cut-Cell Method for Two-Phase Diffusion Problems using a Two-Fluid Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Libat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can Selçuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chénier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05457114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adjoint-based optimization of the Rayleigh-Bénard instability with melting boundary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomas Fullana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Quirós Rodríguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taraneh Sayadi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05429736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Conservative Cartesian Cut Cell Method for the Solution of the Incompressible Navier-Stokes Equations on Staggered Meshes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Quirós Rodríguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomas Fullana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Le Chenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taraneh Sayadi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navier-Stokes solvers for incompressible single-and two-phase flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Ouafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Stéphane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Chenadec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02892344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId88"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04554316v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon El Ouafa" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Vincent" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le Chenadec" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Trouette" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syphax Fereka" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fluids9040090" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452479v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Quir&#243;s Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Fullana" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taraneh Sayadi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00707-024-04170-z" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452481v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00707-024-04133-4" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852538v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Hassan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moataz Sabry" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2022.07.177" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982348v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2022.111875" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760300v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chierici" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chirco" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Le Chenadec" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Scardovelli" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Yecko" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2022.108506" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695477v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Fr&#246;de" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Temistocle Grenga" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Bode" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heinz Pitsch" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2022.111374" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011624v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Attili" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2020.119738" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011351v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13647830.2020.1838614" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098100v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Ouafa" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vincent" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fluids6010023" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337799v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4208/cicp.OA-2020-0044" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011370v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Fikl" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fluids5030156" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011379v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandeep Murthy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter J. Schmid" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J Bodony" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2019.720" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01591956v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Drui" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kestener" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Kokh" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Larat" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/201653014" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011689v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Sayadi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Schmid" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Richecoeur" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Massot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2014.06.117" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C6LZXTZ4-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918174v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Schmid" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2014.357" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464225v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Libat" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Can Sel&#231;uk" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ch&#233;nier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079918v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080138v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent St&#233;phane" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413990v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079984v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457114v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429736v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865595v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892344v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04554316v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon El Ouafa" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Vincent" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le Chenadec" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Trouette" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syphax Fereka" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fluids9040090" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452479v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Quir&#243;s Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Fullana" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taraneh Sayadi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00707-024-04170-z" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452481v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00707-024-04133-4" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982348v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2022.111875" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852538v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Hassan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moataz Sabry" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2022.07.177" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760300v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chierici" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chirco" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Le Chenadec" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Scardovelli" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Yecko" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2022.108506" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695477v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Fr&#246;de" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Temistocle Grenga" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Bode" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heinz Pitsch" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2022.111374" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011351v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Attili" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13647830.2020.1838614" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011624v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2020.119738" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098100v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Ouafa" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vincent" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fluids6010023" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337799v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4208/cicp.OA-2020-0044" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011370v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Fikl" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fluids5030156" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011379v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandeep Murthy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter J. Schmid" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J Bodony" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2019.720" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01591956v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Drui" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kestener" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Kokh" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Larat" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/201653014" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011689v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Sayadi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Schmid" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Richecoeur" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Massot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2014.06.117" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C6LZXTZ4-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918174v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Schmid" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2014.357" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464225v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Libat" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Can Sel&#231;uk" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ch&#233;nier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079918v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080138v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent St&#233;phane" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413990v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079984v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457114v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429736v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865595v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892344v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>