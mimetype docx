--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -141,195 +141,191 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (17)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (18)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High fidelity simulations of a floating offshore wind turbine in irregular waves by coupling OpenFOAM and OpenFAST</w:t>
+                <w:t xml:space="preserve">Numerical study of the response of floating wind turbines via computational fluid dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Young Jun Kim</w:t>
+                <w:t xml:space="preserve">Giacomo Dieci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moran Charlou</w:t>
+                <w:t xml:space="preserve">Benjamin Bouscasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Bouscasse</w:t>
+                <w:t xml:space="preserve">Vincent Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Leroy</w:t>
+                <w:t xml:space="preserve">Sandrine Aubrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sithik Aliyar</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marie-Laure Ducasse</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Renewable Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 243, pp.122486. </w:t>
+              <w:t xml:space="preserve">Revue Paralia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 14, pp.s03.1-s03.12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.renene.2025.122486⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5150/revue-paralia.2025.s03⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04940801v1</w:t>
+                <w:t xml:space="preserve">hal-05553087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of rotor induction and peak shaving on energy performance and cost of stationary unmoored floating offshore wind turbines</w:t>
               </w:r>
@@ -341,51 +337,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Babarit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilien André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Wind Energy Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 10 (7), pp.1439-1449. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
@@ -413,1960 +409,2094 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05175321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linear diffraction and radiation theory of water waves by a truncated vertical circular cylinder with heave plate in deep and shallow drafts</w:t>
+                <w:t xml:space="preserve">High fidelity simulations of a floating offshore wind turbine in irregular waves by coupling OpenFOAM and OpenFAST</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seung-Yoon Han</w:t>
+                <w:t xml:space="preserve">Young Jun Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moran Charlou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Bouscasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Bouscasse</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vincent Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sithik Aliyar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Naval Architecture and Ocean Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijnaoe.2023.100580⟩</w:t>
+              <w:t xml:space="preserve">Renewable Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 243, pp.122486. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.renene.2025.122486⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04616811v1</w:t>
+                <w:t xml:space="preserve">hal-04940801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study of wave diffraction loads on a vertical circular cylinder with heave plates at deep and shallow drafts</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A real-time wave prediction in directional wave fields: Strategies for accurate continuous prediction in time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Félicien Bonnefoy</w:t>
+                <w:t xml:space="preserve">I.-C. Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Ducrozet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leroy Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bonnefoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Perignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ocean Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 312, pp.118970. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2024.118970⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 291, pp.116445. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2023.116445⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04782793v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04327971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A real-time wave prediction in directional wave fields: Strategies for accurate continuous prediction in time</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Experimental study of wave diffraction loads on a vertical circular cylinder with heave plates at deep and shallow drafts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Perignon</w:t>
+                <w:t xml:space="preserve">Seung-Yoon Han</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Bouscasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Delacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félicien Bonnefoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ocean Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 291, pp.116445. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2023.116445⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 312, pp.118970. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2024.118970⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04327971v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04782793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study of hydrodynamic loads induced by the motion of a vertical circular cylinder with heave plates in proximity of the free surface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seung-Yoon Han</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Bouscasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Bouscasse</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vincent Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Delacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Gilloteaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ocean Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 310, pp.118712. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2024.118712⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04782797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical and experimental investigation on deterministic prediction of ocean surface wave and wave excitation force</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I.-C. Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Ducrozet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leroy Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I.-C. Kim</w:t>
+                <w:t xml:space="preserve">F. Bonnefoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Perignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Ocean Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 142, pp.103834. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.apor.2023.103834⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04336707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The potential of wave feedforward control for floating wind turbines: A wave tank experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amr Hegazy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Naaijen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félicien Bonnefoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Pérignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Wind Energy Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/wes-2023-180⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04616820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control design for thrust generators with application to wind turbine wave-tank testing: a sliding-mode control approach with Euler backward time-discretization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Rasool Mojallizadeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félicien Bonnefoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leroy Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Plestan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Delacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Control Engineering Practice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 146 (105894), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.conengprac.2024.105894⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04408203v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multidimensional hybrid software-in-the-loop modeling approach for experimental analysis of a floating offshore wind turbine in wave tank experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félicien Bonnefoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leroy Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.R. Mojallizadeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Delacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ocean Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 309, pp.118390. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2024.118390⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04607844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydroelastic response of a flexible spar floating wind turbine: Numerical modelling and validation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Linear diffraction and radiation theory of water waves by a truncated vertical circular cylinder with heave plate in deep and shallow drafts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seung-Yoon Han</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Bouscasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Erin Bachynski-Polić</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Le Touzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ocean Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2023.115635⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Naval Architecture and Ocean Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16, pp.100580. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijnaoe.2023.100580⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04327966v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04616811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-time phase-resolved ocean wave prediction in directional wave fields: Enhanced algorithm and experimental validation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Y. Perignon</w:t>
+                <w:t xml:space="preserve">Hydroelastic response of a flexible spar floating wind turbine: Numerical modelling and validation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoming Ran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erin Bachynski-Polić</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ocean Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 276, pp.114212. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2023, 286, pp.115635. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2023.115635⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2023.114212⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04327969v1</w:t>
+                <w:t xml:space="preserve">hal-04327966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental investigation of the hydro-elastic response of a spar-type floating offshore wind turbine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Real-time phase-resolved ocean wave prediction in directional wave fields: Enhanced algorithm and experimental validation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I.-C. Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Ducrozet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bonnefoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leroy Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">J.-C. Gilloteaux</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Perignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ocean Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 255, pp.111430. </w:t>
+              <w:t xml:space="preserve">, 2023, 276, pp.114212. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2022.111430⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2023.114212⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04327963v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04327969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A weak-scatterer potential flow theory-based model for the hydroelastic analysis of offshore wind turbine substructures</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Experimental investigation of the hydro-elastic response of a spar-type floating offshore wind turbine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leroy Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Delacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Merrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E.E. Bachynski-Polić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-C. Gilloteaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ocean Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 238, pp.109702. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2021.109702⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 255, pp.111430. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2022.111430⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03361432v1</w:t>
+                <w:t xml:space="preserve">hal-04327963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-linear hydroelastic response of a monopile foundation in regular waves</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">A weak-scatterer potential flow theory-based model for the hydroelastic analysis of offshore wind turbine substructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leroy Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Babarit</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.E. Bachynski-Polić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Ferrant</w:t>
+                <w:t xml:space="preserve">A. Babarit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Ferrant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-C. Gilloteaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/1669/1/012007⟩</w:t>
+              <w:t xml:space="preserve">Ocean Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 238, pp.109702. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2021.109702⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02870620v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03361432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of aerodynamic modelling on seakeeping performance of a floating vertical axis wind turbine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Non-linear hydroelastic response of a monopile foundation in regular waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leroy Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erin E. Bachynski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Gilloteaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Babarit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ferrant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wind Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/we.2348⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/1669/1/012007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02152400v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02870620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of aerodynamic modeling on seakeeping performance of a floating horizontal axis wind turbine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Impact of aerodynamic modelling on seakeeping performance of a floating vertical axis wind turbine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leroy Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Gilloteaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mattias Lynch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Babarit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ferrant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Wind Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/we.2348⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02152400v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact of aerodynamic modeling on seakeeping performance of a floating horizontal axis wind turbine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leroy Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Gilloteaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mattias Lynch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Babarit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Ferrant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Wind Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/we.2337⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02152403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2376,1563 +2506,1563 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parametric study of the floating wind turbine configurations most likely to impact far-wake dynamics by OpenFAST</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhammad Abdullah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Aubrun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Wind Energy Science Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Academy of Wind energy; Centrale Nantes, Jun 2025, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05387070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stochastic Prediction of the Extreme Responses of a Floating Offshore Wind Turbine Using Response-Conditioned Waves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Dermatis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ducrozet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Bouscasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Delacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISOPE2024 - 34th International Ocean and Polar Engineering Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Rhodes (Grèce), Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04631274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Methodology for the Integration of Experimental and Numerical Fluid Dynamics in the Study of a Floating Body Such As a Wind Turbine Subjected to Environmental Loads</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ducrozet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Bouscasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félicien Bonnefoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASME 2023 42nd International Conference on Ocean, Offshore and Arctic Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Melbourne, Australia. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1115/OMAE2023-104676⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04327959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrodynamic response of a floating offshore wind turbine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaspard Engel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Tierno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaspard Engel</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ducrozet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Bouscasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">33rd International Ocean and Polar Engineering Conference (ISOPE 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Ottawa (Canada), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04984064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrodynamic Response of a Floating Offshore Wind Turbine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Engel Gaspard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tierno Matthieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ducrozet Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouscasse Benjamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leroy Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 33rd International Ocean and Polar Engineering Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Society of Offshore and Polar Engineers (ISOPE), Jun 2023, Ottawa, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04491047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Senior PhD Workshop: Vertical Axis Wind Turbines.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leroy Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruce Leblanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th EAWE PhD Seminar on Wind Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Brussel, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02879828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of the aerodynamic model on the modelling of the behaviour of a Floating Vertical Axis Wind Turbine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Gilloteaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Combourieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Babarit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ferrant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th Deep sea offshore wind R&amp;D conference (EERA DeepWind’2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Trondheim, Norway. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1742-6596/1104/1/012001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01986175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seakeeping study of a Floating Vertical Axis Wind Turbine with a numerical tool based on Free Vortex Wake Method</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Simulation servo-hydro-aérodynamique instationnaire des éoliennes flottantes à axe vertical</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Gilloteaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Babarit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ferrant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th EAWE PhD Seminar on Wind Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Cranfield, United Kingdom</w:t>
+              <w:t xml:space="preserve">CFM 2017 - 23ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01635051v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03465630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation servo-hydro-aérodynamique instationnaire des éoliennes flottantes à axe vertical</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Development of a simulation tool coupling hydrodynamics and unsteady aerodynamics to study Floating Wind Turbines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leroy Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Gilloteaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Babarit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ferrant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2017 - 23ème Congrès Français de Mécanique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">36th International Conference on Ocean, Offshore and Arctic Engineering, OMAE2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Trondheim, Norway. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/OMAE2017-61203⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03465630v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01635071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a simulation tool coupling hydrodynamics and unsteady aerodynamics to study Floating Wind Turbines</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Servo-hydro and unsteady aerodynamic simulation of Floating Vertical Axis Wind Turbines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Gilloteaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Babarit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ferrant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">36th International Conference on Ocean, Offshore and Arctic Engineering, OMAE2017</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">23e Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Lille, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01635071v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01635075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Servo-hydro and unsteady aerodynamic simulation of Floating Vertical Axis Wind Turbines</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Seakeeping study of a Floating Vertical Axis Wind Turbine with a numerical tool based on Free Vortex Wake Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leroy Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Gilloteaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Babarit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ferrant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23e Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Lille, France</w:t>
+              <w:t xml:space="preserve">13th EAWE PhD Seminar on Wind Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Cranfield, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01635075v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01635051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d’un couplage hydrodynamique et aérodynamique instationnaire pour l’étude des éoliennes flottantes à axe vertical</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Gilloteaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Babarit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ferrant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes des 15èmes Journées de l'Hydrodynamique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01492668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benchmarking of the new design tool InWave on a selection of wave energy converters from NumWEC project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Combourieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Babarit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Rongère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd Asian Wave and Tidal Energy Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Tokyo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01199001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3942,258 +4072,258 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of the performances a new multi-component hybrid experimental modeling of FOWTs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félicien Bonnefoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Delacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Rasool Mojallizadeh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EERA DeepWind Conference 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2024, Trondheim, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04882078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study on the seakeeping of Floating Vertical Axis Wind Turbines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leroy Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Gilloteaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Babarit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ferrant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th EAWE PhD Seminar on Wind Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Lyngby, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01635041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4203,114 +4333,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unsteady aerodynamic modelling for seakeeping analysis of Floating Offshore Wind Turbines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fluids mechanics [physics.class-ph]. École centrale de Nantes, 2018. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2018ECDN0050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02090543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId114"/>
+      <w:footerReference w:type="default" r:id="rId118"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4378,51 +4508,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="DBEA86C6"/>
+    <w:nsid w:val="E2800DF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4609,51 +4739,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincentleroy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4825-0290" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940801v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young Jun Kim" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moran Charlou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bouscasse" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Leroy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sithik Aliyar" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2025.122486" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175321v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Babarit" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Andr&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/wes-10-1439-2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616811v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seung-Yoon Han" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Le Touz&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnaoe.2023.100580" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782793v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Delacroix" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;licien Bonnefoy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2024.118970" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327971v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.-C. Kim" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ducrozet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leroy Vincent" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bonnefoy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Perignon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2023.116445" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782797v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Gilloteaux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2024.118712" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336707v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apor.2023.103834" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616820v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amr Hegazy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Naaijen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves P&#233;rignon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/wes-2023-180" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04408203v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Rasool Mojallizadeh" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Plestan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2024.105894" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607844v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Mojallizadeh" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Delacroix" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Arnal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2024.118390" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327966v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoming Ran" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Bachynski-Poli&#263;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2023.115635" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327969v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2023.114212" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327963v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Merrien" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.E. Bachynski-Poli&#263;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Gilloteaux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2022.111430" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361432v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Babarit" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ferrant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2021.109702" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02870620v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin E. Bachynski" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ferrant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1669/1/012007" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152400v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattias Lynch" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/we.2348" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152403v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/we.2337" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387070v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Abdullah" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Aubrun" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631274v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios Dermatis" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ducrozet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327959v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/OMAE2023-104676" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984064v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Engel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Tierno" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491047v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Engel Gaspard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tierno Matthieu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ducrozet Guillaume" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouscasse Benjamin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879828v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Leblanc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986175v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Combourieu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1104/1/012001" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635051v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Philippe" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465630v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Babarit" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635071v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/OMAE2017-61203" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635075v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01492668v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199001v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rong&#232;re" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882078v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635041v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02090543v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018ECDN0050" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincentleroy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4825-0290" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553087v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Dieci" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bouscasse" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Leroy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Aubrun" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Ducasse" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/revue-paralia.2025.s03" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175321v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Babarit" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Andr&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/wes-10-1439-2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940801v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young Jun Kim" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moran Charlou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sithik Aliyar" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2025.122486" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327971v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.-C. Kim" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ducrozet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leroy Vincent" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bonnefoy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Perignon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2023.116445" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782793v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seung-Yoon Han" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Delacroix" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;licien Bonnefoy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2024.118970" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782797v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Gilloteaux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2024.118712" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336707v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apor.2023.103834" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616820v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amr Hegazy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Naaijen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves P&#233;rignon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/wes-2023-180" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04408203v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Rasool Mojallizadeh" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Plestan" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2024.105894" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607844v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Mojallizadeh" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Delacroix" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Arnal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2024.118390" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616811v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Le Touz&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnaoe.2023.100580" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327966v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoming Ran" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Bachynski-Poli&#263;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2023.115635" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327969v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2023.114212" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327963v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Merrien" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.E. Bachynski-Poli&#263;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Gilloteaux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2022.111430" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361432v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Babarit" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ferrant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2021.109702" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02870620v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin E. Bachynski" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ferrant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1669/1/012007" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152400v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattias Lynch" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/we.2348" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152403v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/we.2337" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387070v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Abdullah" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631274v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios Dermatis" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ducrozet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327959v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/OMAE2023-104676" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984064v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Engel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Tierno" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491047v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Engel Gaspard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tierno Matthieu" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ducrozet Guillaume" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouscasse Benjamin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879828v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Leblanc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986175v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Combourieu" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1104/1/012001" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465630v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Philippe" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Babarit" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635071v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/OMAE2017-61203" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635075v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635051v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01492668v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199001v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rong&#232;re" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882078v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635041v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02090543v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018ECDN0050" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>