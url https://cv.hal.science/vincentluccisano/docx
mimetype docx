--- v0 (2026-03-04)
+++ v1 (2026-03-29)
@@ -100,191 +100,195 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New aquatic vertebrate and ichnological remains from the Upper Carboniferous of Decazeville (Aveyron, France): implications for the paleofauna of the French Variscan basins</w:t>
+                <w:t xml:space="preserve">New age constraints for the Perdasdefogu Basin, Italy: implications for vertebrate paleobiogeography during the early Permian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Gonçalves</w:t>
+                <w:t xml:space="preserve">Camille Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Antoine Logghe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Vincent Luccisano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Logghe</w:t>
+                <w:t xml:space="preserve">Xiao Shi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stanislav Štamberg</w:t>
+                <w:t xml:space="preserve">Nathan Cogné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Palevol</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 24 (11), </w:t>
+              <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 675, pp.113085. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5852/cr-palevol2025v24a11⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.palaeo.2025.113085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-05222114v1</w:t>
+                <w:t xml:space="preserve">insu-05106706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lithium isotopes in Palaeozoic stem-tetrapod bioapatite: Preservation, controls, ecology and oceanographic insights</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Luccisano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -368,195 +372,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05371671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New age constraints for the Perdasdefogu Basin, Italy: implications for vertebrate paleobiogeography during the early Permian</w:t>
+                <w:t xml:space="preserve">New aquatic vertebrate and ichnological remains from the Upper Carboniferous of Decazeville (Aveyron, France): implications for the paleofauna of the French Variscan basins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Rossignol</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Daniel Gonçalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Luccisano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Rebillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Logghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathan Cogné</w:t>
+                <w:t xml:space="preserve">Stanislav Štamberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 675, pp.113085. </w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Palevol</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 24 (11), </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.palaeo.2025.113085⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5852/cr-palevol2025v24a11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-05106706v1</w:t>
+                <w:t xml:space="preserve">insu-05222114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The rodent fauna from Prat de Cest (Aude, France) and its biochronological implications for the Early Miocene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Luccisano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Valentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -629,51 +629,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Palaeoenvironmental and palaeoecological reconstructions based on oxygen, carbon and sulfur isotopes of Early Permian shark spines from the French Massif central</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Luccisano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Cuny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -763,51 +763,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Systematics, ontogeny and palaeobiogeography of the genus Orthacanthus (Diplodoselachidae, Xenacanthiformes) from the lower Permian of France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Luccisano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -891,325 +891,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03866042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new Triodus shark species (Xenacanthidae, Xenacanthiformes) from the lowermost Permian of France and its paleobiogeographic implications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Phylogenetic implications of the systematic reassessment of Xenacanthiformes and ‘Ctenacanthiformes’ (Chondrichthyes) neurocrania from the Carboniferous–Permian Autun Basin (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Luccisano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alan Pradel</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mizuki Rambert-Natsuaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Cuny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Gilles Cuny</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Pouillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vertebrate Paleontology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/02724634.2021.1926470⟩</w:t>
+              <w:t xml:space="preserve">Journal of Systematic Palaeontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 19 (23), pp.1623-1642. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14772019.2022.2073279⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03285773v1</w:t>
+                <w:t xml:space="preserve">hal-03999482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phylogenetic implications of the systematic reassessment of Xenacanthiformes and ‘Ctenacanthiformes’ (Chondrichthyes) neurocrania from the Carboniferous–Permian Autun Basin (France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">A new Triodus shark species (Xenacanthidae, Xenacanthiformes) from the lowermost Permian of France and its paleobiogeographic implications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Luccisano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mizuki Rambert-Natsuaki</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Pradel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Amiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-Sebastien Steyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Cuny</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Pouillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Systematic Palaeontology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 19 (23), pp.1623-1642. </w:t>
+              <w:t xml:space="preserve">Journal of Vertebrate Paleontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 41 (2), pp.e1926470. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/14772019.2022.2073279⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/02724634.2021.1926470⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03999482v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03285773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revision of the Eocene artiodactyls (Mammalia, Placentalia) from Aumelas and Saint-Martin-de-Londres (Montpellier limestones, Hérault, France) questions the early European artiodactyl radiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Luccisano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Sudre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1301,103 +1301,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New age constraints for the Perdasdefogu Basin, Italy: implications for early Permian vertebrate palaeobiogeography and Variscan Belt dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Logghe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Luccisano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Logghe</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Xiao Shi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Cogné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GeoTolosa 2025 : News from the Paleozoic worlds</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Toulouse, France. pp.132-133</w:t>
@@ -1426,51 +1426,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new Triodus species (Xenacanthidae, Xenacanthiformes) from the basal Permian of France (Autun basin, Saône-et-Loire) and its palaeobiogeographical implications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Luccisano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1583,90 +1583,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Poursuite des fouilles à Buxières-les-Mines : campagne 2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Logghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Courville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Rébillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Luccisano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiachun Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1737,51 +1737,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reassessment of the freshwater chondrichthyans from the Permian of France : systematics and palaeoecology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Luccisano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Paleontology. Université Claude Bernard - Lyon I, 2022. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2022LYO10127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1977,51 +1977,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05222114v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gon&#231;alves" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Luccisano" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Rebillard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Logghe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav &#352;tamberg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/cr-palevol2025v24a11" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371671v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Martin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Amiot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Telouk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Thibon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2025.123024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05106706v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rossignol" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Shi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Cogn&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2025.113085" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880663v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Valentin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Garcia" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lazzari" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geobios.2023.12.005" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04554856v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cuny" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Pradel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fourel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe L&#233;cuyer" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2023.111760" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866042v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;marc Pouillon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Kindlimann" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/spp2.1470" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285773v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Sebastien Steyer" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02724634.2021.1926470" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999482v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mizuki Rambert-Natsuaki" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Pouillon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14772019.2022.2073279" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04954802v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Sudre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lihoreau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14772019.2020.1799253" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05131735v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587720v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Gand" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-S&#233;bastian Steyer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066180v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Courville" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud R&#233;billard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiachun Li" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04289179v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022LYO10127" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05106706v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rossignol" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Logghe" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Luccisano" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Shi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Cogn&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2025.113085" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371671v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Martin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Amiot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Telouk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Thibon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2025.123024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05222114v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gon&#231;alves" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Rebillard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav &#352;tamberg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/cr-palevol2025v24a11" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880663v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Valentin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Garcia" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lazzari" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geobios.2023.12.005" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04554856v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cuny" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Pradel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fourel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe L&#233;cuyer" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2023.111760" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866042v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;marc Pouillon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Kindlimann" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/spp2.1470" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999482v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mizuki Rambert-Natsuaki" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Pouillon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14772019.2022.2073279" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285773v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Sebastien Steyer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02724634.2021.1926470" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04954802v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Sudre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lihoreau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14772019.2020.1799253" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05131735v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587720v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Gand" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-S&#233;bastian Steyer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066180v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Courville" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud R&#233;billard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiachun Li" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04289179v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022LYO10127" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>