--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -175,345 +175,345 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resonant Self-Diffraction of Femtosecond Extreme Ultraviolet Pulses in Cobalt</w:t>
+                <w:t xml:space="preserve">Synthesis and Transfer of Freestanding Strain-Engineered Vertically Aligned Nanocomposite Thin Films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexei Maznev</w:t>
+                <w:t xml:space="preserve">Carlos Rodríguez Cortéz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wonseok Lee</w:t>
+                <w:t xml:space="preserve">Moussa Mebarki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scott Cushing</w:t>
+                <w:t xml:space="preserve">Bruno Berini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dario de Angelis</w:t>
+                <w:t xml:space="preserve">Dominique Demaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Danny Fainozzi</w:t>
+                <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2025</w:t>
+              <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05066824v1</w:t>
+                <w:t xml:space="preserve">hal-05562070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anomalous spin-optical helical effect in Ti-based kagome metal</w:t>
+                <w:t xml:space="preserve">Resonant Self-Diffraction of Femtosecond Extreme Ultraviolet Pulses in Cobalt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Federico Mazzola</w:t>
+                <w:t xml:space="preserve">Alexei Maznev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wojciech Brzezicki</w:t>
+                <w:t xml:space="preserve">Wonseok Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chiara Bigi</w:t>
+                <w:t xml:space="preserve">Scott Cushing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Armando Consiglio</w:t>
+                <w:t xml:space="preserve">Dario de Angelis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luciano Jacopo D Onofrio</w:t>
+                <w:t xml:space="preserve">Danny Fainozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05321460v1</w:t>
+                <w:t xml:space="preserve">hal-05066824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical switching in a layered altermagnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro de Vita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Bigi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Romanin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew Watson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -527,7797 +527,7931 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05321440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (58)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (59)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perovskite AMoO3 (A = Ca, Sr, Ba): A New Ambient-Stable and Water-Soluble Sacrificial Layer Family for Single-Crystal Self-Supporting Oxide Membrane Fabrication</w:t>
+                <w:t xml:space="preserve">Magnetic La&amp;lt;sub&amp;gt;0.7&amp;lt;/sub&amp;gt;Sr&amp;lt;sub&amp;gt;0.3&amp;lt;/sub&amp;gt;MnO&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; Membranes Synthesized by Etching a Sr&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;Al&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;6&amp;lt;/sub&amp;gt; Sacrificial Layer Using an Intermediary Manganite Protection Layer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moussa Mebarki</w:t>
+                <w:t xml:space="preserve">Moussa Mezhoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Bérini</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Saidur Rahman Bakaul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oleg I. Lebedev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Demange</w:t>
+                <w:t xml:space="preserve">Aïmane Cheikh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 17 (18), pp.27400-27407. </w:t>
+              <w:t xml:space="preserve">ACS Applied Electronic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsami.5c01621⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsaelm.5c00053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05050802v1</w:t>
+                <w:t xml:space="preserve">hal-05040079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control of the antiferromagnetic domain configuration and Néel axis orientation with epitaxial strain</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">A‐Site Cationic Variation to Expand the Sacrificial Layer AVO&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; Family Dissolving in Water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aleksandr Yu Petrov</w:t>
+                <w:t xml:space="preserve">Bruno Bérini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aïmane Cheikh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brice Sarpi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hebatalla Elnaggar</w:t>
+                <w:t xml:space="preserve">Deepak Dagur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moussa Mezhoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s43246-025-00836-w⟩</w:t>
+              <w:t xml:space="preserve">Advanced Materials Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12 (12), pp.2500094. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/admi.202500094⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05170473v1</w:t>
+                <w:t xml:space="preserve">hal-05033067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring interfacial magnetism in all-spinel Fe&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;4&amp;lt;/sub&amp;gt;/MgCr&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;4&amp;lt;/sub&amp;gt;/Fe&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;4&amp;lt;/sub&amp;gt; epitaxial heterostructures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Offi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Borgatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesco Offi</w:t>
+                <w:t xml:space="preserve">Pasquale Orgiani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandeep Kumar Chaluvadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanoscale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/D5NR00971E⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05106200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monolayer control of spin-charge conversion in van der Waals heterostructures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Abdukayumov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Paull</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Abdukayumov</w:t>
+                <w:t xml:space="preserve">M. Mičica</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Paull</w:t>
+                <w:t xml:space="preserve">F. Ibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Libor Vojáček</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 135 (01), pp.016702. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/l41n-qxpd⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04940355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetic La&amp;lt;sub&amp;gt;0.7&amp;lt;/sub&amp;gt;Sr&amp;lt;sub&amp;gt;0.3&amp;lt;/sub&amp;gt;MnO&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; Membranes Synthesized by Etching a Sr&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;Al&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;6&amp;lt;/sub&amp;gt; Sacrificial Layer Using an Intermediary Manganite Protection Layer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Control of the antiferromagnetic domain configuration and Néel axis orientation with epitaxial strain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Polewczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandr Yu Petrov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Sarpi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moussa Mezhoud</w:t>
+                <w:t xml:space="preserve">Dirk Backes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saidur Rahman Bakaul</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Aïmane Cheikh</w:t>
+                <w:t xml:space="preserve">Hebatalla Elnaggar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Electronic Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsaelm.5c00053⟩</w:t>
+              <w:t xml:space="preserve">Communications Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 6 (1), pp.153. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s43246-025-00836-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05040079v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05170473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A‐Site Cationic Variation to Expand the Sacrificial Layer AVO&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; Family Dissolving in Water</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Perovskite AMoO3 (A = Ca, Sr, Ba): A New Ambient-Stable and Water-Soluble Sacrificial Layer Family for Single-Crystal Self-Supporting Oxide Membrane Fabrication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moussa Mebarki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bérini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Moussa Mezhoud</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Fouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Demange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/admi.202500094⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (18), pp.27400-27407. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsami.5c01621⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05033067v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05050802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilayer orthogonal ferromagnetism in CrTe2-based van der Waals system</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Anomalous spin-optical helical effect in Ti-based kagome metal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Mazzola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wojciech Brzezicki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Bigi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Jaouen</w:t>
+                <w:t xml:space="preserve">Armando Consiglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luciano Jacopo d'Onofrio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-025-59266-4⟩</w:t>
+              <w:t xml:space="preserve">Advanced Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adma.202522533⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05097960v2</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05321460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dzyaloshinskii–Moriya Interaction in Fe 5 GeTe 2 Epitaxial Thin Films</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">João Sampaio</w:t>
+                <w:t xml:space="preserve">Bilayer orthogonal ferromagnetism in CrTe2-based van der Waals system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Bigi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Pascaud</w:t>
+                <w:t xml:space="preserve">Cyriack Jego</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Polewczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro de Vita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edgar Quero</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Vincent Polewczyk</w:t>
+                <w:t xml:space="preserve">Thomas Jaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.5c03547⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (1), pp.4495. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-025-59266-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05321458v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05097960v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-noise anisotropic magnetoresistance sensing at human body temperature: unveiling the optimal doping in La 1− x Sr x MnO 3 films</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dzyaloshinskii–Moriya Interaction in Fe 5 GeTe 2 Epitaxial Thin Films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">João Sampaio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raul Solis Leon</w:t>
+                <w:t xml:space="preserve">Antoine Pascaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ines Garcia Manuz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sandeep Kumar Chaluvadi</w:t>
+                <w:t xml:space="preserve">Edgar Quero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Pierron</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">André Thiaville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 58 (46), pp.465301. </w:t>
+              <w:t xml:space="preserve">Nano Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 25 (39), pp.14341-14347. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6463/ae18de⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.5c03547⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05442594v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05321458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valence Modifications in Hygroscopic VI3 Degraded Crystals via Soft X-ray Synchrotron Radiation</w:t>
+                <w:t xml:space="preserve">Low-noise anisotropic magnetoresistance sensing at human body temperature: unveiling the optimal doping in La 1− x Sr x MnO 3 films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. de Vita</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Raul Solis Leon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ines Garcia Manuz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandeep Kumar Chaluvadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 58 (46), pp.465301. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.5c07450⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6463/ae18de⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05407054v1</w:t>
+                <w:t xml:space="preserve">hal-05442594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced osteointegration and osteogenesis of osteoblast cells by laser-induced surface modification of Ti implants</w:t>
+                <w:t xml:space="preserve">Valence Modifications in Hygroscopic VI3 Degraded Crystals via Soft X-ray Synchrotron Radiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iaroslav Gnilitskyi</w:t>
+                <w:t xml:space="preserve">A. de Vita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leonid Dolgov</w:t>
+                <w:t xml:space="preserve">G. Panaccione</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aile Tamm</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">G. Vinai</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomedicine: Nanotechnology, Biology and Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nano.2024.102785⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.5c07450⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04883655v1</w:t>
+                <w:t xml:space="preserve">hal-05407054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Light-driven Electrodynamics and Demagnetization in Fe$_n$GeTe$_2$ (n = 3, 5) Thin Films</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Salvatore Macis</w:t>
+                <w:t xml:space="preserve">Signatures of a surface spin–orbital chiral metal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Mazzola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wojciech Brzezicki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Teresa Mercaldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anita Guarino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Bigi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">npj 2D Materials and Applications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 626 (8000), pp.752-758. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41586-024-07033-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04616460v2</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05321338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Band anisotropy and effective mass renormalization in strained metallic VO2 (101) thin films</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">L. Li</w:t>
+                <w:t xml:space="preserve">Uncovering the lowest thickness limit for room-temperature ferromagnetism of Cr$_{1.6}$Te$_2$</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandeep Kumar Chaluvadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shyni Punathum Chalil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anupam Jana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deepak Dagur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Vinai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NPG Asia Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41427-024-00576-2⟩</w:t>
+              <w:t xml:space="preserve">Nano Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (25), pp.7601-7608. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.4c01005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04846248v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04724537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uncovering the lowest thickness limit for room-temperature ferromagnetism of Cr$_{1.6}$Te$_2$</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Giovanni Vinai</w:t>
+                <w:t xml:space="preserve">Band anisotropy and effective mass renormalization in strained metallic VO2 (101) thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. D Elia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Polewczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Y. Petrov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Vinai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.4c01005⟩</w:t>
+              <w:t xml:space="preserve">NPG Asia Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41427-024-00576-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04724537v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04846248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Signatures of a surface spin–orbital chiral metal</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Wojciech Brzezicki</w:t>
+                <w:t xml:space="preserve">Enhanced osteointegration and osteogenesis of osteoblast cells by laser-induced surface modification of Ti implants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iaroslav Gnilitskyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonid Dolgov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aile Tamm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Teresa Mercaldo</w:t>
+                <w:t xml:space="preserve">Ana Maria Ferraria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anita Guarino</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Chiara Bigi</w:t>
+                <w:t xml:space="preserve">Kateryna Diedkova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 626 (8000), pp.752-758. </w:t>
+              <w:t xml:space="preserve">Nanomedicine: Nanotechnology, Biology and Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 62, pp.102785. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41586-024-07033-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nano.2024.102785⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05321338v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04883655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of temperature-dependent interplay between spin and orbital moment in van der Waals ferromagnet VI 3</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Light-driven Electrodynamics and Demagnetization in Fe$_n$GeTe$_2$ (n = 3, 5) Thin Films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roberto Sant</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Luca Tomarchio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gerrit van der Laan</w:t>
+                <w:t xml:space="preserve">Lorenzo Mosesso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicholas Brookes</w:t>
+                <w:t xml:space="preserve">Alain Marty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvatore Macis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">npj 2D Materials and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 8 (1), pp.73</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05321451v1</w:t>
+                <w:t xml:space="preserve">hal-04616460v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal treatment effects on PMN-0.4PT/Fe multiferroic heterostructures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Deepak Dagur</w:t>
+                <w:t xml:space="preserve">Evidence of temperature-dependent interplay between spin and orbital moment in van der Waals ferromagnet VI 3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro de Vita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Margherita Finardi</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Roberto Sant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aleksandr Yu. Petrov</w:t>
+                <w:t xml:space="preserve">Gerrit van der Laan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simone Dolabella</w:t>
+                <w:t xml:space="preserve">Nicholas Brookes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Electronic Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 6 (9), pp.6648-6656. </w:t>
+              <w:t xml:space="preserve">Nano Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (5), pp.1487-1493. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsaelm.4c01095⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.3c03525⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04883567v1</w:t>
+                <w:t xml:space="preserve">hal-05321451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laser patterning of magnonic structure via local crystallization of Yittrium Iron Garnet</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thermal treatment effects on PMN-0.4PT/Fe multiferroic heterostructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deepak Dagur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Del Giacco</w:t>
+                <w:t xml:space="preserve">Alice Margherita Finardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Federico Maspero</w:t>
+                <w:t xml:space="preserve">Aleksandr Yu. Petrov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valerio Levati</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Edoardo Albisetti</w:t>
+                <w:t xml:space="preserve">Simone Dolabella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adfm.202401129⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Electronic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 6 (9), pp.6648-6656. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsaelm.4c01095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05321449v1</w:t>
+                <w:t xml:space="preserve">hal-04883567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the origin of the improved hydrogen evolution reaction in Mn- and Co-doped MoS 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pasquale Orgiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Braglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Polewczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhiwei Nie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Lavini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanoscale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 16 (25), pp.12237-12247. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/D4NR00876F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05321441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics and resilience of the unconventional charge density wave in ScV$_6$Sn$_6$ bilayer kagome metal</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Laser patterning of magnonic structure via local crystallization of Yittrium Iron Garnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Del Giacco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Maspero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel Tuniz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Armando Consiglio</w:t>
+                <w:t xml:space="preserve">Valerio Levati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denny Puntel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Chiara Bigi</w:t>
+                <w:t xml:space="preserve">Matteo Vitali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefan Enzner</w:t>
+                <w:t xml:space="preserve">Edoardo Albisetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 4 (1), pp.103. </w:t>
+              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 34 (36), </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s43246-023-00430-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/adfm.202401129⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05321336v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05321449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical, structural and electronic properties of ultrathin V2O3 films on Al2O3 substrate: Implications in Mott-like transitions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Polewczyk</w:t>
+                <w:t xml:space="preserve">Covalency, correlations, and interlayer interactions governing the magnetic and electronic structure of Mn 3 Si 2 Te 6</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Bigi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S.K. Chaluvadi</w:t>
+                <w:t xml:space="preserve">Lei Qiao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Dagur</w:t>
+                <w:t xml:space="preserve">Chao Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Mazzola</w:t>
+                <w:t xml:space="preserve">Paolo Barone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Punathum Chalil</w:t>
+                <w:t xml:space="preserve">Monica Ciomaga Hatnean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 610, pp.155462. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 108 (5), pp.054419. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2022.155462⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.108.054419⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05321436v1</w:t>
+                <w:t xml:space="preserve">hal-05321423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation and etching of the insulating Sr‐Rich V 5+ phase at the metallic SrVO 3 surface revealed by Operando XAS spectroscopy characterizations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Unraveling the optoelectronic properties of CoSbx intrinsic selective solar absorber towards high-temperature surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastasiia Taranova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamran Akbar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khabib Yusupov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shujie You</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Polewczyk</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Ferdinando Bassato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adfm.202301056⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.7280. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-42839-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04739490v1</w:t>
+                <w:t xml:space="preserve">hal-05321415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating the Intrinsic Anisotropy of VO2(101) Thin Films Using Linearly Polarized Resonant Photoemission Spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro D’elia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aleksandr Yu Petrov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liang Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chongwen Zou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Condensed Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 8 (2), pp.40. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/condmat8020040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05321463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unraveling the optoelectronic properties of CoSbx intrinsic selective solar absorber towards high-temperature surfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anastasiia Taranova</w:t>
+                <w:t xml:space="preserve">Formation and etching of the insulating Sr‐Rich V 5+ phase at the metallic SrVO 3 surface revealed by Operando XAS spectroscopy characterizations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Polewczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moussa Mezhoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kamran Akbar</w:t>
+                <w:t xml:space="preserve">Martando Rath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khabib Yusupov</w:t>
+                <w:t xml:space="preserve">Oualyd El-Khaloufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shujie You</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Polewczyk</w:t>
+                <w:t xml:space="preserve">Ferdinando Bassato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 14 (1), pp.7280. </w:t>
+              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 33 (31), </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-42839-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/adfm.202301056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05321415v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04739490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Covalency, correlations, and interlayer interactions governing the magnetic and electronic structure of Mn 3 Si 2 Te 6</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chiara Bigi</w:t>
+                <w:t xml:space="preserve">Chemical, structural and electronic properties of ultrathin V2O3 films on Al2O3 substrate: Implications in Mott-like transitions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lei Qiao</w:t>
+                <w:t xml:space="preserve">S.K. Chaluvadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chao Liu</w:t>
+                <w:t xml:space="preserve">D. Dagur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paolo Barone</w:t>
+                <w:t xml:space="preserve">F. Mazzola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monica Ciomaga Hatnean</w:t>
+                <w:t xml:space="preserve">S. Punathum Chalil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 108 (5), pp.054419. </w:t>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 610, pp.155462. </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.108.054419⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2022.155462⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05321423v1</w:t>
+                <w:t xml:space="preserve">hal-05321436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Artificial aging of thin films of the indium-free transparent conducting oxide SrVO 3</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dynamics and resilience of the unconventional charge density wave in ScV$_6$Sn$_6$ bilayer kagome metal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oualyd El Khaloufi</w:t>
+                <w:t xml:space="preserve">Manuel Tuniz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armando Consiglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oleg Lebedev</w:t>
+                <w:t xml:space="preserve">Denny Puntel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Bigi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Cardin</w:t>
+                <w:t xml:space="preserve">Stefan Enzner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 15 (16), pp.20240-20251. </w:t>
+              <w:t xml:space="preserve">Communications Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 4 (1), pp.103. </w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsami.3c02421⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s43246-023-00430-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04153455v1</w:t>
+                <w:t xml:space="preserve">hal-05321336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The electronic structure of intertwined kagome, honeycomb, and triangular sublattices of the intermetallics MCo2 Al9</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chiara Bigi</w:t>
+                <w:t xml:space="preserve">Artificial aging of thin films of the indium-free transparent conducting oxide SrVO 3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martando Rath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moussa Mezhoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sahar Pakdel</w:t>
+                <w:t xml:space="preserve">Oualyd El Khaloufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michał J Winiarski</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pasquale Orgiani</w:t>
+                <w:t xml:space="preserve">Oleg Lebedev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ivana Vobornik</w:t>
+                <w:t xml:space="preserve">Julien Cardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 108 (7), pp.075148. </w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (16), pp.20240-20251. </w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.108.075148⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsami.3c02421⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05321444v1</w:t>
+                <w:t xml:space="preserve">hal-04153455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anisotropic hybridization probed by polarization dependent x-ray absorption spectroscopy in VI3 van der Waals Mott ferromagnet</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The electronic structure of intertwined kagome, honeycomb, and triangular sublattices of the intermetallics MCo2 Al9</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Bigi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R Sant</w:t>
+                <w:t xml:space="preserve">Sahar Pakdel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A de Vita</w:t>
+                <w:t xml:space="preserve">Michał J Winiarski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pasquale Orgiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V Polewczyk</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">F Mazzola</w:t>
+                <w:t xml:space="preserve">Ivana Vobornik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-648X/ace1bf⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 108 (7), pp.075148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.108.075148⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05094741v1</w:t>
+                <w:t xml:space="preserve">hal-05321444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flat band separation and robust spin-Berry curvature in bilayer kagome metals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Anisotropic hybridization probed by polarization dependent x-ray absorption spectroscopy in VI3 van der Waals Mott ferromagnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Sant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A de Vita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Domenico Di Sante</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Chiara Bigi</w:t>
+                <w:t xml:space="preserve">V Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philipp Eck</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Armando Consiglio</w:t>
+                <w:t xml:space="preserve">G M Pierantozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Mazzola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41567-023-02053-z⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 35 (40), pp.405601. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-648X/ace1bf⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05321335v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05094741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unveiling the Electronic Structure of Pseudotetragonal WO 3 Thin Films</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Flat band separation and robust spin-Berry curvature in bilayer kagome metals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Amoroso</w:t>
+                <w:t xml:space="preserve">Domenico Di Sante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Bigi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Chaluvadi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Fujii</w:t>
+                <w:t xml:space="preserve">Philipp Eck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Enzner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armando Consiglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.3c01546⟩</w:t>
+              <w:t xml:space="preserve">Nature Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 19 (8), pp.1135-1142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41567-023-02053-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05321443v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05321335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disentangling Structural and Electronic Properties in V 2 O 3 Thin Films: A Genuine Nonsymmetry Breaking Mott Transition</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Vincent Polewczyk</w:t>
+                <w:t xml:space="preserve">Unveiling the Electronic Structure of Pseudotetragonal WO 3 Thin Films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Mazzola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Hassani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Debashis Mondal</w:t>
+                <w:t xml:space="preserve">D. Amoroso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jun Fujii</w:t>
+                <w:t xml:space="preserve">S. Chaluvadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Fujii</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.2c02288⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (32), pp.7208-7214. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.3c01546⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05321422v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05321443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multidetection scheme for transient-grating-based spectroscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Brioschi</w:t>
+                <w:t xml:space="preserve">Visible Light Effects on Photostrictive/Magnetostrictive PMN‐PT/Ni Heterostructure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deepak Dagur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Polewczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandr Yu Petrov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Carrara</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">G. Vinai</w:t>
+                <w:t xml:space="preserve">Pietro Carrara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Brioschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/OL.476958⟩</w:t>
+              <w:t xml:space="preserve">Advanced Materials Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9 (36), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/admi.202201337⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05321429v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05321430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visible Light Effects on Photostrictive/Magnetostrictive PMN‐PT/Ni Heterostructure</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Integration of epitaxial La2/3Sr1/3MnO3 thin films on silicon-on-sapphire substrate for MEMS applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandeep Kumar Chaluvadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhe Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laryssa M Carvalho de Araújo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pasquale Orgiani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Polewczyk</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marta Brioschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/admi.202201337⟩</w:t>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 579, pp.152095. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2021.152095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05321430v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03843340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integration of epitaxial La2/3Sr1/3MnO3 thin films on silicon-on-sapphire substrate for MEMS applications</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multidetection scheme for transient-grating-based spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laryssa M Carvalho de Araújo</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">M. Brioschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Carrara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Polewczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Dagur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Vinai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2021.152095⟩</w:t>
+              <w:t xml:space="preserve">Optics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 48 (1), pp.167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OL.476958⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03843340v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05321429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electronic Properties of Fully Strained La 1– x Sr x MnO 3 Thin Films Grown by Molecular Beam Epitaxy (0.15 ≤ x ≤ 0.45)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Disentangling Structural and Electronic Properties in V 2 O 3 Thin Films: A Genuine Nonsymmetry Breaking Mott Transition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Mazzola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandeep Kumar Chaluvadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Luca Braglia</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Debashis Mondal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Fujii</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Omega</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nano Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (14), pp.5990-5996. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.2c02288⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsomega.1c06529⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03650503v1</w:t>
+                <w:t xml:space="preserve">hal-05321422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of Orbital Character on the Ground State Electronic Properties in the van Der Waals Transition Metal Iodides VI3 and CrI3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro de Vita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thao Thi Phuong Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Sant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gian Marco Pierantozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danila Amoroso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nano Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 22 (17), pp.7034--7041. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.nanolett.2c01922⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05074779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">All-Optical Generation and Time-Resolved Polarimetry of Magnetoacoustic Resonances via Transient Grating Spectroscopy</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Electronic Properties of Fully Strained La 1– x Sr x MnO 3 Thin Films Grown by Molecular Beam Epitaxy (0.15 ≤ x ≤ 0.45)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandeep Kumar Chaluvadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Polewczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandr Yu Petrov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Vinai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Braglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Applied</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.18.044009⟩</w:t>
+              <w:t xml:space="preserve">ACS Omega</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsomega.1c06529⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05321432v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03650503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stabilization of an Enantiopure Sub‐monolayer of Helicene Radical Cations on a Au(111) Surface through Noncovalent Interactions</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Andrea Luigi Sorrentino</w:t>
+                <w:t xml:space="preserve">All-Optical Generation and Time-Resolved Polarimetry of Magnetoacoustic Resonances via Transient Grating Spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Carrara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Brioschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorenzo Poggini</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">E. Longo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Dagur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.202103710⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Applied</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 18 (4), pp.044009. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.18.044009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05321418v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05321432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetoelectric Coupling at the Ni/Hf 0.5 Zr 0.5 O 2 Interface</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stabilization of an Enantiopure Sub‐monolayer of Helicene Radical Cations on a Au(111) Surface through Noncovalent Interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niccolò Giaconi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Dmitriyeva</w:t>
+                <w:t xml:space="preserve">Andrea Luigi Sorrentino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vitalii Mikheev</w:t>
+                <w:t xml:space="preserve">Lorenzo Poggini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergei Zarubin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Giovanni Vinai</w:t>
+                <w:t xml:space="preserve">Michela Lupi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Nano</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsnano.1c05001⟩</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 60 (28), pp.15276-15280. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.202103710⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05321337v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05321418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Planar triangular S = 3 / 2 magnet AgCrSe 2 : Magnetic frustration, short range correlations, and field-tuned anisotropic cycloidal magnetic order</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Magnetoelectric Coupling at the Ni/Hf 0.5 Zr 0.5 O 2 Interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Dmitriyeva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Baenitz</w:t>
+                <w:t xml:space="preserve">Vitalii Mikheev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M M Piva</w:t>
+                <w:t xml:space="preserve">Sergei Zarubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Luther</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">K M Ranjith</w:t>
+                <w:t xml:space="preserve">Anastasia Chouprik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Vinai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.104.134410⟩</w:t>
+              <w:t xml:space="preserve">ACS Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 15 (9), pp.14891-14902. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsnano.1c05001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05321414v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05321337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of Robust Half-Metallicity in Strained Manganite Films</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Alessandro de Vita</w:t>
+                <w:t xml:space="preserve">Planar triangular S = 3 / 2 magnet AgCrSe 2 : Magnetic frustration, short range correlations, and field-tuned anisotropic cycloidal magnetic order</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Baenitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M M Piva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Federico Motti</w:t>
+                <w:t xml:space="preserve">S. Luther</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Sichelschmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K M Ranjith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.1c02323⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 104 (13), pp.134410. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.104.134410⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05321438v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05321414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ZnO Thin Films Growth Optimization for Piezoelectric Application</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
+                <w:t xml:space="preserve">Evidence of Robust Half-Metallicity in Strained Manganite Films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gian Marco Pierantozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Vinai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Matteo Lo Cicero</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandr Yu. Petrov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro de Vita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefano Prato</w:t>
+                <w:t xml:space="preserve">Federico Motti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 21 (18), pp.6114. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 125 (26), pp.14430-14437. </w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/s21186114⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.1c02323⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05321416v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05321438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuning the magnetic properties of V&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;/CoFeB heterostructures across the V&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; structural transition</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">ZnO Thin Films Growth Optimization for Piezoelectric Application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S K Chaluvadi</w:t>
+                <w:t xml:space="preserve">Riccardo Magrin Maffei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Vinai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Orgiani</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">G. Vinai</w:t>
+                <w:t xml:space="preserve">Matteo Lo Cicero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Prato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.5.034413⟩</w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (18), pp.6114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s21186114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05321425v1</w:t>
+                <w:t xml:space="preserve">hal-05321416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interplay between morphology and magnetoelectric coupling in Fe/PMN-PT multiferroic heterostructures studied by microscopy techniques</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Tuning the magnetic properties of V&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;/CoFeB heterostructures across the V&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; structural transition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paola Mantegazza</w:t>
+                <w:t xml:space="preserve">S K Chaluvadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Orgiani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Panaccione</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Vinai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 4 (11), pp.114418. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.4.114418⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 5 (3), pp.034413. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.5.034413⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05321426v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05321425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetic correlations in polycrystalline Tb 0.15 Co 0.85</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathias Bersweiler</w:t>
+                <w:t xml:space="preserve">Epitaxial growth of TbFe 2 on piezoelectric LiNbO 3 Z-cut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philipp Bender</w:t>
+                <w:t xml:space="preserve">Michel Hehn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inma Peral</w:t>
+                <w:t xml:space="preserve">Arnaud Hillion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucas Eichenberger</w:t>
+                <w:t xml:space="preserve">Sylvie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Hehn</w:t>
+                <w:t xml:space="preserve">Pascal Boulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 53 (33), pp.335302. </w:t>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 32 (23), pp.235803. </w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6463/ab8b95⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-648X/ab75ff⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04370037v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03053628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epitaxial growth of TbFe 2 on piezoelectric LiNbO 3 Z-cut</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Interplay between morphology and magnetoelectric coupling in Fe/PMN-PT multiferroic heterostructures studied by microscopy techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Motti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Vinai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Bonanni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Robert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pascal Boulet</w:t>
+                <w:t xml:space="preserve">Paola Mantegazza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-648X/ab75ff⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4 (11), pp.114418. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.4.114418⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03053628v1</w:t>
+                <w:t xml:space="preserve">hal-05321426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal assisted tailoring of magnetic coercivity in Iron thin films on unstable Lithium Niobate substrate</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">G. Vinai</w:t>
+                <w:t xml:space="preserve">Magnetic correlations in polycrystalline Tb 0.15 Co 0.85</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Bersweiler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Motti</w:t>
+                <w:t xml:space="preserve">Philipp Bender</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Santhosh</w:t>
+                <w:t xml:space="preserve">Inma Peral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Benedetti</w:t>
+                <w:t xml:space="preserve">Lucas Eichenberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Hehn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Magnetism and Magnetic Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 515, pp.167257. </w:t>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 53 (33), pp.335302. </w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jmmm.2020.167257⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6463/ab8b95⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05321435v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04370037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Original design of a patterned multiferroic heterostructure for electrical control of the magnetic shape anisotropy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Thermal assisted tailoring of magnetic coercivity in Iron thin films on unstable Lithium Niobate substrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Vinai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Motti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Capaldo</w:t>
+                <w:t xml:space="preserve">S. Santhosh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Benedetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Magnetism and Magnetic Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 507, pp.166816. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmmm.2020.166816⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 515, pp.167257. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmmm.2020.167257⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05321446v1</w:t>
+                <w:t xml:space="preserve">hal-05321435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reversible response of a magnetic surface acoustic wave device with perpendicular magnetization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Lacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Dumesnil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Mjahed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Petit-Watelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 53 (30), pp.305002. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1361-6463/ab87c0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03053657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature compensated magnetic field sensor based on Love waves</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Harshad Mishra</w:t>
+                <w:t xml:space="preserve">Original design of a patterned multiferroic heterostructure for electrical control of the magnetic shape anisotropy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Polewczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Vinai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Motti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Streque</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michel Hehn</w:t>
+                <w:t xml:space="preserve">S. Dal Zilio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prince Mengue</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hamid M'Jahed</w:t>
+                <w:t xml:space="preserve">P. Capaldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-665X/ab7857⟩</w:t>
+              <w:t xml:space="preserve">Journal of Magnetism and Magnetic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 507, pp.166816. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmmm.2020.166816⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02865495v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05321446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large anisotropic magnetocaloric effect in all-sputtered epitaxial terbium thin films</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Temperature compensated magnetic field sensor based on Love waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harshad Mishra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammed Salah El Hadri</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Polewczyk</w:t>
+                <w:t xml:space="preserve">Jérémy Streque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Hehn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuxuan Xiao</w:t>
+                <w:t xml:space="preserve">Prince Mengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Mangin</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hamid M'Jahed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/physrevmaterials.4.124404⟩</w:t>
+              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 29 (4), pp.045036. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-665X/ab7857⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05006743v1</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02865495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An integrated ultra-high vacuum apparatus for growth and in situ characterization of complex materials</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">F. Motti</w:t>
+                <w:t xml:space="preserve">Large anisotropic magnetocaloric effect in all-sputtered epitaxial terbium thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Salah El Hadri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Yu. Petrov</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Yuxuan Xiao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Mangin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Fullerton</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0005302⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4 (12), pp.124404. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/physrevmaterials.4.124404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05321413v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05006743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epitaxial growth of magnetostrictive TbFe2 films on piezoelectric LiNbO3</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">An integrated ultra-high vacuum apparatus for growth and in situ characterization of complex materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Vinai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Motti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Yu. Petrov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Hillion</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pascal Boulet</w:t>
+                <w:t xml:space="preserve">Valentina Bonanni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-648X/ab27e6⟩</w:t>
+              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 91 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0005302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03053645v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05321413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stoichiometric Lithium Niobate Crystals: Towards Identifiable Wireless Surface Acoustic Wave Sensors Operable up to 600 °C</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Florian Bartoli</w:t>
+                <w:t xml:space="preserve">Intrinsic versus shape anisotropy in micro-structured magnetostrictive thin films for magnetic surface acoustic wave sensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harshad Mishra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Hehn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Lacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amine Taguett</w:t>
+                <w:t xml:space="preserve">Omar Elmazria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tiercelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Sensors Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/LSENS.2019.2908691⟩</w:t>
+              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 28 (12), pp.12LT01. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-665X/ab522d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02114799v1</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02360172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intrinsic versus shape anisotropy in micro-structured magnetostrictive thin films for magnetic surface acoustic wave sensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Harshad Mishra</w:t>
+                <w:t xml:space="preserve">Epitaxial growth of magnetostrictive TbFe2 films on piezoelectric LiNbO3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Polewczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Hehn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Hillion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Hehn</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Tiercelin</w:t>
+                <w:t xml:space="preserve">Pascal Boulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-665X/ab522d⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 31 (40), pp.405801. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-648X/ab27e6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02360172v1</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03053645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Thermal Reading of Magnetic States in Hall Crosses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stoichiometric Lithium Niobate Crystals: Towards Identifiable Wireless Surface Acoustic Wave Sensors Operable up to 600 °C</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Streque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Xu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">V. Polewczyk</w:t>
+                <w:t xml:space="preserve">Ninel Kokanyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Parent</w:t>
+                <w:t xml:space="preserve">Florian Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Montaigne</w:t>
+                <w:t xml:space="preserve">Amine Taguett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Applied</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 9, pp.034028. </w:t>
+              <w:t xml:space="preserve">IEEE Sensors Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 3 (4), pp.1-4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.9.034028⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/LSENS.2019.2908691⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01814995v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02114799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unipolar and Bipolar High-Magnetic-Field Sensors Based on Surface Acoustic Wave Resonators</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+                <w:t xml:space="preserve">Towards Thermal Reading of Magnetic States in Hall Crosses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Petit-Watelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Lacour</w:t>
+                <w:t xml:space="preserve">G. Parent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Moutaouekkil</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">H. Mjahed</w:t>
+                <w:t xml:space="preserve">F. Montaigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Applied</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 8 (2), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.8.024001⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 9, pp.034028. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.9.034028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01686932v1</w:t>
+                <w:t xml:space="preserve">hal-01814995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Unipolar and Bipolar High-Magnetic-Field Sensors Based on Surface Acoustic Wave Resonators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Polewczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Dumesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Lacour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Moutaouekkil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Mjahed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Applied</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.8.024001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01686932v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Anomalous and planar Righi-Leduc effects in Ni 80 Fe 20 ferromagnets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Madon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do Ch Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-E. Wegrowe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Lacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Hehn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 94 (14), pp.144423 (1-8). </w:t>
             </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.94.144423⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId321" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01646502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8327,538 +8461,538 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Progress status in low frequency noise AMR LSMO sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raul Solis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Guilherme Enger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandeep Kumar Chaluvadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Petrov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICNF 2025 (International conference on Noise and Fluctuations)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Taormina, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05396902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La doping of SrVO3: tuning the effective mass in a TCO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. El Kaloufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aïmane Cheikh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moussa Mezhoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martendo Rath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apolline Maureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30th International Workshop on Oxide Electronics (iWOE-30)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, iWOE, Oct 2024, Darmstadt (Allemagne), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04921840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of size and Sr content on the detectivity of anisotropic magnetoresistive sensors patterned in La(1-x)SrxMnO3 thin films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raul Solis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arturo Vera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Guilherme Enger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Pierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JEMS 2023 (Joint European Magnetic Symposia)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04792191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of the magnetic response in magnetic field SAW sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Mishra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Hehn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Moutaouekkil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Floer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 IEEE SENSORS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Glasgow, United Kingdom. pp.1-3, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICSENS.2017.8233971⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05321448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8868,107 +9002,107 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanomagnetic Materials Fabrication, Characterization and Application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanomagnetic Materials Fabrication, Characterization and Application</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/C2018-0-05445-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05321419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8978,100 +9112,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Growth of hybrid piezoelectric/magnetostrictive systems for magnetic devices based on surface acoustic wave resonators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Materials Science [cond-mat.mtrl-sci]. Université de Lorraine, 2018. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2018LORR0096⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01882229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9081,170 +9215,170 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Notice of Removal: SAW resonators for magnetic field sensing with (TbCo2/FeCo) multilayered IDTs as sensitive layer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harshad Mishra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Moutaouekkil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tiercelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Floer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017, pp.1-1. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ULTSYM.2017.8092763⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05321453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId345"/>
+      <w:footerReference w:type="default" r:id="rId350"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9312,51 +9446,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A8A4CAC9"/>
+    <w:nsid w:val="ABE0E4C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9543,51 +9677,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincentpolewczyk" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0932-6376" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066824v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Maznev" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wonseok Lee" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Cushing" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario de Angelis" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danny Fainozzi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321460v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Mazzola" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech Brzezicki" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Bigi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armando Consiglio" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Jacopo D Onofrio" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321440v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro de Vita" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Romanin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Watson" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Polewczyk" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050802v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Mebarki" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B&#233;rini" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fouchet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Demange" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.5c01621" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170473v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandr Yu Petrov" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Sarpi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Backes" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hebatalla Elnaggar" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43246-025-00836-w" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106200v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Offi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Borgatti" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquale Orgiani" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandeep Kumar Chaluvadi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5NR00971E" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940355v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Abdukayumov" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Paull" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mi&#269;ica" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ibrahim" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libor Voj&#225;&#269;ek" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/l41n-qxpd" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040079v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Mezhoud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saidur Rahman Bakaul" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg I. Lebedev" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;mane Cheikh" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaelm.5c00053" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033067v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepak Dagur" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.202500094" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097960v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriack Jego" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jaouen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-59266-4" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321458v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Sampaio" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pascaud" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Quero" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Thiaville" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.5c03547" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442594v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Solis Leon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Garcia Manuz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Pierron" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ae18de" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407054v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Vita" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Panaccione" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vinai" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5c07450" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883655v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iaroslav Gnilitskyi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonid Dolgov" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aile Tamm" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Maria Ferraria" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kateryna Diedkova" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nano.2024.102785" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616460v2" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Tomarchio" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Mosesso" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Marty" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Macis" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846248v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. D Elia" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Polewczyk" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Y. Petrov" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Li" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41427-024-00576-2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724537v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shyni Punathum Chalil" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anupam Jana" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Vinai" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.4c01005" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321338v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Mercaldo" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Guarino" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-024-07033-8" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321451v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Sant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerrit van der Laan" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Brookes" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.3c03525" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883567v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Margherita Finardi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandr Yu. Petrov" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Dolabella" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaelm.4c01095" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321449v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Del Giacco" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Maspero" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Levati" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Vitali" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Albisetti" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202401129" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321441v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Braglia" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiwei Nie" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Lavini" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4NR00876F" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321336v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Tuniz" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denny Puntel" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Enzner" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43246-023-00430-y" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321436v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.K. Chaluvadi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dagur" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mazzola" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Punathum Chalil" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2022.155462" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739490v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martando Rath" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oualyd El-Khaloufi" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinando Bassato" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202301056" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321463v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro D&#8217;elia" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Li" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chongwen Zou" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/condmat8020040" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321415v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasiia Taranova" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamran Akbar" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khabib Yusupov" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shujie You" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-42839-6" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321423v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Qiao" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Liu" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Barone" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Ciomaga Hatnean" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.108.054419" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153455v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oualyd El Khaloufi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Lebedev" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cardin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.3c02421" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321444v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Pakdel" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; J Winiarski" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Vobornik" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.108.075148" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094741v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Sant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A de Vita" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Polewczyk" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G M Pierantozzi" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Mazzola" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/ace1bf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321335v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Di Sante" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Eck" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41567-023-02053-z" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321443v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hassani" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Amoroso" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chaluvadi" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fujii" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.3c01546" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321422v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debashis Mondal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Fujii" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.2c02288" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321429v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brioschi" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Carrara" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.476958" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321430v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Carrara" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Brioschi" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.202201337" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843340v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhe Wang" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laryssa M Carvalho de Ara&#250;jo" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2021.152095" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03650503v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.1c06529" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05074779v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thao Thi Phuong Nguyen" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gian Marco Pierantozzi" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danila Amoroso" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.2c01922" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321432v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Longo" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.18.044009" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321418v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccol&#242; Giaconi" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Luigi Sorrentino" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Poggini" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Lupi" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202103710" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321337v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Dmitriyeva" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitalii Mikheev" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Zarubin" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Chouprik" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.1c05001" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321414v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baenitz" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M M Piva" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Luther" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sichelschmidt" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K M Ranjith" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.104.134410" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321438v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Motti" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.1c02323" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321416v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Magrin Maffei" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Lo Cicero" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Prato" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21186114" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321425v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S K Chaluvadi" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Orgiani" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.5.034413" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321426v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Bonanni" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Mantegazza" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.4.114418" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370037v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Bersweiler" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Bender" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inma Peral" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Eichenberger" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Hehn" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ab8b95" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053628v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Hillion" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Robert" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Boulet" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/ab75ff" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321435v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Motti" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Santhosh" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Benedetti" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2020.167257" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321446v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dal Zilio" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Capaldo" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2020.166816" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053657v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lacour" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Dumesnil" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Mjahed" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Petit-Watelot" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ab87c0" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865495v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harshad Mishra" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Streque" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prince Mengue" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid M'Jahed" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ab7857" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05006743v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Salah El Hadri" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxuan Xiao" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mangin" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fullerton" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevmaterials.4.124404" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321413v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Yu. Petrov" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0005302" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053645v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/ab27e6" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114799v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aubert" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninel Kokanyan" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bartoli" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Taguett" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSENS.2019.2908691" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360172v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Elmazria" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tiercelin" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ab522d" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814995v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Xu" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Parent" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Montaigne" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.9.034028" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01686932v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Dumesnil" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lacour" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moutaouekkil" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Mjahed" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.8.024001" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646502v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Madon" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Do Ch Pham" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-E. Wegrowe" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hehn" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.94.144423" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05396902v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Solis" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Guilherme Enger" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Petrov" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921840v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. El Kaloufi" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martendo Rath" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Maureau" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792191v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo Vera" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Guillet" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321448v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Mishra" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Floer" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2017.8233971" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321419v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/C2018-0-05445-6" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01882229v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018LORR0096" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321453v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Moutaouekkil" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Floer" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2017.8092763" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincentpolewczyk" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0932-6376" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562070v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Rodr&#237;guez Cort&#233;z" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Mebarki" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Berini" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Demaille" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Polewczyk" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066824v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Maznev" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wonseok Lee" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Cushing" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario de Angelis" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danny Fainozzi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321440v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro de Vita" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Bigi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Romanin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Watson" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040079v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Mezhoud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saidur Rahman Bakaul" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg I. Lebedev" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;mane Cheikh" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaelm.5c00053" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033067v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B&#233;rini" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepak Dagur" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.202500094" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106200v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Offi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Borgatti" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquale Orgiani" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandeep Kumar Chaluvadi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5NR00971E" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940355v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Abdukayumov" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Paull" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mi&#269;ica" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ibrahim" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libor Voj&#225;&#269;ek" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/l41n-qxpd" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170473v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandr Yu Petrov" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Sarpi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Backes" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hebatalla Elnaggar" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43246-025-00836-w" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050802v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fouchet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Demange" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.5c01621" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321460v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Mazzola" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech Brzezicki" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armando Consiglio" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Jacopo d'Onofrio" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202522533" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097960v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriack Jego" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jaouen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-59266-4" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321458v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Sampaio" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pascaud" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Quero" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Thiaville" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.5c03547" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442594v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Solis Leon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Garcia Manuz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Pierron" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ae18de" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407054v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Vita" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Panaccione" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vinai" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5c07450" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321338v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Mercaldo" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Guarino" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-024-07033-8" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724537v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shyni Punathum Chalil" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anupam Jana" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Vinai" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.4c01005" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846248v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. D Elia" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Polewczyk" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Y. Petrov" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Li" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41427-024-00576-2" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883655v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iaroslav Gnilitskyi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonid Dolgov" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aile Tamm" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Maria Ferraria" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kateryna Diedkova" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nano.2024.102785" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616460v2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Tomarchio" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Mosesso" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Marty" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Macis" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321451v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Sant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerrit van der Laan" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Brookes" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.3c03525" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883567v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Margherita Finardi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandr Yu. Petrov" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Dolabella" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaelm.4c01095" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321441v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Braglia" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiwei Nie" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Lavini" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4NR00876F" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321449v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Del Giacco" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Maspero" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Levati" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Vitali" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Albisetti" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202401129" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321423v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Qiao" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Liu" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Barone" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Ciomaga Hatnean" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.108.054419" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321415v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasiia Taranova" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamran Akbar" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khabib Yusupov" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shujie You" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-42839-6" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321463v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro D&#8217;elia" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Li" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chongwen Zou" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/condmat8020040" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739490v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martando Rath" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oualyd El-Khaloufi" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinando Bassato" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202301056" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321436v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.K. Chaluvadi" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dagur" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mazzola" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Punathum Chalil" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2022.155462" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321336v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Tuniz" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denny Puntel" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Enzner" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43246-023-00430-y" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153455v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oualyd El Khaloufi" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Lebedev" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cardin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.3c02421" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321444v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Pakdel" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; J Winiarski" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Vobornik" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.108.075148" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094741v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Sant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A de Vita" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Polewczyk" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G M Pierantozzi" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Mazzola" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/ace1bf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321335v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Di Sante" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Eck" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41567-023-02053-z" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321443v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hassani" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Amoroso" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chaluvadi" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fujii" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.3c01546" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321430v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Carrara" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Brioschi" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.202201337" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843340v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhe Wang" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laryssa M Carvalho de Ara&#250;jo" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2021.152095" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321429v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brioschi" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Carrara" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.476958" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321422v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debashis Mondal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Fujii" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.2c02288" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05074779v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thao Thi Phuong Nguyen" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gian Marco Pierantozzi" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danila Amoroso" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.2c01922" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03650503v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.1c06529" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321432v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Longo" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.18.044009" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321418v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccol&#242; Giaconi" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Luigi Sorrentino" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Poggini" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Lupi" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202103710" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321337v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Dmitriyeva" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitalii Mikheev" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Zarubin" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Chouprik" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.1c05001" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321414v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baenitz" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M M Piva" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Luther" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sichelschmidt" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K M Ranjith" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.104.134410" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321438v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Motti" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.1c02323" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321416v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Magrin Maffei" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Lo Cicero" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Prato" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21186114" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321425v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S K Chaluvadi" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Orgiani" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.5.034413" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053628v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Hehn" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Hillion" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Robert" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Boulet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/ab75ff" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321426v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Bonanni" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Mantegazza" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.4.114418" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370037v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Bersweiler" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Bender" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inma Peral" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Eichenberger" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ab8b95" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321435v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Motti" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Santhosh" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Benedetti" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2020.167257" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053657v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lacour" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Dumesnil" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Mjahed" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Petit-Watelot" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ab87c0" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321446v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dal Zilio" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Capaldo" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2020.166816" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865495v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harshad Mishra" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Streque" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prince Mengue" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid M'Jahed" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ab7857" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05006743v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Salah El Hadri" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxuan Xiao" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mangin" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fullerton" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevmaterials.4.124404" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321413v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Yu. Petrov" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0005302" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360172v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Elmazria" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tiercelin" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ab522d" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053645v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/ab27e6" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114799v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aubert" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninel Kokanyan" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bartoli" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Taguett" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSENS.2019.2908691" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814995v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Xu" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Parent" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Montaigne" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.9.034028" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01686932v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Dumesnil" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lacour" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moutaouekkil" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Mjahed" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.8.024001" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646502v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Madon" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Do Ch Pham" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-E. Wegrowe" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hehn" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.94.144423" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05396902v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Solis" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Guilherme Enger" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Petrov" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921840v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. El Kaloufi" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martendo Rath" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Maureau" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792191v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo Vera" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Guillet" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321448v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Mishra" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Floer" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2017.8233971" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321419v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/C2018-0-05445-6" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01882229v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018LORR0096" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321453v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Moutaouekkil" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Floer" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2017.8092763" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>