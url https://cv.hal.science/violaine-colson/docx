--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -206,1255 +206,1255 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une meilleure gestion de la douleur des mammifères et poissons destinés à la consommation humaine – Partie 2 : Prise en charge</w:t>
+                <w:t xml:space="preserve">AQUA BIEN-ÊTRE : Amélioration du bien-être des truites d'élevage : besoins, indicateurs spécifiques et effets des enrichissements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Pilot-Storck</w:t>
+                <w:t xml:space="preserve">Laurine Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthias Kohlhauer</w:t>
+                <w:t xml:space="preserve">Aude Kleiber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Guatteo</w:t>
+                <w:t xml:space="preserve">Ségolène Calvez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudia Terlouw</w:t>
+                <w:t xml:space="preserve">Vanessa Guesdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 38 (4), pp.9399. </w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 107, pp.123-137. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.20870/productions-animales.2025.38.4.9399⟩</w:t>
+                <w:t xml:space="preserve">⟨10.17180/ciag-2025-vol107-art10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05459790v1</w:t>
+                <w:t xml:space="preserve">hal-05374149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une meilleure gestion de la douleur des mammifères et poissons destinés à la consommation humaine – Partie 1 : Concepts, mécanismes, causes, détection</w:t>
+                <w:t xml:space="preserve">Can we achieve positive welfare through enrichment? A focus on fishes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice de Boyer Des Roches</w:t>
+                <w:t xml:space="preserve">Aline Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INRAE Productions Animales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 38 (4), pp.9398. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/productions-animales.2025.38.4.9398⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 38 (4), pp.9348. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/productions-animales.2025.38.4.9348⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05459786v1</w:t>
+                <w:t xml:space="preserve">hal-05450720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can we achieve positive welfare through enrichment? A focus on fishes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Parent-of-origin regulation by maternal auts2 shapes neurodevelopment and behavior in fish</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aline Bertin</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Constance Merdrignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergi Roig Puiggros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorine Sévère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Brionne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/productions-animales.2025.38.4.9348⟩</w:t>
+              <w:t xml:space="preserve">Genome Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 26 (1), pp.125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13059-025-03600-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05450720v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05079847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parent-of-origin regulation by maternal auts2 shapes neurodevelopment and behavior in fish</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vers une meilleure gestion de la douleur des mammifères et poissons destinés à la consommation humaine – Partie 2 : Prise en charge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dorine Sévère</w:t>
+                <w:t xml:space="preserve">Fanny Pilot-Storck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Brionne</w:t>
+                <w:t xml:space="preserve">Matthias Kohlhauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Colson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Guatteo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Terlouw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13059-025-03600-y⟩</w:t>
+              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 38 (4), pp.9399. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/productions-animales.2025.38.4.9399⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05079847v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05459790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’enrichissement du milieu de vie des poissons</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vers une meilleure gestion de la douleur des mammifères et poissons destinés à la consommation humaine – Partie 1 : Concepts, mécanismes, causes, détection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice de Boyer Des Roches</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Guatteo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Terlouw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David André Barrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NOV'AE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/Revue-NOVAE.2025.9243⟩</w:t>
+              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 38 (4), pp.9398. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/productions-animales.2025.38.4.9398⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05051520v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05459786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’enrichissement du milieu de vie</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’enrichissement du milieu de vie des poissons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NOV'AE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/Revue-NOVAE.2025.9268⟩</w:t>
+              <w:t xml:space="preserve">NOV'AE - Numéros spéciaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, spécial 03, pp.129-140. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/Revue-NOVAE.2025.9243⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05051419v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05051520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AQUA BIEN-ÊTRE : Amélioration du bien-être des truites d'élevage : besoins, indicateurs spécifiques et effets des enrichissements</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aude Kleiber</w:t>
+                <w:t xml:space="preserve">L’enrichissement du milieu de vie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 107, pp.123-137. </w:t>
+              <w:t xml:space="preserve">NOV'AE - Numéros spéciaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, spécial 03, pp.118-120. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17180/ciag-2025-vol107-art10⟩</w:t>
+                <w:t xml:space="preserve">⟨10.20870/Revue-NOVAE.2025.9268⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05374149v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05051419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Air bubble curtain improves the welfare of captive rainbow trout fry and fingerlings</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Feeding predictability as a cognitive enrichment protects brain function and physiological status in rainbow trout: a multidisciplinary approach to assess fish welfare</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Kleiber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Océane Amichaud</w:t>
+                <w:t xml:space="preserve">Jérôme Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Lafond</w:t>
+                <w:t xml:space="preserve">Valentin Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georgina Lea Fazekas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aude Kleiber</w:t>
+                <w:t xml:space="preserve">Élodie Baranek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Kerneis</w:t>
+                <w:t xml:space="preserve">Jean-Michel Le Calvez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquaculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 586, pp.740828. </w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 18 (3), pp.101081. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.aquaculture.2024.740828⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.animal.2024.101081⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04513347v1</w:t>
+                <w:t xml:space="preserve">hal-04426412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transitive reasoning in the adult domestic hen in a six-term series task</w:t>
+                <w:t xml:space="preserve">Air bubble curtain improves the welfare of captive rainbow trout fry and fingerlings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Degrande</w:t>
+                <w:t xml:space="preserve">Océane Amichaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Amichaud</w:t>
+                <w:t xml:space="preserve">Thomas Lafond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Piégu</w:t>
+                <w:t xml:space="preserve">Georgina Lea Fazekas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Kleiber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Cornilleau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P. Jardat</w:t>
+                <w:t xml:space="preserve">Thierry Kerneis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Cognition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10071-024-01914-1⟩</w:t>
+              <w:t xml:space="preserve">Aquaculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 586, pp.740828. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aquaculture.2024.740828⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04840794v1</w:t>
+                <w:t xml:space="preserve">hal-04513347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feeding predictability as a cognitive enrichment protects brain function and physiological status in rainbow trout: a multidisciplinary approach to assess fish welfare</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aude Kleiber</w:t>
+                <w:t xml:space="preserve">Transitive reasoning in the adult domestic hen in a six-term series task</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Degrande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Roy</w:t>
+                <w:t xml:space="preserve">O. Amichaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Brunet</w:t>
+                <w:t xml:space="preserve">Benoît Piégu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Élodie Baranek</w:t>
+                <w:t xml:space="preserve">F. Cornilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Le Calvez</w:t>
+                <w:t xml:space="preserve">P. Jardat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 18 (3), pp.101081. </w:t>
+              <w:t xml:space="preserve">Animal Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 27 (1), pp.77. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.animal.2024.101081⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10071-024-01914-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04426412v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04840794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cognitive enrichment to increase fish welfare in aquaculture: A review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Kleiber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Stomp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1544,77 +1544,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental enrichment improves cognitive flexibility in rainbow trout in a visual discrimination task: first insights</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lafond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Kleiber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Lansade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1672,831 +1672,831 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04129091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physical Enrichment Triggers Brain Plasticity and Influences Blood Plasma Circulating miRNA in Rainbow Trout (Oncorhynchus mykiss)</w:t>
+                <w:t xml:space="preserve">Domestic hens succeed at serial reversal learning and perceptual concept generalisation using a new automated touchscreen device</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Cardona</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Valentin Brunet</w:t>
+                <w:t xml:space="preserve">Rachel Degrande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léo Milhade</w:t>
+                <w:t xml:space="preserve">Fabien Cornilleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Lansade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Skiba-Cassy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julien Bobe</w:t>
+                <w:t xml:space="preserve">Plotine Jardat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/biology11081093⟩</w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 16 (8), pp.100607. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.animal.2022.100607⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03755536v1</w:t>
+                <w:t xml:space="preserve">hal-03753546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Positive welfare effects of physical enrichments from the nature-, functions- and feeling- based approaches in farmed rainbow trout (Oncorhynchus mykiss)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Physical Enrichment Triggers Brain Plasticity and Influences Blood Plasma Circulating miRNA in Rainbow Trout (Oncorhynchus mykiss)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Cardona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Patinote</w:t>
+                <w:t xml:space="preserve">Léo Milhade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Lô Sudan</w:t>
+                <w:t xml:space="preserve">Sandrine Skiba-Cassy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Duret</w:t>
+                <w:t xml:space="preserve">Julien Bobe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquaculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 550, pp.737825. </w:t>
+              <w:t xml:space="preserve">Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (8), </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.aquaculture.2021.737825⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/biology11081093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03502340v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03755536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Positive effects of bubbles as a feeding predictor on behaviour of farmed rainbow trout</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Positive welfare effects of physical enrichments from the nature-, functions- and feeling- based approaches in farmed rainbow trout (Oncorhynchus mykiss)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Kleiber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Le-Calvez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thierry Kerneis</w:t>
+                <w:t xml:space="preserve">Amélie Patinote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axel Batard</w:t>
+                <w:t xml:space="preserve">Pierre-Lô Sudan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Goardon</w:t>
+                <w:t xml:space="preserve">Cécile Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 12 (1), pp.1-12. </w:t>
+              <w:t xml:space="preserve">Aquaculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 550, pp.737825. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-022-15302-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.aquaculture.2021.737825⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03746208v1</w:t>
+                <w:t xml:space="preserve">hal-03502340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Domestic hens succeed at serial reversal learning and perceptual concept generalisation using a new automated touchscreen device</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Positive effects of bubbles as a feeding predictor on behaviour of farmed rainbow trout</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Kleiber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachel Degrande</w:t>
+                <w:t xml:space="preserve">Jean-Michel Le-Calvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Kerneis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Cornilleau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Léa Lansade</w:t>
+                <w:t xml:space="preserve">Axel Batard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plotine Jardat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Violaine Colson</w:t>
+                <w:t xml:space="preserve">Lionel Goardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 16 (8), pp.100607. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (1), pp.1-12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.animal.2022.100607⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-022-15302-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03753546v1</w:t>
+                <w:t xml:space="preserve">hal-03746208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rainbow trout discriminate 2-D photographs of conspecifics from distracting stimuli using an innovative operant conditioning device</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aude Kleiber</w:t>
+                <w:t xml:space="preserve">Loss of light colour preference after chronic embryonic stress in rainbow trout fry: a novel and potential indicator of fish welfare?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Colson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vitor Hugo Bessa Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ana Carolina Luchiari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Claudiane Valotaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Gourmelen</w:t>
+                <w:t xml:space="preserve">Frédéric Borel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Learning and Behavior</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 49 (3), pp.292-306. </w:t>
+              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 239, pp.105335. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3758/s13420-020-00453-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.applanim.2021.105335⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03133130v1</w:t>
+                <w:t xml:space="preserve">hal-03207748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loss of light colour preference after chronic embryonic stress in rainbow trout fry: a novel and potential indicator of fish welfare?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vitor Hugo Bessa Ferreira</w:t>
+                <w:t xml:space="preserve">Rainbow trout discriminate 2-D photographs of conspecifics from distracting stimuli using an innovative operant conditioning device</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Kleiber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudiane Valotaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Patinote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Carolina Luchiari</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Claudiane Valotaire</w:t>
+                <w:t xml:space="preserve">Pierre-Lo Sudan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Borel</w:t>
+                <w:t xml:space="preserve">Guillaume Gourmelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 239, pp.105335. </w:t>
+              <w:t xml:space="preserve">Learning and Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 49 (3), pp.292-306. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.applanim.2021.105335⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3758/s13420-020-00453-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03207748v1</w:t>
+                <w:t xml:space="preserve">hal-03133130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human face recognition in horses: data in favor of a holistic process</w:t>
               </w:r>
@@ -2534,51 +2534,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Parias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Reigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 11, pp.1-7. </w:t>
@@ -2616,64 +2616,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early chronic hypoxia does not impact rainbow trout behaviour later in life</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudiane Valotaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Borel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Leterrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2906,77 +2906,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Mure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudiane Valotaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Le Calvez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Goardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 210, pp.103-112. </w:t>
@@ -3053,51 +3053,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Cousture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Damasceno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudiane Valotaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thuy Thao Vi Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3148,51 +3148,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Incubation temperature affects the expression of young precocial birds’ fear-related behaviours and neuroendocrine correlates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Calandreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3308,51 +3308,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Sadoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas N.C. Friggens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudiane Valotaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Labbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3441,77 +3441,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Embryonic exposure to a conspecific alarm cue triggers behavioural plasticity in juvenile rainbow trout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudiane Valotaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Borel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Darmaillacq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3588,77 +3588,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Sadoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Foucard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudiane Valotaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Labbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Goardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 6 (1), pp.1-11. </w:t>
@@ -3852,51 +3852,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Sadoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudiane Valotaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Prunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3973,51 +3973,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Egg cortisol exposure enhances fearfulness in larvae and juvenile rainbow trout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudiane Valotaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Geffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4213,290 +4213,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01173631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of housing and social changes on growth, behaviour and cortisol in piglets at weaning</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Brief Exposure to Sensory Cues Elicits Stimulus- Nonspecific General Sensitization in an Insect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian S. Minoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabella I. Kauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Armelle Prunier</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Virginie V. Party</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel M. Renou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiology &amp; behavior</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.physbeh.2012.06.001⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (3), 11 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0034141⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01129664v1</w:t>
+                <w:t xml:space="preserve">hal-01000572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brief Exposure to Sensory Cues Elicits Stimulus- Nonspecific General Sensitization in an Insect</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of housing and social changes on growth, behaviour and cortisol in piglets at weaning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Colson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastian S. Minoli</w:t>
+                <w:t xml:space="preserve">Eleonore Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabella I. Kauer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Violaine Colson</w:t>
+                <w:t xml:space="preserve">Pierre Orgeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie V. Party</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Armelle Prunier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physiology &amp; behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 107 (1), pp.59-64. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.physbeh.2012.06.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0034141⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01000572v1</w:t>
+                <w:t xml:space="preserve">hal-01129664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Appetitive and aversive learning in [i]Spodoptera littoralis[/i] larvae</w:t>
               </w:r>
@@ -4857,51 +4857,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consequences of weaning piglets at 21 and 28 days on growth, behaviour and hormonal responses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Orgeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Foury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4986,51 +4986,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grouping piglets by sex at weaning reduces aggressive behaviour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Orgeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Courboulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5557,103 +5557,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of maternally contributed auts2a in intergenerational determinism of fish neurodevelopment and behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Clement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Merdrignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaury Herpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bobe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. International Congress on the Biology of Fish</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5678,90 +5678,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catégorisation perceptive dans une tâche de correspondance à l’échantillon chez la poule domestique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Degrande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Cornilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Lansade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plotine Jardat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5803,90 +5803,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The top gamer hen: introducing a touch-screen device with serial reversal learning and generalization task</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Degrande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Cornilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Lansade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plotine Jardat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5941,90 +5941,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Positive welfare effects of physical enrichments from the nature-, functions- and feeling- based approaches in farmed rainbow trout Oncorhynchus mykiss</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Kleiber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Patinote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Lo Sudan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aquaculture Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Aquaculture Society (EAS), Sep 2022, Rimini, Italy. pp.262-263</w:t>
@@ -6053,51 +6053,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Génomique fonctionnelle du déterminisme maternel du neurodéveloppement et du comportement chez les vertébrés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Clement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cervin Guyomar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6105,51 +6105,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaury Herpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bobe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reprosciences 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6168,924 +6168,924 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03277813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réglementation en expérimentation animale et demande d'autorisation de projet</w:t>
+                <w:t xml:space="preserve">Capacités de discrimination d'images en 2D de congénères chez la truite arc-en-ciel : utilisation d'un dispositif innovant de conditionnement opérant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Kleiber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Journées des Installations Expérimentales LPGP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03169626v1</w:t>
+                <w:t xml:space="preserve">hal-03169616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capacités de discrimination d'images en 2D de congénères chez la truite arc-en-ciel : utilisation d'un dispositif innovant de conditionnement opérant</w:t>
+                <w:t xml:space="preserve">Réglementation en expérimentation animale et demande d'autorisation de projet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aude Kleiber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Journées des Installations Expérimentales LPGP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03169616v1</w:t>
+                <w:t xml:space="preserve">hal-03169626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet d'une hypoxie précoce sur le développement comportemental de la truite arc-en-ciel (Oncorhynchus mykiss)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Agreenfish : adaptations aux transitions alimentaires en aquaculture: les caractériser et les favoriser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Couture</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thérèse Callet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inge Geurden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Burel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Prunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">47. colloque annuel de la société française pour l’étude du comportement animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Gif-sur-Yvette, France</w:t>
+              <w:t xml:space="preserve">20. Journées Techniques Piscicoles du SYSAAF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01605851v1</w:t>
+                <w:t xml:space="preserve">hal-01901314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La douleur des poissons en expérimentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Journées des Installations Expérimentales LPGP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01605213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comportement et bien-être de la truite en élevage</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effet d'une hypoxie précoce sur le développement comportemental de la truite arc-en-ciel (Oncorhynchus mykiss)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudiane Valotaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Borel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Couture</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">47. colloque annuel de la société française pour l’étude du comportement animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Gif-sur-Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01607874v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le bien-être du poisson en expérimentation</w:t>
+                <w:t xml:space="preserve">Comportement et bien-être de la truite en élevage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Borel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bien-être animal et éthologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Tours, France</w:t>
+              <w:t xml:space="preserve">47. colloque annuel de la société française pour l’étude du comportement animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Gif-sur-Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01608890v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01607874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agreenfish : adaptations aux transitions alimentaires en aquaculture: les caractériser et les favoriser</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le bien-être du poisson en expérimentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Colson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Borel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20. Journées Techniques Piscicoles du SYSAAF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2017, Rennes, France</w:t>
+              <w:t xml:space="preserve">Bien-être animal et éthologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01901314v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact de l'aliment végétal et de la sélection sur la régulation du stress chez la truite</w:t>
+                <w:t xml:space="preserve">Impact of both selection and plant-based diet on the regulation of stress response in rainbow trout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Geffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Leguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Peron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudiane Valotaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Kerneis</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lionel Goardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Journées de la Recherche Filière Piscicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). FRA., Jul 2016, Paris, France. pp.58</w:t>
+              <w:t xml:space="preserve">Aquaculture Europe 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Edinburgh, United Kingdom. 1146 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02742715v1</w:t>
+                <w:t xml:space="preserve">hal-02741461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of both selection and plant-based diet on the regulation of stress response in rainbow trout</w:t>
+                <w:t xml:space="preserve">Impact de l'aliment végétal et de la sélection sur la régulation du stress chez la truite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Geffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Peron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudiane Valotaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Kerneis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Goardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquaculture Europe 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Edinburgh, United Kingdom. 1146 p</w:t>
+              <w:t xml:space="preserve">5. Journées de la Recherche Filière Piscicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). FRA., Jul 2016, Paris, France. pp.58</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02741461v1</w:t>
+                <w:t xml:space="preserve">hal-02742715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stress maternel ou embryonnaire : quels effets sur le comportement de la jeune truite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudiane Valotaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Borel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Geffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7143,596 +7143,596 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02796610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet d'une alimentation d'origine végétale sur des composantes comportementales et endocrines chez deux lignées isogéniques de truites arc-en-ciel</w:t>
+                <w:t xml:space="preserve">Une salle pour l'analyse du comportement des poissons aux Installations Expérimentales : premiers résultats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudiane Valotaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Borel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lény Le Goff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée PEIMA (Pisciculture Expérimentale INRA des Monts d'Arrée)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UE Pisciculture Expérimentale INRA des Monts d'Arrée (0937)., Jan 2015, Sizun, France</w:t>
+              <w:t xml:space="preserve">1. Journées des Installations Expérimentales LPGP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02795306v1</w:t>
+                <w:t xml:space="preserve">hal-02801912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une salle pour l'analyse du comportement des poissons aux Installations Expérimentales : premiers résultats</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le projet Thermotac : quel potentiel d'adaptation à la température chez la truite arc- en-ciel ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Crusot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Thomas</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Labbé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Rigaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Journées des Installations Expérimentales LPGP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2015, Rennes, France</w:t>
+              <w:t xml:space="preserve">Journée PEIMA (Pisciculture Expérimentale INRA des Monts d'Arrée)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2015, Sizun, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02801912v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01602311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le projet Thermotac : quel potentiel d'adaptation à la température chez la truite arc- en-ciel ?</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effet d'une alimentation d'origine végétale sur des composantes comportementales et endocrines chez deux lignées isogéniques de truites arc-en-ciel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée PEIMA (Pisciculture Expérimentale INRA des Monts d'Arrée)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jan 2015, Sizun, France</w:t>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UE Pisciculture Expérimentale INRA des Monts d'Arrée (0937)., Jan 2015, Sizun, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01602311v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02795306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physiological and behavioral analysis of the chronic stress response in rainbow trout exposed to water quality deterioration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Leguen</w:t>
+                <w:t xml:space="preserve">Qualité des produits de truites de grande taille élevées en circuit recirculé ou ouvert : conséquences d'un stress à l'abattage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Gaumé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Labbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudiane Valotaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquaculture Europe 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Aquaculture Society (EAS). BEL., Oct 2014, Saint Sébastien, Spain. 1500 p</w:t>
+              <w:t xml:space="preserve">4. Journées de la Recherche Filière Piscicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). FRA., Jul 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02744046v1</w:t>
+                <w:t xml:space="preserve">hal-02743793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qualité des produits de truites de grande taille élevées en circuit recirculé ou ouvert : conséquences d'un stress à l'abattage</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurent Labbé</w:t>
+                <w:t xml:space="preserve">Physiological and behavioral analysis of the chronic stress response in rainbow trout exposed to water quality deterioration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Leguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Mure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Peron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudiane Valotaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Journées de la Recherche Filière Piscicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). FRA., Jul 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">Aquaculture Europe 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Aquaculture Society (EAS). BEL., Oct 2014, Saint Sébastien, Spain. 1500 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02743793v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02744046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse multicritère de la robustesse dans une expérience de confinement chez la truite arc-en-ciel</w:t>
               </w:r>
@@ -7833,273 +7833,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01004133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un pilote de production de truite en eau recirculée adapté au système de production intensif français</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Gaumé</w:t>
+                <w:t xml:space="preserve">Evaluation des composantes comportementales et endocrines de l'adaptation en cas d'alimentation d'origine végétale chez deux lignées isogéniques de truite arc-en-ciel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Foucard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudiane Valotaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Prunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Michel J.-M. Le Calvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Goardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Journées de la Recherche Filière Piscicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2012, Paris, France</w:t>
+              <w:t xml:space="preserve">, Jul 2012, Paris, France. pp.47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02745735v1</w:t>
+                <w:t xml:space="preserve">hal-01000317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation des composantes comportementales et endocrines de l'adaptation en cas d'alimentation d'origine végétale chez deux lignées isogéniques de truite arc-en-ciel</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Patrick Prunet</w:t>
+                <w:t xml:space="preserve">Un pilote de production de truite en eau recirculée adapté au système de production intensif français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Gaumé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel J.-M. Le Calvez</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Colson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Labbé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Journées de la Recherche Filière Piscicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2012, Paris, France. pp.47</w:t>
+              <w:t xml:space="preserve">, Jul 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01000317v1</w:t>
+                <w:t xml:space="preserve">hal-02745735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation du comportement, de la réactivité émotionnelle et de l'apprentissage de la truite arc-en-ciel &amp;lt;em&amp;gt;Oncorhynchus mykiss&amp;lt;/em&amp;gt;, suite à un stress chronique de confinement</w:t>
               </w:r>
@@ -8111,64 +8111,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Le Croizier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Prunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel J.-M. Le Calvez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudiane Valotaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8433,424 +8433,424 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02751921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'organisation des recherches au sein de PHASE sur les émotions chez l'animal</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evaluation de l'importance relative des changements d'environnement et/ou de groupe social au sevrage chez le porcelet : mesures comportementales, zootechniques et hormonales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Orgeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lara Desire</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">E. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Prunier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Journées d'Animation Scientifique du Département de Physiologie Animale et Système d'Elevage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2005, Tours, France</w:t>
+              <w:t xml:space="preserve">Colloque de la Société Française pour l'Etude du Comportement Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2005, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02764244v1</w:t>
+                <w:t xml:space="preserve">hal-02760196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grouper les porcelets par sexe au sevrage réduit les comportements agressifs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'organisation des recherches au sein de PHASE sur les émotions chez l'animal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Chaillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Courboulay</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Lara Desire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37. Journées Recherche Porcine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2005, Paris, France</w:t>
+              <w:t xml:space="preserve">1. Journées d'Animation Scientifique du Département de Physiologie Animale et Système d'Elevage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2005, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02760632v1</w:t>
+                <w:t xml:space="preserve">hal-02764244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation de l'importance relative des changements d'environnement et/ou de groupe social au sevrage chez le porcelet : mesures comportementales, zootechniques et hormonales</w:t>
+                <w:t xml:space="preserve">Grouper les porcelets par sexe au sevrage réduit les comportements agressifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Orgeur</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Courboulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Martin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Armelle Prunier</w:t>
+                <w:t xml:space="preserve">S. Dantec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Orgeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de la Société Française pour l'Etude du Comportement Animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2005, Rennes, France</w:t>
+              <w:t xml:space="preserve">37. Journées Recherche Porcine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2005, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02760196v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02760632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agonistic behaviour of piglets reduced by single-sex grouping at weaning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Courboulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Dantec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Orgeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8996,64 +8996,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de la mixité et de la familiarité dans le groupe sur le comportement agressif des porcelets sevrés à 28 jours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Courboulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Dantec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Orgeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9248,103 +9248,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'enrichissement du milieu améliore le bien-être de la truite arc-en-ciel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Kleiber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Patinote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Lo Sudan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. journées de la Recherche Française Piscicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Paris, France. 2022</w:t>
@@ -9367,976 +9367,976 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03717486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tester les capacités cognitives des animaux d'élevage pour appréhender leur univers mental</w:t>
+                <w:t xml:space="preserve">Les chevaux sont capables de reconnaître spontanément la photographie d'une personne rencontrée 6 mois auparavant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Lansade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Parias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lemarchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Cornilleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miléna Trösch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Défis Scientifiques du Département Physiologie Animale et Systèmes d'Elevage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Rennes, France. 85 p., 2019, Recueil des résumés</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02737237v1</w:t>
+                <w:t xml:space="preserve">hal-02736302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation de la qualité de la chair de grande truite arc-en-ciel (Oncorhynchus mykiss) après ovulation - projet QualiPostOv</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tester les capacités cognitives des animaux d'élevage pour appréhender leur univers mental</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Lansade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Colson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. Journées de la Recherche Filière Piscicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Paris, France. , 2019</w:t>
+              <w:t xml:space="preserve">Séminaire Défis Scientifiques du Département Physiologie Animale et Systèmes d'Elevage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Rennes, France. 85 p., 2019, Recueil des résumés</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02184249v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conséquences de l’alimentation maternelle sur le développement comportemental des alevins de truite arc-en-ciel</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Optimisation de la qualité de la chair de grande truite arc-en-ciel (Oncorhynchus mykiss) après ovulation - projet QualiPostOv</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Brit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yéléhi Diane Ahongo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Goardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Kerneis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. Journées de la Recherche Filière Piscicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Paris, France. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02184248v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02184249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capacités de discrimination d'images en 2D de congénères chez la truite arc-en-ciel</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+                <w:t xml:space="preserve">Conséquences de l’alimentation maternelle sur le développement comportemental des alevins de truite arc-en-ciel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Colson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudiane Valotaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bobe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Skiba-Cassy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Cardona</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Défis Scientifiques du Département Physiologie Animale et Systèmes d'Elevage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Rennes, France. 85 p., 2019, Recueil des résumés</w:t>
+              <w:t xml:space="preserve">6. Journées de la Recherche Filière Piscicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Paris, France. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734085v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02184248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les chevaux sont capables de reconnaître spontanément la photographie d'une personne rencontrée 6 mois auparavant</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Céline Parias</w:t>
+                <w:t xml:space="preserve">Capacités de discrimination d'images en 2D de congénères chez la truite arc-en-ciel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Kleiber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Lemarchand</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Miléna Trösch</w:t>
+                <w:t xml:space="preserve">Manon Peyrafort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudiane Valotaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Patinote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Lo Sudan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Défis Scientifiques du Département Physiologie Animale et Systèmes d'Elevage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Rennes, France. 85 p., 2019, Recueil des résumés</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02736302v1</w:t>
+                <w:t xml:space="preserve">hal-02734085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of food restriction on reproductive performances and egg quality in the trout Oncorhynchus mykiss</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of maternal exposure to high temperature on egg quality and subsequent offspring behavior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Violette Thermes</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Violaine Colson</w:t>
+                <w:t xml:space="preserve">Danielle Zanerato Damasceno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Cousture</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudiane Valotaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Skiba</w:t>
+                <w:t xml:space="preserve">Aurélie Le Cam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thuy Thao Vi Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. International Workshop on the Biology of Fish Gametes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Vodnany, Czech Republic. </w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">University of South Bohemia in Ceske Budejovice ; Faculty of Fisheries and Protection of Waters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1st, 156 p., 2017, 6. International Workshop on the Biology of Fish Gametes</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01595634v1</w:t>
+                <w:t xml:space="preserve">hal-01595661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of maternal exposure to high temperature on egg quality and subsequent offspring behavior</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of food restriction on reproductive performances and egg quality in the trout Oncorhynchus mykiss</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Cardona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Danielle Zanerato Damasceno</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Claudiane Valotaire</w:t>
+                <w:t xml:space="preserve">Violette Thermes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Le Cam</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thuy Thao Vi Nguyen</w:t>
+                <w:t xml:space="preserve">Sandrine Skiba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. International Workshop on the Biology of Fish Gametes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Vodnany, Czech Republic. </w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">University of South Bohemia in Ceske Budejovice ; Faculty of Fisheries and Protection of Waters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1st, 156 p., 2017, 6. International Workshop on the Biology of Fish Gametes</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01595661v1</w:t>
+                <w:t xml:space="preserve">hal-01595634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets d'une température élevée ou fluctuante sur les réponses émotionnelles des jeunes truites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudiane Valotaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Borel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Goardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Journées de la Recherche Filière Piscicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Paris, France. , Journées de la Recherche Filière Piscicole, pp.47, 2016, JRFP 2016</w:t>
@@ -10378,90 +10378,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact d'un aliment végétal et de la sélection sur les comportements et la neurogenèse chez la truite arc-en-ciel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Geffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudiane Valotaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Kerneis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Labbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Goardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Journées de la Recherche Filière Piscicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Paris, France. , Journées de la Recherche Filière Piscicole, pp.57, 2016, JRFP 2016</w:t>
@@ -10484,355 +10484,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02741561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conséquences de stress embryonnaires ou maternel sur la réactivité émotionnelle et les comportements exploratoires chez des alevins de truites arc-en-ciel</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Borel</w:t>
+                <w:t xml:space="preserve">THERMOTAC : variabilité génétique et caractérisation phénotypique de la thermotolérance chez la truite arc-en-ciel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Prunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Labbé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Cayron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45. Colloque de la Société Française pour l'Etude du Comportement Animal (SEFCA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2015, Strasbourg, France. , 55 p., 2015, SFECA 2015 Strasbourg</w:t>
+              <w:t xml:space="preserve">Workshop 2015 ReColAD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2015, Paris, France. , 2015, Worshop 2015 ReColAd</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02739730v1</w:t>
+                <w:t xml:space="preserve">hal-01194075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">THERMOTAC : variabilité génétique et caractérisation phénotypique de la thermotolérance chez la truite arc-en-ciel</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t>
+                <w:t xml:space="preserve">Conséquences de stress embryonnaires ou maternel sur la réactivité émotionnelle et les comportements exploratoires chez des alevins de truites arc-en-ciel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudiane Valotaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Borel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Prunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop 2015 ReColAD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2015, Paris, France. , 2015, Worshop 2015 ReColAd</w:t>
+              <w:t xml:space="preserve">45. Colloque de la Société Française pour l'Etude du Comportement Animal (SEFCA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Strasbourg, France. , 55 p., 2015, SFECA 2015 Strasbourg</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01194075v1</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02739730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic variability and phenotypic characterization of thermotolerance in rainbow trout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Crusot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Labbé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Rigaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Climate-Smart Agriculture: Global Science Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2015, Montpellier, France. , 2015, Climate-Smart Agriculture 2015</w:t>
@@ -10855,588 +10855,588 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01194074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ATOL et EOL : deux référentiels dans le domaine du phénotypage et des conditions d'élevage des poissons</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Joël Aubin</w:t>
+                <w:t xml:space="preserve">Studying robustness in salmonids by extracting sensitivity and recovery capacity from physiological and behavioral temporal patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Sadoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Leguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Prunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas N.C. Friggens</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Journées de la Recherche Filière Piscicole</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 2014, JRFP 2014</w:t>
+              <w:t xml:space="preserve">Aquaculture Europe 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Saint Sébastien, Spain. , 1500 p., 2014, Adding value. Abstracts</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01193842v1</w:t>
+                <w:t xml:space="preserve">hal-01173650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of robustness traits in two isogenic lines of rainbow trout : use of a new approach based on modelisation of biological responses to acute stressors</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Leguen</w:t>
+                <w:t xml:space="preserve">ATOL et EOL : deux référentiels dans le domaine du phénotypage et des conditions d'élevage des poissons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Joret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Aubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Le Gac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress on the Biology of Fish</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Edinburgh, United Kingdom. , 2014, ICBF2014</w:t>
+              <w:t xml:space="preserve">4. Journées de la Recherche Filière Piscicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ITAVI</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, JRFP 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01173637v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse physiologique et comportementale du stress chronique mesuré chez des truites en condition d'hypoxie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aline Mure</w:t>
+                <w:t xml:space="preserve">Comparison of robustness traits in two isogenic lines of rainbow trout : use of a new approach based on modelisation of biological responses to acute stressors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Sadoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Leguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Colson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas N.C. Friggens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Prunet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Journées de la Recherche Filière Piscicole</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 2014, JRFP 2014</w:t>
+              <w:t xml:space="preserve">International Congress on the Biology of Fish</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Edinburgh, United Kingdom. , 2014, ICBF2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02743767v1</w:t>
+                <w:t xml:space="preserve">hal-01173637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Studying robustness in salmonids by extracting sensitivity and recovery capacity from physiological and behavioral temporal patterns</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bastien Sadoul</w:t>
+                <w:t xml:space="preserve">Analyse physiologique et comportementale du stress chronique mesuré chez des truites en condition d'hypoxie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Mure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Leguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Peron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudiane Valotaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel J.-M. Le Calvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquaculture Europe 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Saint Sébastien, Spain. , 1500 p., 2014, Adding value. Abstracts</w:t>
+              <w:t xml:space="preserve">4. Journées de la Recherche Filière Piscicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ITAVI</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, JRFP 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01173650v1</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02743767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conséquences d'un stress appliqué lors du développement embryonnaire sur la réponse émotionnelle et les performances d'apprentissage chez des juvéniles de truite arc-en-ciel (Oncorhynchus mykiss)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudiane Valotaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Prunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11474,103 +11474,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de l'élevage en circuit recirculé sur le comportement et la qualité de la chair chez la truite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gaumé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudiane Valotaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Journées de la Recherche Filière Piscicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Paris, France. , 2012, 3èmes Journées de la Recherche Filière Piscicole</w:t>
@@ -11898,51 +11898,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Sambroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Goupil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudiane Valotaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
@@ -11977,90 +11977,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petit poisson deviendra grand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bobe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Borel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adèle Branthonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
@@ -12176,90 +12176,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autism-related gene intergenerationally regulates neurodevelopment and behavior in fish through non-genetic mechanisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constance Merdrignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergi Ruig Puiggros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Brionne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thuy Thao Vi Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12324,77 +12324,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Mure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudiane Valotaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Le Calvez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Goardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -12446,633 +12446,633 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avis du CNR BEA sur les conséquences du transport chez des veaux âgés de moins de 5 semaines</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impacts of loading density on the risk of falls and injuries in cattle during transport.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bezançon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Diaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Kremer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Experts du CNR BEA</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Tiret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">CNR BEA. 2025</w:t>
+              <w:t xml:space="preserve">INRAE-CNR BEA. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05325316v1</w:t>
+                <w:t xml:space="preserve">hal-05417155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal comfort, thermal stress factors and mitigating actions during the transport of pigs</w:t>
+                <w:t xml:space="preserve">Avis du CNR BEA sur les conséquences du transport chez des veaux âgés de moins de 5 semaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Bezançon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Kremer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Frcaw Panel of Experts</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Diaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Experts du CNR BEA</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">FRCAW; Translated by Teresa Bridgeman. 2025</w:t>
+              <w:t xml:space="preserve">CNR BEA. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05362134v1</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05325316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Confort thermique, facteurs de stress thermique et leviers d’action pendant le transport des bovins</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thermal comfort, thermal stress factors and mitigating actions during the transport of pigs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Colson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bezançon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Kremer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Tiret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Experts du CNR BEA</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frcaw Panel of Experts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">CNR BEA. 2025</w:t>
+              <w:t xml:space="preserve">FRCAW; Translated by Teresa Bridgeman. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05230230v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05362134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts de la densité de chargement sur le risque de chutes et de blessures des bovins pendant le transport</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Confort thermique, facteurs de stress thermique et leviers d’action pendant le transport des bovins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Kremer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Bezançon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Tiret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Experts du CNR BEA</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">CNR BEA; INRAE. 2025</w:t>
+              <w:t xml:space="preserve">CNR BEA. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05264678v1</w:t>
+                <w:t xml:space="preserve">hal-05230230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts of loading density on the risk of falls and injuries in cattle during transport</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thermal comfort, thermal stress factors and mitigating actions during the transport of cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Kremer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Bezançon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Tiret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frcaw Panel of Experts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">INRAE-CNR BEA. 2025</w:t>
+              <w:t xml:space="preserve">FRCAW; Translated by Teresa Bridgeman. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05417155v1</w:t>
+                <w:t xml:space="preserve">hal-05362157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Confort thermique, facteurs de stress thermique et leviers d’action pendant le transport des porcs</w:t>
               </w:r>
@@ -13110,51 +13110,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Kremer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Tiret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experts du CNR BEA</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNR BEA. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -13174,267 +13174,267 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05230244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal comfort, thermal stress factors and mitigating actions during the transport of cattle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impacts de la densité de chargement sur le risque de chutes et de blessures des porcs pendant le transport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Colson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bezançon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Kremer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Violaine Colson</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Diaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Tiret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...11 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">FRCAW; Translated by Teresa Bridgeman. 2025</w:t>
+              <w:t xml:space="preserve">CNR BEA. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05362157v1</w:t>
+                <w:t xml:space="preserve">hal-05264607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts de la densité de chargement sur le risque de chutes et de blessures des porcs pendant le transport</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impacts de la densité de chargement sur le risque de chutes et de blessures des bovins pendant le transport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bezançon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Diaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Kremer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Tiret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">CNR BEA. 2025</w:t>
+              <w:t xml:space="preserve">CNR BEA; INRAE. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05264607v1</w:t>
+                <w:t xml:space="preserve">hal-05264678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avis du CNR BEA relatif aux conditions d’abattage des poissons d’élevage</w:t>
               </w:r>
@@ -13459,51 +13459,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Tiret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experts du CNR BEA</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genevieve Aubin-Houzelstein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13573,51 +13573,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Tiret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experts du CNR BEA</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genevieve Aubin-Houzelstein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13687,51 +13687,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lumineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Bégout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13818,51 +13818,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Peron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudiane Valotaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Contract] 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -14100,51 +14100,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B51191AD"/>
+    <w:nsid w:val="74218625"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14331,51 +14331,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/violaine-colson" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0934-7935" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253120187" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459790v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Pilot-Storck" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Kohlhauer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Colson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Guatteo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Terlouw" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2025.38.4.9399" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459786v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice de Boyer Des Roches" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Andr&#233; Barri&#232;re" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2025.38.4.9398" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05450720v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bertin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2025.38.4.9348" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05079847v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Clement" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Merdrignac" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergi Roig Puiggros" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorine S&#233;v&#232;re" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Brionne" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-025-03600-y" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05051520v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-NOVAE.2025.9243" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05051419v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Tallet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-NOVAE.2025.9268" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05374149v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Messager" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Kleiber" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Calvez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Guesdon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-vol107-art10" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04513347v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Amichaud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lafond" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgina Lea Fazekas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Kerneis" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2024.740828" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04840794v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Degrande" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Amichaud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pi&#233;gu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cornilleau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jardat" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10071-024-01914-1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04426412v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Roy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Brunet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Baranek" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Le Calvez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2024.101081" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04109688v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Stomp" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Rouby" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitor Hugo Bessa Ferreira" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure B&#233;gout" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2023.739654" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04129091v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Lansade" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Calandreau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2023.1184296" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03755536v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Cardona" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Milhade" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Skiba-Cassy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bobe" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology11081093" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03502340v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Patinote" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-L&#244; Sudan" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Duret" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2021.737825" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03746208v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Le-Calvez" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Batard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Goardon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-15302-7" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03753546v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Degrande" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cornilleau" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Plotine Jardat" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2022.100607" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03133130v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudiane Valotaire" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Lo Sudan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gourmelen" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13420-020-00453-2" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03207748v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Carolina Luchiari" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Borel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2021.105335" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03151453v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Parias" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Reigner" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.575808" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02935360v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leterrier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence A. Guilloteau" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aqrep.2020.100454" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550414v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mil&#233;na Tr&#246;sch" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice F. Reigner" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-62940-w" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627301v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Mure" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2018.10.010" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810424v2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Cousture" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Damasceno" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuy Thao Vi Nguyen" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.6338" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01698022v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Meurisse" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Georgelin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rupert Palme" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-20319-y" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540178v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Sadoul" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N.C. Friggens" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Labb&#233;" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpa.2017.04.002" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GP4W4BXC-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652897v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Poisson" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Darmaillacq" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2017.09.013" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595194v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Foucard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep35957" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173657v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Leguen" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Prunet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2014.12.006" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205117v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaum&#233;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2014.10.047" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01257190v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Geffroy" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pia Kiilerich" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eth.12437" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GPCKKM63-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173631v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parfait Evouna Mengue" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2014.04.008" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129664v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Martin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Orgeur" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Prunier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2012.06.001" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G8QHCK25-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000572v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian S. Minoli" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella I. Kauer" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie V. Party" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Renou" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0034141" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000451v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali A. Salloum" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic F. Marion-Poll" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chemse/bjr041" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657970v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Meunier-Sala&#252;n" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Bizeray" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Courboulay" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joop Lensink" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173429v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Boissy" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arnould" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chaillou" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. D&#233;sir&#233;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667125v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Foury" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Morm&#232;de" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2005.08.014" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RQ97TGDQ-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667447v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dantec" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2005.07.006" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z10SN0RQ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682787v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Orgeur" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Le Dividich" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04713322v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bezan&#231;on" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Tiret" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Aubin-Houzelstein" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04716168v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevieve Aubin-Houzelstein" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Kremer" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04768167v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03739833v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Herpin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217410v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217428v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03844909v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03277813v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cervin Guyomar" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03169626v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03169616v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605851v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Couture" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605213v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607874v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608890v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901314v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Dupont-Nivet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Callet" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inge Geurden" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Burel" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742715v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Peron" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741461v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796610v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795306v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801912v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;ny Le Goff" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Thomas" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602311v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Crusot" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Rigaudeau" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744046v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743793v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lef&#232;vre" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004133v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745735v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bugeon" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000317v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel J.-M. Le Calvez" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749707v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Le Croizier" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756345v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Conte" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Favreau" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751921v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gazet" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764244v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Desire" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760632v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Courboulay" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dantec" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760196v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Martin" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761183v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764395v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dubost" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760517v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221012v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste V&#233;chart" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line David" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Morgant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Pineau" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03717486v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737237v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02184249v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Brit" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y&#233;l&#233;hi Diane Ahongo" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02184248v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734085v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Peyrafort" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736302v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lemarchand" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595634v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Thermes" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Skiba" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.frov.jcu.cz/en/news-menu/news/2075-6th-international-workshop-on-the-biology-of-fish-gametes" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595661v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Zanerato Damasceno" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Le Cam" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742974v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Schmitt" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741561v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739730v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194075v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cayron" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194074v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193842v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Joret" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Aubin" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Le Gac" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.atol-ontology.com/index.php/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173637v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743767v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees-de-la-recherche.org/index1024.php" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173650v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805333v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745137v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832288v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lemercier" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Leroux" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Saez" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03108991v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03141858v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Girard" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Sambroni" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Goupil" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03141216v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bertin" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Branthonne" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633935v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04693265v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergi Ruig Puiggros" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03056127v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05325316v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Diaz" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Experts du CNR BEA" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05362134v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frcaw Panel of Experts" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05230230v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264678v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05417155v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05230244v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05362157v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264607v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04723082v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04723084v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03139913v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Dickel" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lumineau" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796561v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796556v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariadna Sitja-Bobadilla" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaume Perez-Sanchez" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep A. Calduch-Giner" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/violaine-colson" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0934-7935" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253120187" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05374149v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Messager" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Kleiber" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Colson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Calvez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Guesdon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-vol107-art10" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05450720v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bertin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2025.38.4.9348" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05079847v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Clement" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Merdrignac" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergi Roig Puiggros" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorine S&#233;v&#232;re" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Brionne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-025-03600-y" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459790v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Pilot-Storck" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Kohlhauer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Guatteo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Terlouw" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2025.38.4.9399" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459786v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice de Boyer Des Roches" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Andr&#233; Barri&#232;re" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2025.38.4.9398" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05051520v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-NOVAE.2025.9243" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05051419v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Tallet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-NOVAE.2025.9268" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04426412v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Roy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Brunet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Baranek" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Le Calvez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2024.101081" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04513347v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Amichaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lafond" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgina Lea Fazekas" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Kerneis" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2024.740828" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04840794v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Degrande" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Amichaud" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pi&#233;gu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cornilleau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jardat" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10071-024-01914-1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04109688v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Stomp" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Rouby" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitor Hugo Bessa Ferreira" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure B&#233;gout" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2023.739654" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04129091v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Lansade" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Calandreau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2023.1184296" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03753546v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Degrande" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cornilleau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Plotine Jardat" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2022.100607" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03755536v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Cardona" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Milhade" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Skiba-Cassy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bobe" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology11081093" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03502340v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Patinote" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-L&#244; Sudan" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Duret" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2021.737825" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03746208v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Le-Calvez" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Batard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Goardon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-15302-7" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03207748v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Carolina Luchiari" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudiane Valotaire" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Borel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2021.105335" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03133130v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Lo Sudan" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gourmelen" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13420-020-00453-2" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03151453v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Parias" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Reigner" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.575808" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02935360v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leterrier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence A. Guilloteau" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aqrep.2020.100454" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550414v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mil&#233;na Tr&#246;sch" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice F. Reigner" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-62940-w" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627301v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Mure" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2018.10.010" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810424v2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Cousture" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Damasceno" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuy Thao Vi Nguyen" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.6338" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01698022v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Meurisse" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Georgelin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rupert Palme" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-20319-y" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540178v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Sadoul" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N.C. Friggens" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Labb&#233;" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpa.2017.04.002" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GP4W4BXC-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652897v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Poisson" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Darmaillacq" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2017.09.013" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595194v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Foucard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep35957" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173657v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Leguen" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Prunet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2014.12.006" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205117v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaum&#233;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2014.10.047" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01257190v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Geffroy" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pia Kiilerich" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eth.12437" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GPCKKM63-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173631v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parfait Evouna Mengue" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2014.04.008" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000572v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian S. Minoli" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella I. Kauer" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie V. Party" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Renou" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0034141" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129664v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Martin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Orgeur" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Prunier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2012.06.001" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G8QHCK25-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000451v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali A. Salloum" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic F. Marion-Poll" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chemse/bjr041" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657970v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Meunier-Sala&#252;n" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Bizeray" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Courboulay" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joop Lensink" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173429v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Boissy" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arnould" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chaillou" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. D&#233;sir&#233;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667125v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Foury" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Morm&#232;de" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2005.08.014" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RQ97TGDQ-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667447v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dantec" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2005.07.006" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z10SN0RQ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682787v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Orgeur" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Le Dividich" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04713322v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bezan&#231;on" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Tiret" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Aubin-Houzelstein" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04716168v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevieve Aubin-Houzelstein" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Kremer" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04768167v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03739833v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Herpin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217410v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217428v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03844909v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03277813v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cervin Guyomar" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03169616v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03169626v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901314v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Dupont-Nivet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Callet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inge Geurden" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Burel" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605213v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605851v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Couture" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607874v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608890v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741461v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Peron" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742715v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796610v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801912v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;ny Le Goff" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Thomas" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602311v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Crusot" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Rigaudeau" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795306v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743793v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lef&#232;vre" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744046v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004133v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000317v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel J.-M. Le Calvez" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745735v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bugeon" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749707v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Le Croizier" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756345v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Conte" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Favreau" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751921v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gazet" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760196v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Martin" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764244v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Desire" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760632v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Courboulay" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dantec" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761183v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764395v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dubost" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760517v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221012v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste V&#233;chart" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line David" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Morgant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Pineau" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03717486v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736302v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lemarchand" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737237v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02184249v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Brit" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y&#233;l&#233;hi Diane Ahongo" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02184248v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734085v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Peyrafort" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595661v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Zanerato Damasceno" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Le Cam" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.frov.jcu.cz/en/news-menu/news/2075-6th-international-workshop-on-the-biology-of-fish-gametes" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595634v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Thermes" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Skiba" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742974v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Schmitt" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741561v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194075v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cayron" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739730v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194074v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173650v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193842v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Joret" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Aubin" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Le Gac" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.atol-ontology.com/index.php/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173637v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743767v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees-de-la-recherche.org/index1024.php" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805333v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745137v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832288v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lemercier" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Leroux" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Saez" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03108991v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03141858v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Girard" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Sambroni" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Goupil" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03141216v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bertin" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Branthonne" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633935v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04693265v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergi Ruig Puiggros" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03056127v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05417155v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Diaz" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05325316v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Experts du CNR BEA" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05362134v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frcaw Panel of Experts" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05230230v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05362157v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05230244v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264607v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264678v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04723082v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04723084v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03139913v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Dickel" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lumineau" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796561v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796556v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariadna Sitja-Bobadilla" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaume Perez-Sanchez" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep A. Calduch-Giner" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>