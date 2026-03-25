--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -480,321 +480,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05073489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effective-medium description of dense clusters of plasmonic nanoparticles with spatial dispersion</w:t>
+                <w:t xml:space="preserve">Broadband forward-scattering of light by plasmonic balls: Role of multipolar interferences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ranjeet Dwivedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ashod Aradian</w:t>
+                <w:t xml:space="preserve">Maeva Lafitte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Lionel Buisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Mondain-Monval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Virginie Ponsinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 109 (2), pp.023507. </w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 124 (1), pp.011703. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.109.023507⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0182709⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04447500v1</w:t>
+                <w:t xml:space="preserve">hal-04398835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Broadband forward-scattering of light by plasmonic balls: Role of multipolar interferences</w:t>
+                <w:t xml:space="preserve">Effective-medium description of dense clusters of plasmonic nanoparticles with spatial dispersion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ranjeet Dwivedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maeva Lafitte</w:t>
+                <w:t xml:space="preserve">Ashod Aradian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Ponsinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Buisson</w:t>
+                <w:t xml:space="preserve">Kevin Vynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Mondain-Monval</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alexandre Baron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 124 (1), pp.011703. </w:t>
+              <w:t xml:space="preserve">Physical Review A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 109 (2), pp.023507. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0182709⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.109.023507⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04398835v1</w:t>
+                <w:t xml:space="preserve">hal-04447500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colloidal Self-Assembly of Silver Nanoparticle Clusters for Optical Metasurfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Lafitte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ranjeet Dwivedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -802,51 +802,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rajam Elancheliyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lagugné-Labarthet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 40 (5), pp.2601-2615. </w:t>
@@ -936,51 +936,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Lochon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Tusseau-Nenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Ponsinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nano Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 24 (10), pp.3074-3081. </w:t>
@@ -1325,51 +1325,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Many</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Barois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Ponsinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Ravaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1414,870 +1414,870 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03167125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation and optical response of self-assembled gold nanoparticle lattices on oxidized silicon synthesized using block copolymers</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Large area Al2O3-Au raspberry-like nanoclusters from iterative block-copolymer self-assembly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Per Magnus Walmsness</w:t>
+                <w:t xml:space="preserve">Alberto Alvarez Fernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morten Kildemo</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Frédéric Nallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cian Cummins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Hadziioannou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vacuum Science &amp; Technology B, Nanotechnology and Microelectronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1116/1.5129667⟩</w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (67), pp.41088-41097. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d0ra08730k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02439559v1</w:t>
+                <w:t xml:space="preserve">hal-03001853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enabling future nanomanufacturing through block copolymer self-assembly: A review</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Formation and optical response of self-assembled gold nanoparticle lattices on oxidized silicon synthesized using block copolymers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Alvarez-Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Ponsinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Per Magnus Walmsness</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morten Kildemo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Today</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nantod.2020.100936⟩</w:t>
+              <w:t xml:space="preserve">Journal of Vacuum Science &amp; Technology B, Nanotechnology and Microelectronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 38 (1), pp.013601. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1116/1.5129667⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02924083v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02439559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bottom-up nanocolloidal metamaterials at optical frequencies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enabling future nanomanufacturing through block copolymer self-assembly: A review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cian Cummins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ross Lundy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Walsh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Baron</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Virginie Ponsinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes-Rendus-de-l'Academie-des-Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5802/crphys.21⟩</w:t>
+              <w:t xml:space="preserve">Nano Today</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 35, pp.100936. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nantod.2020.100936⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02381228v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02924083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tailored self-assembled nanocolloidal Huygens scatterers in the visible</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bottom-up nanocolloidal metamaterials at optical frequencies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashod Aradian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Ponsinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Barois</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Comptes-Rendus-de-l'Academie-des-Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (4-5), pp.443-465. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/crphys.21⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03085120v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02381228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Strategy for Enhancing Ultrahigh Molecular Weight Block Copolymer Chain Mobility to Access Large Period Sizes (&amp;gt; 100 nm)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">Tailored self-assembled nanocolloidal Huygens scatterers in the visible</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rajam Elancheliyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Dezert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Castano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Bentaleb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Virginie Ponsinet</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Einat Nativ- Roth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12, pp.24177-24187</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03033202v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03085120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large area Al2O3-Au raspberry-like nanoclusters from iterative block-copolymer self-assembly</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Strategy for Enhancing Ultrahigh Molecular Weight Block Copolymer Chain Mobility to Access Large Period Sizes (&amp;gt; 100 nm)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cian Cummins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Alvarez-Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alberto Alvarez Fernández</w:t>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">Ahmed Bentaleb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Hadziioannou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Ponsinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 10 (67), pp.41088-41097. </w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 36 (46), pp.13872-13880. </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d0ra08730k⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.0c02261⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03001853v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03033202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High optical magnetism of dodecahedral plasmonic meta-atoms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Many</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Dezert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Duguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vikas Jangid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2367,51 +2367,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Aissou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Pécastaings</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Hadziioannou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2743,64 +2743,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bottom-up production of meta-atoms for optical magnetism in visible and NIR light</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Barois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Ponsinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Richetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2975,295 +2975,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-01839711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-assembled nanostructured metamaterials</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">GoldHelix: Gold Nanoparticles Forming 3D Helical Superstructures with Controlled Morphology and Strong Chiroptical Property</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Pouget</w:t>
+                <w:t xml:space="preserve">Jiaji Cheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yutaka Okazaki</w:t>
+                <w:t xml:space="preserve">Guillaume Le Saux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reiko Oda</w:t>
+                <w:t xml:space="preserve">Jie Gao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Buffeteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Battie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1209/0295-5075/119/14004⟩</w:t>
+              <w:t xml:space="preserve">ACS Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 11 (4), pp.3806-3818. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsnano.6b08723⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01593592v1</w:t>
+                <w:t xml:space="preserve">hal-01517988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GoldHelix: Gold Nanoparticles Forming 3D Helical Superstructures with Controlled Morphology and Strong Chiroptical Property</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Le Saux</w:t>
+                <w:t xml:space="preserve">Self-assembled nanostructured metamaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Ponsinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jie Gao</w:t>
+                <w:t xml:space="preserve">Emilie Pouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Buffeteau</w:t>
+                <w:t xml:space="preserve">Yutaka Okazaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Battie</w:t>
+                <w:t xml:space="preserve">Reiko Oda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Nano</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 11 (4), pp.3806-3818. </w:t>
+              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 119 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsnano.6b08723⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1209/0295-5075/119/14004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01517988v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01593592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hyperbolic-by-design self-assembled metamaterial based on block copolymers lamellar phases</w:t>
               </w:r>
@@ -3301,51 +3301,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Warenghem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics and Laser Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 88, pp.85-95. </w:t>
@@ -3517,77 +3517,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-assembled optical metamaterials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashod Aradian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Ponsinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Barois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3660,51 +3660,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hui Shi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhaoyu Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Ponsinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remi Sellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3780,51 +3780,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resonant isotropic optical magnetism of plasmonic nanoclusters in visible light</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Ponsinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Barois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3966,51 +3966,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Barois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ashod Aradian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS photonics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 2, pp. 1443-1450. </w:t>
@@ -4074,51 +4074,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quanyi Yin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xia Han</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Ponsinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Honglai Liu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4337,51 +4337,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bendejacq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Ponsinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soft Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 8, pp.1317-1320. </w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4696,51 +4696,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Double-Polyelectrolyte, Like-Charged Amphiphilic Diblock Copolymers: Swollen Structures and pH- and Salt-Dependent Lyotropic Behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis D. Bendejacq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Ponsinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 112 (27), pp.7996-8009. </w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4971,51 +4971,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Ferré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Jamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Ponsinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Magnetism and Magnetic Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 201 (1-3), pp.200-203. </w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5061,51 +5061,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flexibility of the Membranes in a Doped Swollen Lamellar Phase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Ponsinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Fabre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5164,51 +5164,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modification of the Interactions in a Lamellar Phase by the Presence of Nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Ponsinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Fabre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5255,51 +5255,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transition of a Ferrosmectic in a Very Weak Magnetic Field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Ponsinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5371,51 +5371,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetic anisotropy of ferrosmectic phases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Ponsinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5488,51 +5488,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A small-angle neutron scattering study of the ferrosmectic phase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Ponsinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5631,777 +5631,777 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silica’s role in creating vivid structural color</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthesis of Si@Au core-shell particles for directional light scattering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel O. Idowu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Roach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin O'Connor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Castets</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Anna Rumyantseva</w:t>
+                <w:t xml:space="preserve">Jonathan G.-C. Veinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESD 2025 - 11th European Silicon Days</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nicola Hüsing, Jul 2025, Salzburg, Austria</w:t>
+              <w:t xml:space="preserve">C'Nano - The Nanoscience Meeting &amp; PEPR Électronique Days - C'Nano 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre national de Compétences en Nanosciences du CNRS,, Mar 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05164237v1</w:t>
+                <w:t xml:space="preserve">hal-05191908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Directional light scattering in Mie-resonant Si particles with ultra-thin plasmonic shells</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel O. Idowu</w:t>
+                <w:t xml:space="preserve">Silica’s role in creating vivid structural color</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Castets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Dussard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina El Aissati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergei Kochtcheev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dalin Soun</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jonathan G.-C. Veinot</w:t>
+                <w:t xml:space="preserve">Anna Rumyantseva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Conference on Multifunctional, Hybrid and Nanomaterials (HyMa)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Elsevier, Mar 2025, Montpellier, France</w:t>
+              <w:t xml:space="preserve">ESD 2025 - 11th European Silicon Days</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nicola Hüsing, Jul 2025, Salzburg, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04977728v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05164237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Directional light scattering in Mie-resonant Si particles with ultra-thin plasmonic shells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Roach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel O. Idowu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lucien Roach</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalin Soun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin O'Connor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sabrina Lacomme</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan G.-C. Veinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Conference on Metamaterials, Photonic Crystals and Plasmonics (META)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, META Conferences, Jul 2025, Malaga, Spain. pp.533-534</w:t>
+              <w:t xml:space="preserve">8th International Conference on Multifunctional, Hybrid and Nanomaterials (HyMa)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Elsevier, Mar 2025, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05192672v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04977728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of directional scattering from Mie-resonant-plasmonic Si@Au core-shell nanoparticles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Directional light scattering in Mie-resonant Si particles with ultra-thin plasmonic shells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel O. Idowu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Roach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin O'Connor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jonathan G. Veinot</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan G C Veinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gold 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PremC, May 2025, Saint Sebastian - Donostia, Spain</w:t>
+              <w:t xml:space="preserve">15th International Conference on Metamaterials, Photonic Crystals and Plasmonics (META)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, META Conferences, Jul 2025, Malaga, Spain. pp.533-534</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05065154v1</w:t>
+                <w:t xml:space="preserve">hal-05192672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mie resonant silicon particles via bottom-up synthetic routes and assembled into 2d metasurfaces</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Assessment of directional scattering from Mie-resonant-plasmonic Si@Au core-shell nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Roach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Gonidec</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel O. Idowu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin O'Connor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan G. Veinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Conference on Metamaterials, Photonic Crystals and Plasmonics - META 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, National Research Council Canada; Universit Paris–Saclay; Universidad del Pais Basco, Jul 2025, Malaga, Spain. pp.1364-1365</w:t>
+              <w:t xml:space="preserve">Gold 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PremC, May 2025, Saint Sebastian - Donostia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05194746v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05065154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of Si@Au core-shell particles for directional light scattering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel O. Idowu</w:t>
+                <w:t xml:space="preserve">Mie resonant silicon particles via bottom-up synthetic routes and assembled into 2d metasurfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glenna L. Drisko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Megan Parker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Roach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sabrina Lacomme</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Letizia de Marco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gonidec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">C'Nano - The Nanoscience Meeting &amp; PEPR Électronique Days - C'Nano 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre national de Compétences en Nanosciences du CNRS,, Mar 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">15th International Conference on Metamaterials, Photonic Crystals and Plasmonics - META 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, National Research Council Canada; Universit Paris–Saclay; Universidad del Pais Basco, Jul 2025, Malaga, Spain. pp.1364-1365</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05191908v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05194746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of hydrogen silsesquioxane mechanism via environmental transmission electron microscopy and preparation of highly resonant Si@Au particles</w:t>
               </w:r>
@@ -6439,51 +6439,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Roach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin O’conner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan G. Veinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">53rd North American Silicon Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, The Ohio State University and; Bowling Green State University, Jun 2024, Columbus (Ohio), United States</w:t>
@@ -6512,51 +6512,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plasmonic clusters: Kerker regime and homogenization problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Dezert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6631,277 +6631,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04617501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of Si-based particles for infrared-active metamaterials</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Lucien Roach</w:t>
+                <w:t xml:space="preserve">Self-assembled meta-atoms as Huygens sources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Dezert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rajam Elancheliyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Letizia de Marco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Brian A Korgel</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lermusiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sol-gel 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">NOMA 2022 - 15th Mediterranean Workshop and Topical Meeting Novel Optical Materials and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Cetraro, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04563086v1</w:t>
+                <w:t xml:space="preserve">hal-04563315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-assembled meta-atoms as Huygens sources</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rajam Elancheliyan</w:t>
+                <w:t xml:space="preserve">Design of Si-based particles for infrared-active metamaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cynthia Cibaka Ndaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Megan Parker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Roach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Letizia de Marco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurent Lermusiaux</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian A Korgel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NOMA 2022 - 15th Mediterranean Workshop and Topical Meeting Novel Optical Materials and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Cetraro, Italy</w:t>
+              <w:t xml:space="preserve">Sol-gel 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04563315v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04563086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of Si-based particles for infrared-active metamaterials</w:t>
               </w:r>
@@ -6939,51 +6939,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Roach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Letizia De marco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brian A Korgel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th International Conference on Metamaterials, Photonic Crystals and Plasmonics (META 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Torremolinos, Spain</w:t>
@@ -7051,51 +7051,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lermusiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Many</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Dezert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7137,51 +7137,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huygens scatterers with self-assembled meta-atoms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Dezert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7256,51 +7256,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04567971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ligand-free synthesis of gold nanoparticles incorporated within oriented cylindrical block copolymer films : towards optical metamaterials</w:t>
+                <w:t xml:space="preserve">Ligand-free synthesis of gold nanoparticles incorporated within oriented cylindrical block copolymer films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Aubrit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Testard</w:t>
@@ -7335,97 +7335,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xuan Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">META 2019. The 10th International Conference on Metamaterials, Photonic Crystals and Plasmonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Lisbon, Portugal</w:t>
+              <w:t xml:space="preserve">European Polymer Congress 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Heraklion, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02328369v1</w:t>
+                <w:t xml:space="preserve">cea-02328383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ligand-free synthesis of gold nanoparticles incorporated within oriented cylindrical block copolymer films</w:t>
+                <w:t xml:space="preserve">Ligand-free synthesis of gold nanoparticles incorporated within oriented cylindrical block copolymer films : towards optical metamaterials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Aubrit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Testard</w:t>
@@ -7460,73 +7460,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xuan Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Polymer Congress 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Heraklion, Greece</w:t>
+              <w:t xml:space="preserve">META 2019. The 10th International Conference on Metamaterials, Photonic Crystals and Plasmonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02328383v1</w:t>
+                <w:t xml:space="preserve">cea-02328369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-assembled metamaterials active at optical frequencies</w:t>
               </w:r>
@@ -7689,51 +7689,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Duguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Conference on Metamaterials, Photonic crystals and plasmonics - META’17</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Incheon, South Korea</w:t>
@@ -7900,90 +7900,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhanced forward scattering from magnetic scatterers: design and synthesis of resonant Huygens sources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Barois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ashod Aradian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Letizia de Marco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Dezert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Conference on Metamaterials, Photonic Crystals and Plasmonics - META 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Visioconférence, Poland</w:t>
@@ -8208,51 +8208,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Testard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gobeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Ponsinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick P. Guenoun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8322,103 +8322,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Bottom-Up Approach toward Artificial Optical Magnetism in Metastructures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ashod Aradian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Barois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Mondain-Monval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Ponsinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Baron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Roberto Caputo; Giuseppe Emanuele Lio. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hybrid Flatland Metastructures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AIP Publishing, 2021, 978-0-7354-2287-2. </w:t>
@@ -8456,51 +8456,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanopatterns Produced by Directed Self-Assembly in Block Copolymer Thin Films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Ponsinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer Surfaces in Motion. Unconventional Patterning Methods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 4, Springer International Publishing, pp.73-97, 2015, 978-3-319-17430-3. </w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8618,51 +8618,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xuan Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Toudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Ponsinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">F. Boero, G. Orombelli, S. Pignatti and G. Seminara. Springer, 2015, Rendiconti Lincei SCIENZE FISICHE E NATURALI, </w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -8933,51 +8933,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A9EE3B36"/>
+    <w:nsid w:val="C651B987"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9164,51 +9164,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/virginie-ponsinet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0301-5932" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/124094686" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326651v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel O. Idowu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Roach" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin O'Connor" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan G C Veinot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Lacomme" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.202502529" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073489v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Parker" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Barbosa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Cibaka-Ndaya" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Castro-Grijalba" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Letizia de Marco" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smsc.202500119" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447500v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranjeet Dwivedi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashod Aradian" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ponsinet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Vynck" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Baron" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.109.023507" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398835v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Lafitte" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Buisson" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mondain-Monval" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0182709" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423467v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajam Elancheliyan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lagugn&#233;-Labarthet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.3c02900" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678138v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Cleret de Langavant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jisoo Oh" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lochon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Tusseau-Nenez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.3c04849" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547419v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cian Cummins" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Flamant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Alvarez-Fernandez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Demazy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2021.11.163" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981340v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Saba" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ullrich Steiner" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fleury" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.202100175" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167125v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lermusiaux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Many" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barois" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Ravaine" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.0c04666" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439559v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per Magnus Walmsness" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morten Kildemo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.5129667" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924083v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross Lundy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Walsh" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nantod.2020.100936" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381228v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crphys.21" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03085120v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dezert" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Castano" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Bentaleb" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Einat Nativ- Roth" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033202v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Hadziioannou" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.0c02261" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001853v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Alvarez Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Nallet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fontaine" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0ra08730k" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02102582v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Duguet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vikas Jangid" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/nanoph-2018-0175" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938227v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Aissou" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles P&#233;castaings" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8na00239h" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165752v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Torrent" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Gomez-Gra&#241;a" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Grigorenko" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasyl Kravets" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OSAC.2.001762" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688010v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Mumtaz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mercat" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Antoine" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201700754" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02335253v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Richetti" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/963/1/012007" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01839711v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Aubrit" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Testard Fabienne" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Paquirissamy" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gobeaux" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan Wang" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8TC01477A" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593592v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Pouget" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yutaka Okazaki" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reiko Oda" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/119/14004" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517988v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaji Cheng" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Le Saux" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Gao" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Buffeteau" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Battie" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.6b08723" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01366686v2" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Ehrhardt" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Tallet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Warenghem" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlastec.2016.08.005" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392830v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Le Beulze" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Tr&#233;guer-Delapierre" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mornet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6MH00270F" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294370v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlastec.2016.02.024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01225683v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Shi" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaoyu Fan" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Sellier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Honglai Liu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201500556" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5BD66F1C9A871172474FEDD0DE78376B6ED87F75/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262734v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Manoj Gali" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Salmon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.92.220414" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222731v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Toudert" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.5b00306" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018552v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quanyi Yin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xia Han" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2014.05.047" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S10WNGZR-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858191v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Angly" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Iazzolino" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Leng" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sivasankaran Prathap Chandran" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nn401764r" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662961v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Maxit" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bendejacq" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2sm06987c" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575073v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Giermanska" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ly" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis D. Bendejacq" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Mondain-Monval" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la104290z" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662769v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fay" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Meeker" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Cayer-Barrioz" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mazuyer" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la203841y" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00303898v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp712015h" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-M2VXPJMB-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365851v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Taton" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Baussard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Dupayage" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Poly" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gnanou" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b601456a" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-6F7ZG4FQ-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897931v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Spoliansky" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Ferr&#233;" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Jamet" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0304-8853(99)00045-1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M86KHWP3-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559561v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Fabre" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp952828r" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-KV37M51J-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00248351v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp2:1996109" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559621v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Veyssi&#233;" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/30/5/005" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D9305510952A3ED8E7B72BB84371FA241AE51285/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00248078v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Veyssi&#233;" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Cabanel" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp2:1994232" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00247880v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Veyssie" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Auvray" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp2:1993179" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164237v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Castets" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dussard" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina El Aissati" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Kochtcheev" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Rumyantseva" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977728v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalin Soun" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan G.-C. Veinot" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192672v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065154v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan G. Veinot" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194746v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenna L. Drisko" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gonidec" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux.hal.science/hal-05191908v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789346v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Opeyemi Idowu" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin O&#8217;conner" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617501v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dezert" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dwivedi" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563086v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Cibaka Ndaya" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian A Korgel" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563315v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279930v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan A. Parker" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Letizia De&#8197;marco" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576584v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567971v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02328369v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Testard" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02328383v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171172v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Chomette" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171176v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02328462v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Guenoun" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576673v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617537v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan A Parker" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria L de Marco" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02328475v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P. Guenoun" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375970v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/9780735422902_003" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222568v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-17431-0_4" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222620v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Coutant" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12210-015-0404-7" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195279v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Koetitz" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Lange" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Browaeys" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Perzynski" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bacri" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/virginie-ponsinet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0301-5932" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/124094686" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326651v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel O. Idowu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Roach" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin O'Connor" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan G C Veinot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Lacomme" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.202502529" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073489v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Parker" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Barbosa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Cibaka-Ndaya" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Castro-Grijalba" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Letizia de Marco" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smsc.202500119" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398835v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranjeet Dwivedi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Lafitte" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Buisson" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mondain-Monval" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ponsinet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0182709" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447500v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashod Aradian" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Vynck" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Baron" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.109.023507" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423467v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajam Elancheliyan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lagugn&#233;-Labarthet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.3c02900" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678138v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Cleret de Langavant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jisoo Oh" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lochon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Tusseau-Nenez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.3c04849" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547419v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cian Cummins" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Flamant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Alvarez-Fernandez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Demazy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2021.11.163" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981340v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Saba" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ullrich Steiner" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fleury" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.202100175" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167125v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lermusiaux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Many" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barois" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Ravaine" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.0c04666" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001853v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Alvarez Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Nallet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fontaine" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Hadziioannou" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0ra08730k" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439559v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per Magnus Walmsness" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morten Kildemo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.5129667" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924083v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross Lundy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Walsh" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nantod.2020.100936" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381228v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crphys.21" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03085120v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dezert" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Castano" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Bentaleb" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Einat Nativ- Roth" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033202v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.0c02261" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02102582v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Duguet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vikas Jangid" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/nanoph-2018-0175" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938227v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Aissou" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles P&#233;castaings" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8na00239h" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165752v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Torrent" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Gomez-Gra&#241;a" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Grigorenko" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasyl Kravets" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OSAC.2.001762" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688010v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Mumtaz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mercat" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Antoine" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201700754" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02335253v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Richetti" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/963/1/012007" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01839711v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Aubrit" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Testard Fabienne" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Paquirissamy" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gobeaux" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan Wang" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8TC01477A" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517988v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaji Cheng" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Le Saux" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Gao" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Buffeteau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Battie" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.6b08723" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593592v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Pouget" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yutaka Okazaki" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reiko Oda" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/119/14004" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01366686v2" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Ehrhardt" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Tallet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Warenghem" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlastec.2016.08.005" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392830v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Le Beulze" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Tr&#233;guer-Delapierre" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mornet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6MH00270F" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294370v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlastec.2016.02.024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01225683v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Shi" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaoyu Fan" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Sellier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Honglai Liu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201500556" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5BD66F1C9A871172474FEDD0DE78376B6ED87F75/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262734v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Manoj Gali" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Salmon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.92.220414" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222731v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Toudert" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.5b00306" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018552v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quanyi Yin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xia Han" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2014.05.047" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S10WNGZR-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858191v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Angly" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Iazzolino" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Leng" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sivasankaran Prathap Chandran" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nn401764r" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662961v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Maxit" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bendejacq" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2sm06987c" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575073v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Giermanska" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ly" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis D. Bendejacq" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Mondain-Monval" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la104290z" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662769v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fay" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Meeker" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Cayer-Barrioz" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mazuyer" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la203841y" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00303898v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp712015h" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-M2VXPJMB-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365851v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Taton" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Baussard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Dupayage" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Poly" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gnanou" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b601456a" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-6F7ZG4FQ-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897931v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Spoliansky" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Ferr&#233;" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Jamet" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0304-8853(99)00045-1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M86KHWP3-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559561v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Fabre" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp952828r" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-KV37M51J-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00248351v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp2:1996109" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559621v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Veyssi&#233;" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/30/5/005" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D9305510952A3ED8E7B72BB84371FA241AE51285/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00248078v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Veyssi&#233;" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Cabanel" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp2:1994232" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00247880v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Veyssie" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Auvray" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp2:1993179" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux.hal.science/hal-05191908v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan G.-C. Veinot" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164237v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Castets" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dussard" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina El Aissati" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Kochtcheev" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Rumyantseva" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977728v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalin Soun" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192672v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065154v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan G. Veinot" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194746v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenna L. Drisko" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gonidec" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789346v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Opeyemi Idowu" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin O&#8217;conner" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617501v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dezert" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dwivedi" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563315v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563086v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Cibaka Ndaya" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian A Korgel" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279930v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan A. Parker" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Letizia De&#8197;marco" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576584v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567971v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02328383v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Testard" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02328369v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171172v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Chomette" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171176v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02328462v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Guenoun" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576673v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617537v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan A Parker" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria L de Marco" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02328475v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P. Guenoun" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375970v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/9780735422902_003" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222568v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-17431-0_4" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222620v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Coutant" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12210-015-0404-7" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195279v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Koetitz" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Lange" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Browaeys" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Perzynski" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bacri" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>