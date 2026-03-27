--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -66,3134 +66,3402 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploited marine fish distributions in Europe under past climates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Mathilde Salomé Beauvais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ben Lamine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Theodoropoulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele Carenti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Leduc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05537882v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modeling palaeodistributions in marine environments: a review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Mathilde Salomé Beauvais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emna Ben Lamine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantina Agiadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Bas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Beaugrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05537925v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (24)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From sight to sequence: Underwater visual census vs environmental DNA metabarcoding for the monitoring of taxonomic and functional fish diversity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Roblet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Priouzeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Gambini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Cottalorda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Marty Gastaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 956, pp.177250. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.177250⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04795556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Climate change impacts on Mediterranean fisheries: A sensitivity and vulnerability analysis for main commercial species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shekoofeh Farahmand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Hilmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mine Cinar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Safa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vicky W.Y. Lam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecological Economics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, 211, pp.107889. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ecolecon.2023.107889⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04192956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Redistribution of fisheries catch potential in Mediterranean and North European waters under climate change scenarios</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emna Ben Lamine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Schickele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Guidetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Allemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Hilmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 879, pp.163055. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.163055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04659664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An overview of marine non-indigenous species found in three contrasting biogeographic metropolitan French regions: Insights on distribution, origins and pathways of introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Massé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Viard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzie Humbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elvire Antajan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Auby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diversity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 15 (2), pp.161. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/d15020161⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03959836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expected contraction in the distribution ranges of demersal fish of high economic value in the Mediterranean and European Seas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emna Ben Lamine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Schickele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Goberville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Beaugrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Allemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 12, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-022-14151-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03824731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining Ecological Niche Models and ecosystem services indicators to assess impacts of climate change on kelp: application to French coasts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules Pecquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Mouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Campagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Raybaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Baulaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecosystems and People</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 18 (1), pp.358 - 377. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/26395916.2022.2080766⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03767807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving predictions of invasive fish ranges combining functional and ecological traits with environmental suitability under climate change scenarios</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Schickele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Guidetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvaine Giakoumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Argyro Zenetos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Francour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global Change Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/gcb.15896⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03354728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">European small pelagic fish distribution under global change scenarios</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Schickele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Goberville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Beaugrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Hattab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fish and Fisheries</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 22 (1), pp.212-225. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/faf.12515⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03326581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">European cephalopods distribution under climate-change scenarios</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Schickele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Francour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Raybaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 11 (1), pp.3930. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-021-83457-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05532904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">French ichthyological records for 2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel P. Iglesias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bariche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Beau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Berenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Beucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cybium : Revue Internationale d’Ichtyologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 45 (3), pp.169-188. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.26028/cybium/2021-453-001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03475120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling European small pelagic fish distribution: Methodological insights</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Schickele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Beaugrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Goberville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Hattab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecological Modelling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 416 (1), pp.212-225. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2019.108902⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02514810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In Memoriam, Professor Patrice Francour (13 April 1960–13 October 2019)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Guidetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Harmelin-Vivien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Raybaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wojciech Piasecki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACta Ichthyologica et Piscatoria</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 50 (2), pp.237-245. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3750/AIEP/02977⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02964963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In memoriam Professor Patrice Francour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Harmelin-Vivien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Guidetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Raybaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cybium : Revue Internationale d’Ichtyologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 44 (1), pp.3-4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.26028/cybium/2020-441-012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02964955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Climate-driven range shifts of the king penguin in a fragmented ecosystem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Cristofari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaoming Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Bonadonna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Cherel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pistorius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Climate Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 8 (3), pp.245 - 251. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41558-018-0084-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01735956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computing the carbonate chemistry of the coral calcifying medium and its response to ocean acidification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Raybaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Tambutté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Ferrier-Pagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander A. Venn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Theoretical Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jtbi.2017.04.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01518288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forecasting climate-driven changes in the geographical range of the European anchovy (Engraulis encrasicolus)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Raybaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Bacha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Amara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Beaugrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICES Journal of Marine Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 74 (5), pp.1288-1299. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/icesjms/fsx003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01572071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From species distributions to ecosystem structure and function: A methodological perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chaalali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Beaugrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Raybaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Lassalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Saint-Béat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecological Modelling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 334, pp.78-90. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2016.04.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01318422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Future vulnerability of marine biodiversity compared with contemporary and past changes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Beaugrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Edwards</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Raybaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Goberville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard R Kirby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Climate Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 5, pp.695-701</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01272286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Climate-induced range shifts of the American jackknife clam Ensis directus in Europe.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Future vulnerability of marine biodiversity compared with contemporary and past changes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Beaugrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Edwards</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Raybaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Christophe Luczak</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Goberville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard R. Kirby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Invasions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10530-014-0764-4⟩</w:t>
+              <w:t xml:space="preserve">Nature Climate Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5, pp.695-701. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nclimate2650⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01128353v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03657482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Future vulnerability of marine biodiversity compared with contemporary and past changes</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Climate-induced range shifts of the American jackknife clam Ensis directus in Europe.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Raybaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Richard R. Kirby</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Beaugrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Dewarumez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Luczak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Climate Change</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nclimate2650⟩</w:t>
+              <w:t xml:space="preserve">Biological Invasions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 17 (2), pp.725-741. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10530-014-0764-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03657482v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01128353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seasonal dynamics and stoichiometry of the planktonic community in the NW Mediterranean Sea : a 3D modeling approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Alekseenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Raybaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Espinasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Carlotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Queguiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ocean Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 64, pp.179-207. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10236-013-0669-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00944788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decline in Kelp in West Europe and Climate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Raybaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Beaugrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Goberville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaspard Delebecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Destombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 8, pp.e66044. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0066044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01110791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Climatic facilitation of the colonization of an estuary by Acartia tonsa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chaalali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Beaugrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Raybaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Goberville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 8 (9), pp.e74531. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0074531⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00874345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Census and analysis of zooplankton metadata of the French coasts since 1955</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Raybaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Heroin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Raud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Brylinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Stemmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Oceanography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 4, pp.11-37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00759286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3203,374 +3471,374 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling species distribution, ecosystem structure and function and climate change</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Saint-Béat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Noguès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bourdaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Niquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Raybaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Baird, Daniel; Elliott, Michael. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Treatise on Estuarine and Coastal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 5 (Seconde édition), Elsevier, pp.251-286, 2023, 9780124095489. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-323-90798-9.00028-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04193645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zooplancton : micro- et mésozooplancton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Dolan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Raybaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chistophe Migon; Antoine Sciandra; Paul Nival. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La mer Méditerranée face au changement global 2. Dynamique biologique et évolution de la mer Ligure</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ISTE Editions Ltd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.73-114, 2021, 978-1-78405-733-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03200019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zooplankton I. Micro- and Mesozooplankton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John R Dolan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Raybaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Christophe Migon; Antoine Sciandra; Paul Nival. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Mediterranean Sea in the Era of Global Change 2. 30 Years of Multidisciplinary Study of the Ligurian Sea</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ISTE Ltd; John Wiley &amp; Sons, Inc.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.67-108, 2020, 978-1-78630-586-2. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781119704782.ch3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03199611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3580,114 +3848,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation de l'écosystème pélagique en mer Ligure. Application à la campagne DYNAPROC 2 (Sep-Oct 2004).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Raybaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Océan, Atmosphère. Université Pierre et Marie Curie - Paris VI, 2008. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00410147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId136"/>
+      <w:footerReference w:type="default" r:id="rId145"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3834,51 +4102,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795556v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Roblet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Priouzeau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gambini" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Cottalorda" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Marty Gastaldi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.177250" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192956v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shekoofeh Farahmand" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Hilmi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mine Cinar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Safa" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicky W.Y. Lam" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2023.107889" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04659664v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Ben Lamine" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Schickele" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Guidetti" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Allemand" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.163055" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03959836v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Mass&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Viard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzie Humbert" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvire Antajan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Auby" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/d15020161" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03824731v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Goberville" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Beaugrand" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-14151-8" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767807v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Pecquet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Mouchet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Campagne" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Raybaud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Baulaz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/26395916.2022.2080766" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03354728v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Giakoumi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Argyro Zenetos" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Francour" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.15896" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326581v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Leroy" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Hattab" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/faf.12515" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532904v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-83457-w" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03475120v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel P. Iglesias" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bariche" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Beau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Berenger" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Beucher" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26028/cybium/2021-453-001" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514810v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2019.108902" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02964963v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Harmelin-Vivien" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech Piasecki" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3750/AIEP/02977" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02964955v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26028/cybium/2020-441-012" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735956v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Cristofari" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoming Liu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Bonadonna" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Cherel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pistorius" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41558-018-0084-2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01518288v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Tambutt&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ferrier-Pag&#232;s" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Reynaud" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander A. Venn" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2017.04.028" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572071v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Bacha" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Amara" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsx003" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01318422v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chaalali" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Beaugrand" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Lassalle" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Saint-B&#233;at" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2016.04.022" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272286v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Edwards" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard R Kirby" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128353v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dewarumez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Luczak" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10530-014-0764-4" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03657482v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard R. Kirby" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nclimate2650" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944788v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Alekseenko" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Espinasse" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Carlotti" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Queguiner" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10236-013-0669-2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01110791v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Delebecq" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Destombe" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0066044" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874345v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie David" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0074531" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759286v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Heroin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Raud" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Brylinski" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Stemmann" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193645v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Nogu&#232;s" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bourdaud" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Niquil" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-90798-9.00028-7" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200019v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Dolan" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/la-mer-mediterranee-face-au-changement-global-1/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199611v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John R Dolan" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.iste.co.uk/book.php?id=1611" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119704782.ch3" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00410147v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537882v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mathilde Salom&#233; Beauvais" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Lamine" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Theodoropoulou" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Carenti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Leduc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537925v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Ben Lamine" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantina Agiadi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Bas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Beaugrand" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795556v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Roblet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Priouzeau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gambini" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Cottalorda" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Marty Gastaldi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.177250" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192956v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shekoofeh Farahmand" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Hilmi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mine Cinar" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Safa" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicky W.Y. Lam" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2023.107889" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04659664v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Schickele" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Guidetti" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Allemand" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.163055" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03959836v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Mass&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Viard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzie Humbert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvire Antajan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Auby" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/d15020161" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03824731v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Goberville" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Beaugrand" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-14151-8" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767807v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Pecquet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Mouchet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Campagne" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Raybaud" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Baulaz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/26395916.2022.2080766" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03354728v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Giakoumi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Argyro Zenetos" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Francour" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.15896" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326581v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Leroy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Hattab" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/faf.12515" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532904v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-83457-w" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03475120v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel P. Iglesias" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bariche" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Beau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Berenger" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Beucher" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26028/cybium/2021-453-001" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514810v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2019.108902" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02964963v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Harmelin-Vivien" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech Piasecki" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3750/AIEP/02977" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02964955v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26028/cybium/2020-441-012" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735956v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Cristofari" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoming Liu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Bonadonna" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Cherel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pistorius" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41558-018-0084-2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01518288v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Tambutt&#233;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ferrier-Pag&#232;s" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Reynaud" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander A. Venn" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2017.04.028" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572071v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Bacha" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Amara" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsx003" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01318422v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chaalali" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Lassalle" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Saint-B&#233;at" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2016.04.022" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272286v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Edwards" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard R Kirby" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03657482v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard R. Kirby" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nclimate2650" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128353v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dewarumez" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Luczak" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10530-014-0764-4" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944788v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Alekseenko" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Espinasse" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Carlotti" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Queguiner" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10236-013-0669-2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01110791v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Delebecq" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Destombe" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0066044" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874345v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie David" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0074531" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759286v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Heroin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Raud" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Brylinski" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Stemmann" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193645v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Nogu&#232;s" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bourdaud" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Niquil" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-90798-9.00028-7" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200019v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Dolan" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/la-mer-mediterranee-face-au-changement-global-1/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199611v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John R Dolan" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.iste.co.uk/book.php?id=1611" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119704782.ch3" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00410147v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>