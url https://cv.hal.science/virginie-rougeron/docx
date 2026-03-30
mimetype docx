--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -187,433 +187,433 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genomic exploration of the journey of Plasmodium vivax in Latin America</w:t>
+                <w:t xml:space="preserve">Climate and predation drive variation of diel activity patterns in chacma baboons (Papio ursinus) across Southern Africa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margaux Lefebvre</w:t>
+                <w:t xml:space="preserve">Locadia Dzingwena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Degrugillier</w:t>
+                <w:t xml:space="preserve">Lucie Thel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Arnathau</w:t>
+                <w:t xml:space="preserve">Marc Choisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gustavo Fontecha</w:t>
+                <w:t xml:space="preserve">Rebecca Garbett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oscar Noya</w:t>
+                <w:t xml:space="preserve">Anita Wilkinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Pathogens</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 21 (1), e1012811[33 p.]. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15, </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1012811⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-025-23151-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05032334v1</w:t>
+                <w:t xml:space="preserve">hal-05392391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Climate and predation drive variation of diel activity patterns in chacma baboons (Papio ursinus) across Southern Africa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Locadia Dzingwena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Thel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Choisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca Garbett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anita Wilkinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 15, </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+              <w:t xml:space="preserve">, 2025, 15 (1), pp.39342. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-025-23151-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05392391v1</w:t>
+                <w:t xml:space="preserve">hal-05360741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Climate and predation drive variation of diel activity patterns in chacma baboons (Papio ursinus) across Southern Africa</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genomic exploration of the journey of Plasmodium vivax in Latin America</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Thel</w:t>
+                <w:t xml:space="preserve">Margaux Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Choisy</w:t>
+                <w:t xml:space="preserve">Fanny Degrugillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rebecca Garbett</w:t>
+                <w:t xml:space="preserve">C. Arnathau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anita Wilkinson</w:t>
+                <w:t xml:space="preserve">Gustavo Fontecha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Noya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-025-23151-3⟩</w:t>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 21 (1), e1012811[33 p.]. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1012811⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05360741v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05032334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bringing to light unnoticed data on the genetic and host diversity of ungulate Plasmodium</w:t>
               </w:r>
@@ -763,51 +763,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clark Mbou-Boutambe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Larson Boundenga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Degrugillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -884,64 +884,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dietary Response of Black‐Backed Jackals ( &amp;lt;i&amp;gt;Lupulella mesomelas&amp;lt;/i&amp;gt; ) to Contrasted Land Use</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Megan Roberts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Degrugillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Locadia Dzingwena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Fritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1312,51 +1312,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Illich Manfred Mombo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Rougeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Degrugillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1401,295 +1401,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04605931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Population genomic evidence of adaptive response during the invasion history of Plasmodium falciparum in the Americas</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Absence of Coronavirus RNA in Faecal Samples from Wild Primates in Gabon, Central Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Illich Manfred Mombo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margaux J M Lefebvre</w:t>
+                <w:t xml:space="preserve">Océane Rieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josquin Daron</w:t>
+                <w:t xml:space="preserve">Matthieu Fritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larson Boundenga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Legrand</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Virginie Rougeron</w:t>
+                <w:t xml:space="preserve">Telstar Ndong Mebaley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/molbev/msad082⟩</w:t>
+              <w:t xml:space="preserve">Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (10), pp.1272. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pathogens12101272⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03836777v2</w:t>
+                <w:t xml:space="preserve">hal-04286942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Absence of Coronavirus RNA in Faecal Samples from Wild Primates in Gabon, Central Africa</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Illich Manfred Mombo</w:t>
+                <w:t xml:space="preserve">Population genomic evidence of adaptive response during the invasion history of Plasmodium falciparum in the Americas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux J M Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Océane Rieu</w:t>
+                <w:t xml:space="preserve">Josquin Daron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Fritz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Larson Boundenga</w:t>
+                <w:t xml:space="preserve">Eric Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Telstar Ndong Mebaley</w:t>
+                <w:t xml:space="preserve">Michael C. Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Rougeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pathogens</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 12 (10), pp.1272. </w:t>
+              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 40 (5), pp.msad082. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/pathogens12101272⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/molbev/msad082⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04286942v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03836777v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flying syringes for emerging enzootic virus screening: proof of concept for the devlopment of noninvasive xenosurveillance tools based on Tsetse flies</w:t>
               </w:r>
@@ -1969,51 +1969,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solomon Mwakasungula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Rougeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Arnathau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Larson Boundenga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2071,347 +2071,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03745684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The origin of Plasmodium vivax : science or story telling?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Virginie Rougeron</w:t>
+                <w:t xml:space="preserve">Molecular Identification of Trypanosome Diversity in Domestic Animals Reveals the Presence of Trypanosoma brucei gambiense in Historical Foci of Human African Trypanosomiasis in Gabon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larson Boundenga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Illich Manfred Mombo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Larson LB Boundenga</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Céline Arnathau</w:t>
+                <w:t xml:space="preserve">Mouinga-Ondeme Augustin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Durand</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ngoubangoye Barthélémy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Makouloutou Nzassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEMS Microbiology Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/femsre/fuac016⟩</w:t>
+              <w:t xml:space="preserve">Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (9), pp.992. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pathogens11090992⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03829981v1</w:t>
+                <w:t xml:space="preserve">hal-03863517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular Identification of Trypanosome Diversity in Domestic Animals Reveals the Presence of Trypanosoma brucei gambiense in Historical Foci of Human African Trypanosomiasis in Gabon</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mouinga-Ondeme Augustin</w:t>
+                <w:t xml:space="preserve">The origin of Plasmodium vivax : science or story telling?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Rougeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ngoubangoye Barthélémy</w:t>
+                <w:t xml:space="preserve">Larson LB Boundenga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Arnathau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Makouloutou Nzassi</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Patrick Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Prugnolle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pathogens</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 11 (9), pp.992. </w:t>
+              <w:t xml:space="preserve">FEMS Microbiology Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 46 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/pathogens11090992⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/femsre/fuac016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03863517v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03829981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolutionary history of Plasmodium vivax and Plasmodium simium in the Americas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Rougeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josquin Daron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael C. Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Prugnolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2484,64 +2484,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Rougeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Larson Boundenga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Arnathau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2586,295 +2586,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03829983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Population genomic evidence of Plasmodium vivax Southeast Asian origin</w:t>
+                <w:t xml:space="preserve">Natural infection of free-ranging mandrills (Mandrillus sphinx) by enteroviruses and astroviruses in southern Gabon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Daron</w:t>
+                <w:t xml:space="preserve">Illich M Mombo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larson Boundenga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Boissiere</w:t>
+                <w:t xml:space="preserve">Eloise Suquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Boundenga</w:t>
+                <w:t xml:space="preserve">Barthélémy Ngoubangoye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Ngoubangoye</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Houze</w:t>
+                <w:t xml:space="preserve">Gael Darren Maganga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/sciadv.abc3713⟩</w:t>
+              <w:t xml:space="preserve">Microbial Pathogenesis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 150, pp.104659. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.micpath.2020.104659⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02915422v1</w:t>
+                <w:t xml:space="preserve">hal-03065952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natural infection of free-ranging mandrills (Mandrillus sphinx) by enteroviruses and astroviruses in southern Gabon</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Population genomic evidence of Plasmodium vivax Southeast Asian origin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Daron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Illich M Mombo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Larson Boundenga</w:t>
+                <w:t xml:space="preserve">A. Boissiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eloise Suquet</w:t>
+                <w:t xml:space="preserve">L. Boundenga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barthélémy Ngoubangoye</w:t>
+                <w:t xml:space="preserve">B. Ngoubangoye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gael Darren Maganga</w:t>
+                <w:t xml:space="preserve">S. Houze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbial Pathogenesis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 150, pp.104659. </w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 7, pp.eabc3713. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.micpath.2020.104659⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.abc3713⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03065952v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02915422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolutionary analyses of the major variant surface antigen-encoding genes reveal population structure of Plasmodium falciparum within and between continents</w:t>
               </w:r>
@@ -2988,265 +2988,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04974436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Second Genome Sequence of an Enterovirus C99 Detected in a Healthy Chimpanzee</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The enigmatic mechanisms by which Plasmodium vivax infects Duffy-negative individuals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Berthet</w:t>
+                <w:t xml:space="preserve">Jean Popovici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rebeca Atencia</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Camille Roesch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Rougeron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology Resource Announcements</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/MRA.00893-20⟩</w:t>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 16 (2), pp.e1008258. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1008258⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03065955v1</w:t>
+                <w:t xml:space="preserve">hal-03065957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The enigmatic mechanisms by which Plasmodium vivax infects Duffy-negative individuals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Second Genome Sequence of an Enterovirus C99 Detected in a Healthy Chimpanzee</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Illich Manfred Mombo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larson Boundenga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Berthet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Popovici</w:t>
+                <w:t xml:space="preserve">Rebeca Atencia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Roesch</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Debby Cox</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Pathogens</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 16 (2), pp.e1008258. </w:t>
+              <w:t xml:space="preserve">Microbiology Resource Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (42), </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1008258⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/MRA.00893-20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03065957v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03065955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human Plasmodium vivax diversity, population structure and evolutionary origin</w:t>
               </w:r>
@@ -3360,338 +3360,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-02567249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Absence of paramyxovirus RNA in non-human primate sanctuaries and a primatology center in Gabon</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A longitudinal molecular study of the ecology of malaria infections in free-ranging mandrills</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Audrey Tsoumbou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Virginie Rougeron</w:t>
+                <w:t xml:space="preserve">M.J.E. Charpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Boundenga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Beaulieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.E. Dibakou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Arnathau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Epidemiological Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5430/jer.v5n2p6⟩</w:t>
+              <w:t xml:space="preserve">International Journal for Parasitology: Parasites and Wildlife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.241-251. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijppaw.2019.09.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02309286v1</w:t>
+                <w:t xml:space="preserve">hal-02364469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A longitudinal molecular study of the ecology of malaria infections in free-ranging mandrills</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Absence of paramyxovirus RNA in non-human primate sanctuaries and a primatology center in Gabon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Boundenga</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. Beaulieu</w:t>
+                <w:t xml:space="preserve">Barthélémy Ngoubangoye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael Darren Maganga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larson Boundenga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S.E. Dibakou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Arnathau</w:t>
+                <w:t xml:space="preserve">Thierry Audrey Tsoumbou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Rougeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Parasitology: Parasites and Wildlife</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 10, pp.241-251. </w:t>
+              <w:t xml:space="preserve">Journal of Epidemiological Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 5 (2), pp.6. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijppaw.2019.09.009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5430/jer.v5n2p6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02364469v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02309286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodent malaria in Gabon: Diversity and host range</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Larson Boundenga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barthélémy Ngoubangoye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephan Ntie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4183,51 +4183,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extensive diversity of malaria parasites circulating in Central African bats and monkeys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Larson Boundenga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barthélémy Ngoubangoye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Illich Manfred Mombo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4298,801 +4298,801 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01947703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reproduction in Leishmania : A focus on genetic exchange</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Haemosporidian Parasites of Reptiles and Birds from Gabon, Central Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larson Boundenga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susan Perkins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Ollomo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Rougeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Laure Bañuls</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Eric M. Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 50, pp.128-132. </w:t>
+              <w:t xml:space="preserve">Journal of Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 103 (4), pp.330-337. </w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.meegid.2016.10.013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1645/16-118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02013928v1</w:t>
+                <w:t xml:space="preserve">hal-02005457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracking zoonotic pathogens using blood-sucking flies as 'flying syringes'.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evolutionary structure of Plasmodium falciparum major variant surface antigen genes in South America: Implications for epidemic transmission and surveillance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Rougeron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul-Yannick Bitome-Essono</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Durand Patrick</w:t>
+                <w:t xml:space="preserve">Kathryn E Tiedje</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nancy Diamella Mokoudoum</w:t>
+                <w:t xml:space="preserve">Donald S Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas S Rask</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dionicia Gamboa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7554/eLife.22069⟩</w:t>
+              <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (22), pp.9376-9390. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ece3.3425⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01528044v1</w:t>
+                <w:t xml:space="preserve">pasteur-01621487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of strain structure in Plasmodium falciparum var gene repertoires in children from Gabon, West Africa</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">African Non-Human Primates Host Diverse Enteroviruses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kathryn E Tiedje</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Virginie Rougeron</w:t>
+                <w:t xml:space="preserve">Illich Mombo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Donald Chen</w:t>
+                <w:t xml:space="preserve">Alexander N Lukashev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tobias Bleicker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Brünink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Berthet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.1613018114⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12 (1), pp.e0169067. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0169067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02005682v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01960200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haemosporidian Parasites of Reptiles and Birds from Gabon, Central Africa</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reproduction in Leishmania : A focus on genetic exchange</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Rougeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. de Meeus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Bañuls</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Parasitology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1645/16-118⟩</w:t>
+              <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 50, pp.128-132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.meegid.2016.10.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02005457v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02013928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">African Non-Human Primates Host Diverse Enteroviruses</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tracking zoonotic pathogens using blood-sucking flies as 'flying syringes'.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tobias Bleicker</w:t>
+                <w:t xml:space="preserve">Paul-Yannick Bitome-Essono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Ollomo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Arnathau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Durand Patrick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastian Brünink</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Berthet</w:t>
+                <w:t xml:space="preserve">Nancy Diamella Mokoudoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 12 (1), pp.e0169067. </w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 6, pp.e22069. </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0169067⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7554/eLife.22069⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01960200v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01528044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutionary structure of Plasmodium falciparum major variant surface antigen genes in South America: Implications for epidemic transmission and surveillance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evidence of strain structure in Plasmodium falciparum var gene repertoires in children from Gabon, West Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen P Day</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yael Artzy-Randrup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathryn E Tiedje</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Rougeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dionicia Gamboa</w:t>
+                <w:t xml:space="preserve">Donald Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 7 (22), pp.9376-9390. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 114 (20), pp.E4103-E4111. </w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ece3.3425⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1613018114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01621487v1</w:t>
+                <w:t xml:space="preserve">hal-02005682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“Show me which parasites you carry and I will tell you what you eat”, or how to infer the trophic behavior of hematophagous arthropods feeding on wildlife</w:t>
               </w:r>
@@ -5352,295 +5352,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02013924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haemosporidian parasites of Antelopes and other vertebrates from Gabon, Central Africa</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The host specificity of ape malaria parasites can be broken in confined environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barthélémy Ngoubangoye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Larson Boundenga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Virginie Rougeron</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Arnathau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Illich Manfred Mombo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Durand Patrick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 11 (2), pp.e0148958. </w:t>
+              <w:t xml:space="preserve">International Journal for Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 46 (11), pp.737-744. </w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0148958⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpara.2016.06.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01960172v1</w:t>
+                <w:t xml:space="preserve">hal-01957730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The host specificity of ape malaria parasites can be broken in confined environments</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Haemosporidian parasites of Antelopes and other vertebrates from Gabon, Central Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Larson Boundenga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Durand Patrick</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Makanga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Ollomo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Gilabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Rougeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Parasitology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 46 (11), pp.737-744. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (2), pp.e0148958. </w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijpara.2016.06.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0148958⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01957730v1</w:t>
+                <w:t xml:space="preserve">hal-01960172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ape malaria transmission and potential for ape-to-human transfers in Africa</w:t>
               </w:r>
@@ -5888,429 +5888,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01957697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First Detection of an Enterovirus C99 in a Captive Chimpanzee with Acute Flaccid Paralysis, from the Tchimpounga Chimpanzee Rehabilitation Center, Republic of Congo</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sebastian Brünink</w:t>
+                <w:t xml:space="preserve">Malaria-like symptoms associated with a natural Plasmodium reichenowi infection in a chimpanzee</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Herbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larson Boundenga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diamella Nancy Moukodoum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Prince Okouga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0136700⟩</w:t>
+              <w:t xml:space="preserve">Malaria Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 14 (1), pp.220. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12936-015-0743-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02074621v1</w:t>
+                <w:t xml:space="preserve">hal-04943098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malaria-like symptoms associated with a natural Plasmodium reichenowi infection in a chimpanzee</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Diversity of malaria parasites in great apes in Gabon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Larson Boundenga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Alain Prince Okouga</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Ollomo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Rougeron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauriane Mouele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Mve-Ondo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Malaria Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 14 (1), pp.220. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12936-015-0743-y⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 14, pp.111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12936-015-0622-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04943098v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01957550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity of malaria parasites in great apes in Gabon</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Mve-Ondo</w:t>
+                <w:t xml:space="preserve">First Detection of an Enterovirus C99 in a Captive Chimpanzee with Acute Flaccid Paralysis, from the Tchimpounga Chimpanzee Rehabilitation Center, Republic of Congo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Illich Manfred Mombo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Berthet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander N Lukashev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tobias Bleicker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Brünink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Malaria Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 14, pp.111. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (8), pp.e0136700. </w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12936-015-0622-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0136700⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01957550v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02074621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malaria continues to select for sickle cell trait in Central Africa</w:t>
               </w:r>
@@ -6711,51 +6711,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence of Lymphocytic Choriomeningitis Virus (LCMV) in Domestic Mice in Gabon: Risk of Emergence of LCMV Encephalitis in Central Africa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine N′dilimabaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Berthet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Rougeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6884,51 +6884,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Elguero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Arnathau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Ecology Notes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 23 (8), pp.1979-93. </w:t>
@@ -6991,51 +6991,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of a Genogroup I Sapovirus Isolated from Chimpanzees in the Republic of Congo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Illich M. Mombo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Berthet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Bouchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7374,307 +7374,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05503261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multifaceted population structure and reproductive strategy in Leishmania donovani complex in one Sudanese village.</w:t>
+                <w:t xml:space="preserve">Reproductive strategies and population structure in Leishmania: substantial amount of sex in Leishmania Viannia guyanensis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Rougeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Bañuls</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry de Meeûs</w:t>
+                <w:t xml:space="preserve">Bernard Carme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mallorie Hide</w:t>
+                <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georges Le Falher</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bruno Bucheton</w:t>
+                <w:t xml:space="preserve">Pierre Couppié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 20 (15), pp.3116-3127. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-294X.2011.05162.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0001448⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00691457v1</w:t>
+                <w:t xml:space="preserve">hal-04589282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reproductive strategies and population structure in Leishmania: substantial amount of sex in Leishmania Viannia guyanensis</w:t>
+                <w:t xml:space="preserve">Multifaceted population structure and reproductive strategy in Leishmania donovani complex in one Sudanese village.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Rougeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Carme</w:t>
+                <w:t xml:space="preserve">Thierry de Meeûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Simon</w:t>
+                <w:t xml:space="preserve">Mallorie Hide</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Couppié</w:t>
+                <w:t xml:space="preserve">Georges Le Falher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bucheton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-294X.2011.05162.x⟩</w:t>
+              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 5 (12), pp.e1448. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0001448⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04589282v1</w:t>
+                <w:t xml:space="preserve">inserm-00691457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First clinical case of cutaneous leishmaniasis due to Leishmania (Viannia) braziliensis in a domestic cat from French Guiana</w:t>
               </w:r>
@@ -7699,64 +7699,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Catzeflis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Hide</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry de Meeûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Bañuls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Veterinary Parasitology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 181 (2-4), pp.325-328. </w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7815,90 +7815,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“Everything You Always Wanted to Know about Sex (but Were Afraid to Ask)” in Leishmania after Two Decades of Laboratory and Field Analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Rougeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry de Meeûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Kako Ouraga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mallorie Hide</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Bañuls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Pathogens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 6 (8), pp.e1001004. </w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7990,51 +7990,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Illich Manfred Mombo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Rougeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric M. Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Scientifiques de l’Université des Sciences et Techniques de Masuku (JS-USTM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université des Sciences et Techniques de Masuku (USTM), Jan 2024, Franceville, Gabon</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8085,51 +8085,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerry Tonkin-Hill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shazia Ruybal-Pesantez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathryn E Tiedje</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Rougeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8242,51 +8242,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Illich Manfred Mombo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Suquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric M. Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Rougeron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8644,263 +8644,263 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carrion in bomas: multiple observations of cheetah (Acinonyx jubatus) scavenging events and potential causes in managed populations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elizabeth Overton</w:t>
+                <w:t xml:space="preserve">Genomic insights into Plasmodium vivax and Plasmodium simium host shifts in Latin America</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux J M Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Degrugillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Arnathau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Davis</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Virginie Rougeron</w:t>
+                <w:t xml:space="preserve">Camila González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Terry-Lee Honiball</w:t>
+                <w:t xml:space="preserve">Silvia Rondón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2024</w:t>
+              <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04728005v1</w:t>
+                <w:t xml:space="preserve">hal-04867637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genomic insights into Plasmodium vivax and Plasmodium simium host shifts in Latin America</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Céline Arnathau</w:t>
+                <w:t xml:space="preserve">Carrion in bomas: multiple observations of cheetah (Acinonyx jubatus) scavenging events and potential causes in managed populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth Overton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camila González</w:t>
+                <w:t xml:space="preserve">Robert Davis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Prugnolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Rougeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silvia Rondón</w:t>
+                <w:t xml:space="preserve">Terry-Lee Honiball</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2025</w:t>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04867637v1</w:t>
+                <w:t xml:space="preserve">hal-04728005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mixed-species group formation in response to multiple predators in the South African savannahs</w:t>
               </w:r>
@@ -9135,64 +9135,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomic exploration of the complex journey of Plasmodium vivax in Latin America</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M J M Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Degrugillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Arnathau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G A Fontecha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9330,51 +9330,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BCFC7599"/>
+    <w:nsid w:val="DA1E6FBA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9561,51 +9561,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/virginie-rougeron" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5873-5681" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/143797123" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05032334v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Lefebvre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Degrugillier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arnathau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Fontecha" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Noya" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1012811" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392391v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Locadia Dzingwena" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Thel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Choisy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Garbett" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Wilkinson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-23151-3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360741v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360767v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Kevin Makanga" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larson Boundenga" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Yannick Bitome-Essono" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Arnathau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Rougeron" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijppaw.2025.101104" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05203664v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clark Mbou-Boutambe" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gauthier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijppaw.2025.101112" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392385v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Roberts" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Fritz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.72186" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731616v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Musab Ali Albsheer" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfred Hubbard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Cambel Dieng" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eyoab Iyasu Gebremeskel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safaa Ahmed" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2024.105643" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728012v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert S. Davis" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Overton" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Prugnolle" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Sievert" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fooweb.2023.e00331" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04605931v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Illich Manfred Mombo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2024.105607" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836777v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux J M Lefebvre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josquin Daron" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Legrand" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael C. Fontaine" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msad082" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286942v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Rieu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Fritz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Telstar Ndong Mebaley" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens12101272" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174029v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Valente" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jiolle" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ravel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Porciani" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Vial" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2023/9145289" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728018v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rom&#233;o Karl Imboumy-Limoukou" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Biteghe-Bi-Essone" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judicael Boris Lendongo Wombo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Etenna Lekana-Douki" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/diagnostics13203271" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03745684v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solomon Mwakasungula" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Miguel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13670" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829981v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larson LB Boundenga" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Durand" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsre/fuac016" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863517v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouinga-Ondeme Augustin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoubangoye Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Makouloutou Nzassi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens11090992" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748455v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12936-022-04132-7" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829983v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Renaud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsre/fuab047" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915422v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Daron" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boissiere" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Boundenga" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ngoubangoye" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Houze" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abc3713" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065952v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Illich M Mombo" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Suquet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barth&#233;l&#233;my Ngoubangoye" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Darren Maganga" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micpath.2020.104659" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974436v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerry Tonkin-Hill" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shazia Ruybal-Pes&#225;ntez" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn Tiedje" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Duffy" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1009269" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065955v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Berthet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca Atencia" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debby Cox" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MRA.00893-20" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065957v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Popovici" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roesch" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1008258" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02567249v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Elguero" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Acu&#241;a Hidalgo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Durand Patrick" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0008072" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309286v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Audrey Tsoumbou" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5430/jer.v5n2p6" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364469v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J.E. Charpentier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Beaulieu" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.E. Dibakou" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijppaw.2019.09.009" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379536v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Ntie" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy-Diamella Moukodoum" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Renaud" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijppaw.2019.07.010" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02063571v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Suquet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Mveang-Nzoghe" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Maganga-Mboga" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2018.12.003" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01960237v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Gilabert" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Otto" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gavin G Rutledge" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Franzon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Ollomo" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.2006035" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01960220v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Crellen" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike B&#246;hme" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-018-0162-2" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01947703v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Audrey Tsoubmou" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.4539" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02013928v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. de Meeus" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Ba&#241;uls" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2016.10.013" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528044v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Yannick Bitome-Essono" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Diamella Mokoudoum" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.22069" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02005682v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen P Day" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yael Artzy-Randrup" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn E Tiedje" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Chen" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1613018114" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02005457v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Perkins" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric M. Leroy" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1645/16-118" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01960200v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Illich Mombo" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander N Lukashev" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Bleicker" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Br&#252;nink" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0169067" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01621487v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald S Chen" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas S Rask" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dionicia Gamboa" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.3425" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02011744v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Makanga" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Costantini" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nil Rahola" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Yangari" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.2769" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02013924v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Roche" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lluis Quintana-Murci" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Lee Abbate" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pt.2016.09.010" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WFB1D3D2-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01960172v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0148958" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01957730v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2016.06.004" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01957780v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1603008113" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01957697v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Suquet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Maganga" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. M Mombo" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4149/av_2016_04_386" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074621v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0136700" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943098v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Herbert" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Meyer" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diamella Nancy Moukodoum" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Prince Okouga" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12936-015-0743-y" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01957550v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Mouele" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Mve-Ondo" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12936-015-0622-6" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943163v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucr&#232;ce D&#233;licat-Loembet" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1505665112" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641023v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucresse Delicat-Loembet" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0126933" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03002433v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Mv&#233;-Ondo" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieudonn&#233; Nkoghe" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Bisvigou" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12936-015-0862-5" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03516026v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine N&#8242;dilimabaka" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joa Bra&#239;the Mangombi" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.01009-14" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-01109668v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erhan Yalcindag" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.12696" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-82HZZR22-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03516029v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Illich M. Mombo" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Bouchier" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph N. Fair" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradley S. Schneider" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00680-14" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02065045v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Becquart" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Berry" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1306004110" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05503261v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caira Woods" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bodeau-Livinec" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Migot-Nabias" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0076924" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00691457v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry de Mee&#251;s" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mallorie Hide" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Le Falher" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bucheton" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0001448" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589282v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Carme" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Simon" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Couppi&#233;" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2011.05162.x" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8NLF2P3Q-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02942250v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Catzeflis" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hide" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2011.04.028" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CN3PRZJQ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02401702v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Kako Ouraga" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1001004" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995046v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934010v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shazia Ruybal-Pesantez" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sedigheh Zakeri" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995071v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313882v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Gilbert" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Baehrel" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Biron" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bourmaud" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dubreuil" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/ecologie-environnement-sciences-de-la-terre/regards-croises-sur-les-pandemies/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785631v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bo&#235;tsch" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Hossaert-Mckey" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Thi&#233;bault" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrs.fr/fr/ecologie-de-la-sante-pour-une-nouvelle-lecture-de-nos-maux" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728005v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Davis" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terry-Lee Honiball" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867637v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Rond&#243;n" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357624v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lain Pardo" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Somers" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Peel" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728002v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782302v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M J M Lefebvre" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G A Fontecha" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Noya" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/virginie-rougeron" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5873-5681" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/143797123" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392391v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Locadia Dzingwena" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Thel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Choisy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Garbett" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Wilkinson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-23151-3" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360741v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05032334v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Lefebvre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Degrugillier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arnathau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Fontecha" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Noya" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1012811" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360767v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Kevin Makanga" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larson Boundenga" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Yannick Bitome-Essono" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Arnathau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Rougeron" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijppaw.2025.101104" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05203664v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clark Mbou-Boutambe" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gauthier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijppaw.2025.101112" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392385v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Roberts" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Fritz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.72186" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731616v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Musab Ali Albsheer" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfred Hubbard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Cambel Dieng" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eyoab Iyasu Gebremeskel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safaa Ahmed" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2024.105643" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728012v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert S. Davis" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Overton" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Prugnolle" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Sievert" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fooweb.2023.e00331" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04605931v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Illich Manfred Mombo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2024.105607" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286942v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Rieu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Fritz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Telstar Ndong Mebaley" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens12101272" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836777v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux J M Lefebvre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josquin Daron" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Legrand" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael C. Fontaine" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msad082" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174029v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Valente" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jiolle" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ravel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Porciani" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Vial" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2023/9145289" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728018v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rom&#233;o Karl Imboumy-Limoukou" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Biteghe-Bi-Essone" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judicael Boris Lendongo Wombo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Etenna Lekana-Douki" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/diagnostics13203271" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03745684v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solomon Mwakasungula" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Miguel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13670" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863517v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouinga-Ondeme Augustin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoubangoye Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Makouloutou Nzassi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens11090992" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829981v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larson LB Boundenga" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Durand" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsre/fuac016" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748455v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12936-022-04132-7" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829983v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Renaud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsre/fuab047" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065952v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Illich M Mombo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Suquet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barth&#233;l&#233;my Ngoubangoye" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Darren Maganga" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micpath.2020.104659" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915422v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Daron" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boissiere" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Boundenga" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ngoubangoye" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Houze" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abc3713" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974436v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerry Tonkin-Hill" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shazia Ruybal-Pes&#225;ntez" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn Tiedje" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Duffy" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1009269" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065957v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Popovici" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roesch" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1008258" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065955v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Berthet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca Atencia" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debby Cox" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MRA.00893-20" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02567249v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Elguero" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Acu&#241;a Hidalgo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Durand Patrick" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0008072" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364469v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J.E. Charpentier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Beaulieu" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.E. Dibakou" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijppaw.2019.09.009" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309286v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Audrey Tsoumbou" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5430/jer.v5n2p6" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379536v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Ntie" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy-Diamella Moukodoum" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Renaud" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijppaw.2019.07.010" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02063571v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Suquet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Mveang-Nzoghe" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Maganga-Mboga" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2018.12.003" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01960237v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Gilabert" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Otto" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gavin G Rutledge" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Franzon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Ollomo" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.2006035" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01960220v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Crellen" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike B&#246;hme" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-018-0162-2" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01947703v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Audrey Tsoubmou" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.4539" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02005457v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Perkins" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric M. Leroy" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1645/16-118" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01621487v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn E Tiedje" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald S Chen" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas S Rask" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dionicia Gamboa" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.3425" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01960200v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Illich Mombo" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander N Lukashev" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Bleicker" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Br&#252;nink" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0169067" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02013928v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. de Meeus" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Ba&#241;uls" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2016.10.013" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528044v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Yannick Bitome-Essono" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Diamella Mokoudoum" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.22069" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02005682v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen P Day" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yael Artzy-Randrup" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Chen" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1613018114" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02011744v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Makanga" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Costantini" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nil Rahola" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Yangari" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.2769" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02013924v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Roche" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lluis Quintana-Murci" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Lee Abbate" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pt.2016.09.010" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WFB1D3D2-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01957730v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2016.06.004" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01960172v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0148958" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01957780v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1603008113" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01957697v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Suquet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Maganga" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. M Mombo" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4149/av_2016_04_386" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943098v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Herbert" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Meyer" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diamella Nancy Moukodoum" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Prince Okouga" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12936-015-0743-y" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01957550v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Mouele" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Mve-Ondo" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12936-015-0622-6" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074621v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0136700" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943163v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucr&#232;ce D&#233;licat-Loembet" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1505665112" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641023v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucresse Delicat-Loembet" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0126933" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03002433v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Mv&#233;-Ondo" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieudonn&#233; Nkoghe" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Bisvigou" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12936-015-0862-5" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03516026v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine N&#8242;dilimabaka" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joa Bra&#239;the Mangombi" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.01009-14" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-01109668v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erhan Yalcindag" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.12696" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-82HZZR22-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03516029v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Illich M. Mombo" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Bouchier" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph N. Fair" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradley S. Schneider" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00680-14" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02065045v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Becquart" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Berry" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1306004110" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05503261v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caira Woods" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bodeau-Livinec" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Migot-Nabias" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0076924" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589282v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Carme" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Simon" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Couppi&#233;" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2011.05162.x" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8NLF2P3Q-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00691457v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry de Mee&#251;s" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mallorie Hide" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Le Falher" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bucheton" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0001448" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02942250v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Catzeflis" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hide" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2011.04.028" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CN3PRZJQ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02401702v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Kako Ouraga" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1001004" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995046v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934010v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shazia Ruybal-Pesantez" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sedigheh Zakeri" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995071v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313882v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Gilbert" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Baehrel" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Biron" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bourmaud" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dubreuil" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/ecologie-environnement-sciences-de-la-terre/regards-croises-sur-les-pandemies/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785631v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bo&#235;tsch" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Hossaert-Mckey" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Thi&#233;bault" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrs.fr/fr/ecologie-de-la-sante-pour-une-nouvelle-lecture-de-nos-maux" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867637v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Rond&#243;n" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728005v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Davis" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terry-Lee Honiball" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357624v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lain Pardo" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Somers" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Peel" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728002v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782302v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M J M Lefebvre" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G A Fontecha" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Noya" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>