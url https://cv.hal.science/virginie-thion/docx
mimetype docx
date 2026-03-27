--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -106,209 +106,209 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topological Querying of Music Scores</w:t>
+                <w:t xml:space="preserve">Exploration de partitions musicales modélisées sous forme de graphe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Rigaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Thion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data and Knowledge Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 153, pp.102340. </w:t>
+              <w:t xml:space="preserve">Revue ouverte d'ingénierie des systèmes d'information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.datak.2024.102340⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21494/ISTE.OP.2024.1193⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04614440v1</w:t>
+                <w:t xml:space="preserve">hal-04464885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploration de partitions musicales modélisées sous forme de graphe</w:t>
+                <w:t xml:space="preserve">Topological Querying of Music Scores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Rigaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Thion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue ouverte d'ingénierie des systèmes d'information</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 4 (2), </w:t>
+              <w:t xml:space="preserve">Data and Knowledge Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 153, pp.102340. </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21494/ISTE.OP.2024.1193⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.datak.2024.102340⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04464885v1</w:t>
+                <w:t xml:space="preserve">hal-04614440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data Quality Assessment in Digital Score Libraries. The GioQoso Project</w:t>
               </w:r>
@@ -1387,416 +1387,416 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maelis4Skrid: an Approximate Query Engine for an Online Graph-Based Musical Score Library</w:t>
+                <w:t xml:space="preserve">Fuzzy Retrieval of Musical Scores Based on Melodic Patterns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Aly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Thion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Companion Proceedings of the ACM Web Conference 2025, WWW 2025</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">FUZZ-IEEE 2025 - Annual IEEE International Conference on Fuzzy Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Reims, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04904525v1</w:t>
+                <w:t xml:space="preserve">hal-05050369v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Where Graphs Meet Fuzzy Logic — A DBMS-Centered Engine for Polyphonic Music Matching in Score Databases</w:t>
+                <w:t xml:space="preserve">A Flexible Framework for Transposition-Aware Querying of a Musical Score Database (Best Paper Award RCIS 2025)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Aly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Thion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EDBT 2026 - 29th International Conference on Extending Database Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2026, Tampere, Finland</w:t>
+              <w:t xml:space="preserve">Research Challenges in Information Science (RCIS'25)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Seville, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05485122v2</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05011084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Flexible Framework for Transposition-Aware Querying of a Musical Score Database (Best Paper Award RCIS 2025)</w:t>
+                <w:t xml:space="preserve">Maelis4Skrid: an Approximate Query Engine for an Online Graph-Based Musical Score Library</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Aly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Thion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research Challenges in Information Science (RCIS'25)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Companion Proceedings of the ACM Web Conference 2025, WWW 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Sydney, Australia. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3701716.3715185⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05011084v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04904525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fuzzy Retrieval of Musical Scores Based on Melodic Patterns</w:t>
+                <w:t xml:space="preserve">Where Graphs Meet Fuzzy Logic — A DBMS-Centered Engine for Polyphonic Music Matching in Score Databases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Aly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Thion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FUZZ-IEEE 2025 - Annual IEEE International Conference on Fuzzy Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Reims, France</w:t>
+              <w:t xml:space="preserve">EDBT 2026 - 29th International Conference on Extending Database Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2026, Tampere, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05050369v2</w:t>
+                <w:t xml:space="preserve">hal-05485122v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Database Approaches to the Modelling and Querying of Musical Scores: a Survey</w:t>
               </w:r>
@@ -2061,429 +2061,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02116133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FURQL : une extension floue de SPARQL</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olfa Slama</w:t>
+                <w:t xml:space="preserve">Gioqoso, an online Quality Assessment Tool for Music Notation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Foscarin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Fiala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Jacquemard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rigaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Thion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INFORSID Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Nantes, France</w:t>
+              <w:t xml:space="preserve">4th International Conference on Technologies for Music Notation and Representation (TENOR'18)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sandeep Bhagwati and Jean Bresson, May 2018, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01962967v1</w:t>
+                <w:t xml:space="preserve">hal-01895171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gioqoso, an online Quality Assessment Tool for Music Notation</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philippe Rigaux</w:t>
+                <w:t xml:space="preserve">FURQL : une extension floue de SPARQL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pivert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olfa Slama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Thion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Conference on Technologies for Music Notation and Representation (TENOR'18)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sandeep Bhagwati and Jean Bresson, May 2018, Montreal, Canada</w:t>
+              <w:t xml:space="preserve">INFORSID Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01895171v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01962967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quality Awareness over Graph Pattern Queries</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Rigaux</w:t>
+                <w:t xml:space="preserve">Fuzzy Quantified Queries to Fuzzy RDF Databases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pivert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olfa Slama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Thion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the International Database Engineering &amp; Applications Symposium (IDEAS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE International Conference on Fuzzy Systems (FUZZ-IEEE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Naples, Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01528456v1</w:t>
+                <w:t xml:space="preserve">hal-01510270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fuzzy Quantified Queries to Fuzzy RDF Databases</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olfa Slama</w:t>
+                <w:t xml:space="preserve">Quality Awareness over Graph Pattern Queries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rigaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Thion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Fuzzy Systems (FUZZ-IEEE)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the International Database Engineering &amp; Applications Symposium (IDEAS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Bristol, United Kingdom. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3105831.3105871⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01510270v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01528456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formalizing quality rules on music notation. An ontology-based approach</w:t>
               </w:r>
@@ -2584,857 +2584,857 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02475753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Requêtes quantifiées floues structurelles sur des bases de données graphe</w:t>
+                <w:t xml:space="preserve">An Extension of SPARQL with Fuzzy Navigational Capabilities for Querying Fuzzy RDF Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olfa Slama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Thion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Logique Floue et Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Fuzzy Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01962976v1</w:t>
+                <w:t xml:space="preserve">hal-01290932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fuzzy Quantified Structural Queries to Fuzzy Graph Databases</w:t>
+                <w:t xml:space="preserve">A Fuzzy Extension of SPARQL for Querying Gradual RDF Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olfa Slama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Smits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Thion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the International Conference on Scalable Uncertainty Management (SUM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Nice, France</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Research Challenges in Information Science (RCIS’16) Posters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01336670v1</w:t>
+                <w:t xml:space="preserve">hal-01297190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Fuzzy Extension of SPARQL for Querying Gradual RDF Data</w:t>
+                <w:t xml:space="preserve">Fuzzy Quantified Structural Queries to Fuzzy Graph Databases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olfa Slama</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Grégory Smits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Thion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Research Challenges in Information Science (RCIS’16) Posters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Proceedings of the International Conference on Scalable Uncertainty Management (SUM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01297190v1</w:t>
+                <w:t xml:space="preserve">hal-01336670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SUGAR: A Graph Database Fuzzy Querying System</w:t>
+                <w:t xml:space="preserve">Requêtes quantifiées floues structurelles sur des bases de données graphe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olfa Slama</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Grégory Smits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Thion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Research Challenges in Information Science (RCIS’16) Demos</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Logique Floue et Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, La Rochelle, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01297185v1</w:t>
+                <w:t xml:space="preserve">hal-01962976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Methodology for Quality Assessment in Collaborative Score Libraries</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Alice Tacaille</w:t>
+                <w:t xml:space="preserve">SUGAR: A Graph Database Fuzzy Querying System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pivert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olfa Slama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Smits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Thion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 17th International Society for Music Information Retrieval Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE International Conference on Research Challenges in Information Science (RCIS’16) Demos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Grenoble, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/RCIS.2016.7549366⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01316014v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01297185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FURQL : une extension floue du langage SPARQL</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olfa Slama</w:t>
+                <w:t xml:space="preserve">A Methodology for Quality Assessment in Collaborative Score Libraries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Gurrieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rigaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Tacaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Thion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Bases de Données Avancées (BDA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Proceedings of the 17th International Society for Music Information Retrieval Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, New York City, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01962977v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01316014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SPARQL Extensions with Preferences: a Survey</w:t>
+                <w:t xml:space="preserve">FURQL : une extension floue du langage SPARQL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olfa Slama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Thion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM Symposium on Applied Computing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées Bases de Données Avancées (BDA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Poitiers, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01235190v1</w:t>
+                <w:t xml:space="preserve">hal-01962977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Extension of SPARQL with Fuzzy Navigational Capabilities for Querying Fuzzy RDF Data</w:t>
+                <w:t xml:space="preserve">SPARQL Extensions with Preferences: a Survey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olfa Slama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Thion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Fuzzy Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ACM Symposium on Applied Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Pisa, Italy, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2851613.2851690⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01290932v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01235190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expression and Efficient Processing of Fuzzy Queries in a Graph Database Context</w:t>
               </w:r>
@@ -3613,51 +3613,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01186577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On a Fuzzy Algebra for Querying Graph Databases</w:t>
+                <w:t xml:space="preserve">Une algèbre floue pour l'interrogation flexible de bases de données graphes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Thion</w:t>
@@ -3675,106 +3675,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Jaudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Smits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Tools with Artificial Intelligence (ICTAI)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">BDA 2014 : Gestion de données - principes, technologies et applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Autrans, France. pp.8--17</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01059991v1</w:t>
+                <w:t xml:space="preserve">hal-01169913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une algèbre floue pour l'interrogation flexible de bases de données graphes</w:t>
+                <w:t xml:space="preserve">On a Fuzzy Algebra for Querying Graph Databases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Thion</w:t>
@@ -3792,73 +3783,82 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Jaudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Smits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BDA 2014 : Gestion de données - principes, technologies et applications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE International Conference on Tools with Artificial Intelligence (ICTAI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Limassol, Cyprus. pp.748-755, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICTAI.2014.116⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01169913v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01059991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data-Quality-Aware Skyline Queries</w:t>
               </w:r>
@@ -3955,316 +3955,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01011031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Desktop Interface over Distributed Document Repositories</w:t>
+                <w:t xml:space="preserve">Évaluation d?un système d?information et de connaissance - De l?importance de la prise en compte de la connaissance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camelia Constantin</w:t>
+                <w:t xml:space="preserve">Pierre-Emmanuel Arduin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cedric Du Mouza</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Doan Quang-Minh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Grigori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Grim-Yefsah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Grundstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Extending Database Technology (EDBT'12)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2012, Berlin, Germany. pp.104-107</w:t>
+              <w:t xml:space="preserve">InFormatique des ORganisations et Syst?mes d?Information et de D?cision (INFORSID)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, X, France. pp.371-378</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01126006v1</w:t>
+                <w:t xml:space="preserve">hal-01126158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation d?un système d?information et de connaissance - De l?importance de la prise en compte de la connaissance</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Desktop Interface over Distributed Document Repositories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniela Grigori</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Malika Grim-Yefsah</w:t>
+                <w:t xml:space="preserve">Camelia Constantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Grundstein</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cedric Du Mouza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rigaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Thion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Travers</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">InFormatique des ORganisations et Syst?mes d?Information et de D?cision (INFORSID)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, X, France. pp.371-378</w:t>
+              <w:t xml:space="preserve">International Conference on Extending Database Technology (EDBT'12)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Berlin, Germany. pp.104-107</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01126158v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01126006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Browse Your Content-Based Distributed Repository!</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camelia Constantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Du Mouza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Rigaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4328,90 +4328,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation d'un système d?information et de connaissance - De l'importance de la prise en compte de la connaissance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Emmanuel Arduin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Grim-Yefsah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Emmanuel Arduin</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Michel Grundstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Grigori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quang Minh Doan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4591,185 +4591,185 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using information of an Informal Network to Evaluate Business Process Robustness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Grim-Yefsah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Virginie Thion</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Thion-Goasdoué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Knowledge Management and Information Sharing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2011, X, France. pp.430-435</w:t>
+              <w:t xml:space="preserve">, Oct 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01125944v1</w:t>
+                <w:t xml:space="preserve">hal-04012431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using information of an Informal Network to Evaluate Business Process Robustness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Grim-Yefsah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">V. Thion-Goasdoué</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Rosenthal-Sabroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Thion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Knowledge Management and Information Sharing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2011, Paris, France</w:t>
+              <w:t xml:space="preserve">, Oct 2011, X, France. pp.430-435</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04012431v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01125944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changing Provider in an Outsourced Information System Project: Good Practices for Knowledge Transfer</w:t>
               </w:r>
@@ -4939,151 +4939,138 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04012479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tagging resources, tagging communities</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Virginie Thion</w:t>
+                <w:t xml:space="preserve">Un premier pas vers l'utilisation d'une analyse structurelle de réseau social pour évaluer la qualité d'un processus métier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Grim-Yefsah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Rosenthal-Sabroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Thion-Goasdoué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ITNG'10, Las Vegas, Nevada, USA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2010, X, France. pp.1253-1254</w:t>
+              <w:t xml:space="preserve">INFORSID</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Marseiile, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01125801v1</w:t>
+                <w:t xml:space="preserve">hal-04012466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un premier pas vers l'utilisation d'une analyse structurelle de réseau social pour évaluer la qualité d'un processus métier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Grim-Yefsah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5112,424 +5099,437 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INFormatique des ORganisations et Syst?mes d?Information et de D?cision (INFORSID)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, X, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01125853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling synchronized time series</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
+                <w:t xml:space="preserve">Tagging resources, tagging communities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lylia Abrouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gross-Amblard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Virginie Thion-Goasdoué</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Cullot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Thion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IDEAS 2010 : Fourteenth International Database Engineering and Applications Symposium</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ITNG'10, Las Vegas, Nevada, USA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2010, X, France. pp.1253-1254</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00590974v2</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01125801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un premier pas vers l'utilisation d'une analyse structurelle de réseau social pour évaluer la qualité d'un processus métier</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Camille Rosenthal-Sabroux</w:t>
+                <w:t xml:space="preserve">Modeling synchronized time series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoé Faget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gross-Amblard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rigaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Thion-Goasdoué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INFORSID</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IDEAS 2010 : Fourteenth International Database Engineering and Applications Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Montreal, Canada. pp.82-89, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/1866480.1866493⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04012466v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00590974v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multidimensional Management and Analysis of Quality Measures for CRM Applications</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Comyn-Wattiau</w:t>
+                <w:t xml:space="preserve">The NEUMA Project: Towards Cooperative On-line Music Score Libraries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lylia Abrouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Audéon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Cullot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Davy-Rigaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoé Faget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Conference on Information Quality</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Postdam, Germany</w:t>
+              <w:t xml:space="preserve">International Workshop on Exploring Musical Information Spaces (WEMIS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Corfu, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01024112v1</w:t>
+                <w:t xml:space="preserve">hal-01196510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation d'applications orientées données</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Guehis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Rigaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5544,212 +5544,212 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes des 25èmes journées des Bases de Données Avancées (BDA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Namur, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01196497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The NEUMA Project: Towards Cooperative On-line Music Score Libraries</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Zoé Faget</w:t>
+                <w:t xml:space="preserve">Multidimensional Management and Analysis of Quality Measures for CRM Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronika Peralta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virgine Thion-Goasdoué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoubida Kedad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Berti-Équille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Comyn-Wattiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Exploring Musical Information Spaces (WEMIS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Corfu, Greece</w:t>
+              <w:t xml:space="preserve">14th International Conference on Information Quality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Postdam, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01196510v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01024112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Speeding-up data-driven applications with program summaries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Guehis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Thion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5848,51 +5848,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Thion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoubida Kedad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Berti-Équille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Comyn-Wattiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5947,51 +5947,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation de la qualité des systèmes multisources : une approche par les patterns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacky Akoka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Berti-Équille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Boucelma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6180,51 +6180,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A framework for quality evaluation in data integration systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacky Akoka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Berti-Équille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Boucelma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6428,64 +6428,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gioqoso, an Online Quality Evaluation Tool for MEI Scores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Fiala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Rigaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7170,51 +7170,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">QUADRIS : Qualité des données dans les systèmes d'informations multi-sources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Berti-Équille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacky Akoka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7320,77 +7320,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data Quality Rules for Digital Score Libraries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Fiala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Rigaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Tacaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Thion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7701,51 +7701,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04614440v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rigaux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Thion" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.datak.2024.102340" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464885v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2024.1193" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163156v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Foscarin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00799-021-00299-7" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02484041v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pivert" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Scholly" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Smits" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.INS.2020.02.035" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02444573v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Slama" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fss.2018.06.002" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012390v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Grim-Yefsah" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rosenthal-Sabroux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Si-Said Cherfi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10580530.2016.1117879" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01333623v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Barrau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubida Kedad" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Laboisse" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Nugier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126064v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lylia Abrouk" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Aud&#233;on" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Cullot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Davy-Rigaux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00932163v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666237v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Berti-Equille" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Comyn-Wattiau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronika Peralta" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Cosquer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJIQ.2011.043780" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012461v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Thion-Goasdou&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/isi.15.6.63-83" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-Z18NDJZN-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904525v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Aly" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3701716.3715185" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485122v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011084v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050369v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681804v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03672224v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02116133v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Doumard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01962967v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01895171v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Fiala" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Jacquemard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01528456v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3105831.3105871" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01510270v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475753v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Hamdi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Travers" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01962976v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336670v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01297190v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01297185v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RCIS.2016.7549366" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01316014v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Besson" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Gurrieri" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Tacaille" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01962977v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01235190v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2851613.2851690" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01290932v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01140195v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01186577v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RCIS.2015.7128869" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01059991v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jaudoin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI.2014.116" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169913v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011031v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-08326-1_56" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126006v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camelia Constantin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Du Mouza" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126158v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Arduin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doan Quang-Minh" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Grigori" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Grundstein" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126166v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012414v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Minh Doan" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953467v2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#225;thia Mar&#231;al de Oliveira" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dupuy-Chessa" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Gervais" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125944v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012431v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Thion-Goasdou&#233;" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125945v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012479v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125801v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gross-Amblard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125853v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00590974v2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Faget" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1866480.1866493" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012466v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024112v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgine Thion-Goasdou&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Berti-&#201;quille" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01196497v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Guehis" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01196510v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01196495v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1620432.1620440" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01196493v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125615v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Akoka" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Boucelma" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mokrane Bouzeghoub" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01343272v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Duquennoy" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323032v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00935268v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serenella Cerrito" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Cialdea" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-45616-3_19" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708859v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568651v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Delacroix" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Fournier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gil-Michalon" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lambert" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01962965v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Castelltort" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laurent" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119528227.ch6" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01495911v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Goasdou&#233;" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126030v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00325039v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Berti-&#201;quille" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Boucelma" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00332672v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cosquer" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01734821v2" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gioqoso Members" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/tel-02407434v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464885v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rigaux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Thion" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2024.1193" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04614440v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.datak.2024.102340" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163156v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Foscarin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00799-021-00299-7" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02484041v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pivert" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Scholly" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Smits" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.INS.2020.02.035" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02444573v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Slama" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fss.2018.06.002" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012390v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Grim-Yefsah" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rosenthal-Sabroux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Si-Said Cherfi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10580530.2016.1117879" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01333623v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Barrau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubida Kedad" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Laboisse" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Nugier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126064v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lylia Abrouk" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Aud&#233;on" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Cullot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Davy-Rigaux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00932163v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666237v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Berti-Equille" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Comyn-Wattiau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronika Peralta" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Cosquer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJIQ.2011.043780" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012461v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Thion-Goasdou&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/isi.15.6.63-83" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-Z18NDJZN-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050369v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Aly" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011084v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904525v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3701716.3715185" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485122v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681804v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03672224v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02116133v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Doumard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01895171v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Fiala" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Jacquemard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01962967v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01510270v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01528456v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3105831.3105871" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475753v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Hamdi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Travers" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01290932v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01297190v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336670v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01962976v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01297185v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RCIS.2016.7549366" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01316014v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Besson" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Gurrieri" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Tacaille" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01962977v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01235190v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2851613.2851690" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01140195v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01186577v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RCIS.2015.7128869" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169913v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jaudoin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01059991v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI.2014.116" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011031v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-08326-1_56" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126158v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Arduin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doan Quang-Minh" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Grigori" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Grundstein" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126006v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camelia Constantin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Du Mouza" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126166v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012414v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Minh Doan" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953467v2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#225;thia Mar&#231;al de Oliveira" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dupuy-Chessa" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Gervais" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012431v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Thion-Goasdou&#233;" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125944v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125945v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012479v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012466v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125853v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125801v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gross-Amblard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00590974v2" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Faget" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1866480.1866493" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01196510v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01196497v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Guehis" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024112v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgine Thion-Goasdou&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Berti-&#201;quille" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01196495v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1620432.1620440" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01196493v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125615v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Akoka" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Boucelma" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mokrane Bouzeghoub" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01343272v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Duquennoy" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323032v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00935268v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serenella Cerrito" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Cialdea" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-45616-3_19" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708859v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568651v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Delacroix" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Fournier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gil-Michalon" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lambert" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01962965v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Castelltort" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laurent" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119528227.ch6" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01495911v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Goasdou&#233;" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126030v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00325039v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Berti-&#201;quille" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Boucelma" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00332672v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cosquer" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01734821v2" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gioqoso Members" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/tel-02407434v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>