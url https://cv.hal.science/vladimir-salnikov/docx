--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Vladimir Salnikov </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Webpage: </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.vladimir-salnikov.org/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CV (Project Management, Organization, Collective Responsabilities, Grants, Positions and Education):</w:t></w:r><w:br/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.vladimir-salnikov.org/index.php?page=cv&lang=en</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Publications: </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.vladimir-salnikov.org/index.php?page=publi&lang=en</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Research interests, editorial activities: </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.vladimir-salnikov.org/index.php?page=research&lang=en</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Scientific events: </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.vladimir-salnikov.org/index.php?page=conf&lang=en</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Teaching and supervision: </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.vladimir-salnikov.org/index.php?page=teaching&lang=en</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From approximation of dissipative systems to semi-passive vibration damping and control - an illustration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Chekeres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematics and Mechanics of Complex Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13 (4), pp.437-446. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2140/memocs.2025.13.437⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05073636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From approximation of dissipative systems to representative space-time volume elements for metamaterials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Chekeres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco D’annibale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Continuum Mechanics and Thermodynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1597-1605. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00161-024-01318-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04609424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">THE CATEGORY OF Z−GRADED MANIFOLDS: WHAT HAPPENS IF YOU DO NOT STAY POSITIVE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexei Kotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Differential Geometry and its Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03445075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Port-Hamiltonian systems: structure recognition and applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin of the South Ural State University. Series "Mathematical Modelling, Programming and Computer Software"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 50 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Dirac Structures Admitting A Variational Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oscar Cosserat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexei Kotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Laurent-Gengoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonid Ryvkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematics and Mechanics of Complex Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11 (1), pp.1-18. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2140/memocs.2023.11.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03445074v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning port-Hamiltonian systems - algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Falaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lozienko</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Mathematics and Mathematical Physics / Zhurnal Vychislitel'noi Matematiki i Matematicheskoi Fiziki</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 63 (1), pp.126-134. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1134/S0965542523010104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03782667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential graded Lie groups and their differential graded Lie algebras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Jubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexei Kotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norbert Poncin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transformation Groups</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction of pseudo-geometric integrators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daria Loziienko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziz Hamdouni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Programming and Computer Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03444929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generalized and graded geometry for mechanics: a comprehensive introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziz Hamdouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daria Loziienko</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematics and Mechanics of Complex Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2140/memocs.2021.9.59⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03033197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Working from Home. 2 Months 8 Months and Still Continuing…</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Bruce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katarzyna Grabowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitry Millionshchikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Tuzhilin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMS Newsletter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4171/news/118/15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03033306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supersymmetrization: AKSZ and beyond?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Russian Journal of Mathematical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1134/S1061920820040111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03033219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential Geometry and Mechanics: A source of problems for computer algebra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziz Hamdouni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Programming and Computer Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 46 (2), pp.126 - 132. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1134/S0361768820020097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Working from Home. 2 Months 4 Months and Still Counting…</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Frabetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Schaposnik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMS Newsletter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4171/news/117/7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03033294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some robust integrators for large time dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dina Razafindralandy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziz Hamdouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Deeb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Modeling and Simulation in Engineering Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6 (1), </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40323-019-0130-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02093310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From modelling of systems with constraints to generalized geometry and back to numerics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziz Hamdouni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Mathematics and Mechanics / Zeitschrift für Angewandte Mathematik und Mechanik</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 99 (6), pp.e201800218. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/zamm.201800218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computation of effective electrical conductivity of composite materials: a novel approach based on analysis of graphs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Choï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Karamian-Surville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Composite Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 189, pp.661-666. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compstruct.2018.02.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02153047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graded geometry in gauge theories and beyond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geometry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 87, pp.422-431. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geomphys.2014.07.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On efficient and reliable stochastic generation of RVEs for analysis of composites within the framework of homogenization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Choï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Karamian-Surville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 55 (1), pp.127-144. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00466-014-1086-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02142165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measure of combined effects of morphological parameters of inclusions within composite materials via stochastic homogenization to determine effective mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Choï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Karamian-Surville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Composite Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 129, pp.122-131. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compstruct.2015.03.076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02142139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effective Algorithm of Analysis of Integrability via the Ziglin’s Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Dynamical and Control Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 20 (4), pp.465-474. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10883-014-9213-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2d gauge theories and generalized geometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexei Kotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Strobl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 2014 (8), </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2014)021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirac Sigma Models from Gauging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Strobl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.10.1007/JHEP11(2013)110. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2013)110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégrabilité dynamique : de l'approche algébrique au calcul parallèle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matapli</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On numerical approaches to the analysis of topology of the phase space for dynamical integrability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chaos, Solitons &amp; Fractals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 57, pp.155-161. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chaos.2013.10.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'approximation des systèmes dissipatifs au volume élémentaire représentatif en espace-temps.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Chekeres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05312944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique de Dirac pour les problèmes mécaniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Cosserat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Laurent-Gengoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Ryvkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03782507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géométrie généralisée et graduée pour la mécanique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziz Hamdouni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de l’impact de perturbations contrôlées sur la morphologie des renforts dans le comportement homogénéisé des composites.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Karamian-Surville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Choï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès français de mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02407490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometric integrators in mechanics - the need for computer algebra tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziz Hamdouni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference "Computer Algebra"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Moscou, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Fibre-Metal Laminates by Means of Higher Order Hierarchical Beam Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynn Hanten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetano Giunta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salim Belouettar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIV International Conference of Italian Association of Aeronautics and Astronautics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Palermo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génération aléatoire de VER à inclusions géométriques modulables inspirée de la dynamique moléculaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Karamian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Choi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2017 - 23ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03465351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génération aléatoire 3D de VER à inclusions géométriques modulables inspirée de la dynamique moléculaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Karamian-Surville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Choi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23 ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the influence of the inclusions' morphology on the accuracy of the prediction of reinforced composites mechanical behaviour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viwanou Hounkpati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Karamian-Surville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VII European Congress on Computational Methods in Applied Sciences and Engineering (ECCOMAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Crete Island, Greece. pp.vol 4, 7711-7719, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7712/100016.2367.5326⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03354033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computation of thermal properties via 3D homogenization of multiphase materials using FFT-based accelerated scheme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Karamian-Surville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Choï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès français de mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, LYON, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02407447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche par la dynamique moléculaire pour la conception de VER 3D et variations autour de la pixellisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Choï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Karamian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e Colloque national en calcul des structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CSMA, May 2015, Giens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01516452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computation of thermal properties via 3D homogenization of multiphase materials using FFT-based accelerated scheme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Karamian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03445026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RVE GENERATION BASED ON MOLECULAR DYNAMICS - APPLICATIONS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Karamian-Surville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Choï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROPEAN MECHANICS OF MATERIALS CONFERENCE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02407536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generalized Geometry in Relation to Physics and Mechanics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geometric Methods in Physics XLI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Nature Switzerland, pp.277-291, 2025, Trends in Mathematics, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-89857-0_19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05406803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generalized geometry in relation to physics and mechanics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture notes of the XIII School on Geometry and Physics, XLI Workshop on Geometric Methods in Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04985436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supergeometry and Dissipative Quantum Fields for Engineers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Chekeres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05312532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VARIOUS INSTANCES OF HARISH-CHANDRA PAIRS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexei Kotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03782672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Normal forms of z-graded q-manifolds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexei Kotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Laurent-Gengoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the choice of homogenization method to achieve effective mechanical properties of composites reinforced by ellipsoidal and spherical particles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viwanou Hounkpati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Karamian-Surville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03190415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId115"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Vladimir Salnikov </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Webpage: </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.vladimir-salnikov.org/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CV (Project Management, Organization, Collective Responsabilities, Grants, Positions and Education):</w:t></w:r><w:br/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.vladimir-salnikov.org/index.php?page=cv&lang=en</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Publications: </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.vladimir-salnikov.org/index.php?page=publi&lang=en</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Research interests, editorial activities: </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.vladimir-salnikov.org/index.php?page=research&lang=en</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Scientific events: </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.vladimir-salnikov.org/index.php?page=conf&lang=en</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Teaching and supervision: </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.vladimir-salnikov.org/index.php?page=teaching&lang=en</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From approximation of dissipative systems to semi-passive vibration damping and control - an illustration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Chekeres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematics and Mechanics of Complex Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13 (4), pp.437-446. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2140/memocs.2025.13.437⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05073636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From approximation of dissipative systems to representative space-time volume elements for metamaterials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Chekeres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco D’annibale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Continuum Mechanics and Thermodynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1597-1605. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00161-024-01318-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04609424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">THE CATEGORY OF Z−GRADED MANIFOLDS: WHAT HAPPENS IF YOU DO NOT STAY POSITIVE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexei Kotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Differential Geometry and its Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03445075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Port-Hamiltonian systems: structure recognition and applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin of the South Ural State University. Series "Mathematical Modelling, Programming and Computer Software"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 50 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Dirac Structures Admitting A Variational Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oscar Cosserat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexei Kotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Laurent-Gengoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonid Ryvkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematics and Mechanics of Complex Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11 (1), pp.1-18. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2140/memocs.2023.11.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03445074v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning port-Hamiltonian systems - algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Falaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lozienko</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Mathematics and Mathematical Physics / Zhurnal Vychislitel'noi Matematiki i Matematicheskoi Fiziki</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 63 (1), pp.126-134. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1134/S0965542523010104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03782667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential graded Lie groups and their differential graded Lie algebras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Jubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexei Kotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norbert Poncin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transformation Groups</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction of pseudo-geometric integrators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daria Loziienko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziz Hamdouni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Programming and Computer Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03444929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generalized and graded geometry for mechanics: a comprehensive introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziz Hamdouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daria Loziienko</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematics and Mechanics of Complex Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2140/memocs.2021.9.59⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03033197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Working from Home. 2 Months 8 Months and Still Continuing…</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Bruce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katarzyna Grabowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitry Millionshchikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Tuzhilin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMS Newsletter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4171/news/118/15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03033306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supersymmetrization: AKSZ and beyond?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Russian Journal of Mathematical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1134/S1061920820040111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03033219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential Geometry and Mechanics: A source of problems for computer algebra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziz Hamdouni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Programming and Computer Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 46 (2), pp.126 - 132. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1134/S0361768820020097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Working from Home. 2 Months 4 Months and Still Counting…</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Frabetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Schaposnik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMS Newsletter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4171/news/117/7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03033294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some robust integrators for large time dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dina Razafindralandy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziz Hamdouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Deeb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Modeling and Simulation in Engineering Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6 (1), </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40323-019-0130-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02093310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From modelling of systems with constraints to generalized geometry and back to numerics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziz Hamdouni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Mathematics and Mechanics / Zeitschrift für Angewandte Mathematik und Mechanik</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 99 (6), pp.e201800218. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/zamm.201800218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computation of effective electrical conductivity of composite materials: a novel approach based on analysis of graphs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Choï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Karamian-Surville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Composite Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 189, pp.661-666. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compstruct.2018.02.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02153047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graded geometry in gauge theories and beyond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geometry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 87, pp.422-431. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geomphys.2014.07.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On efficient and reliable stochastic generation of RVEs for analysis of composites within the framework of homogenization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Choï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Karamian-Surville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 55 (1), pp.127-144. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00466-014-1086-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02142165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measure of combined effects of morphological parameters of inclusions within composite materials via stochastic homogenization to determine effective mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Choï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Karamian-Surville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Composite Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 129, pp.122-131. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compstruct.2015.03.076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02142139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effective Algorithm of Analysis of Integrability via the Ziglin’s Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Dynamical and Control Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 20 (4), pp.465-474. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10883-014-9213-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2d gauge theories and generalized geometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexei Kotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Strobl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 2014 (8), </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2014)021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirac Sigma Models from Gauging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Strobl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.10.1007/JHEP11(2013)110. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2013)110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégrabilité dynamique : de l'approche algébrique au calcul parallèle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matapli</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On numerical approaches to the analysis of topology of the phase space for dynamical integrability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chaos, Solitons &amp; Fractals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 57, pp.155-161. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chaos.2013.10.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'approximation des systèmes dissipatifs au volume élémentaire représentatif en espace-temps.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Chekeres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05312944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique de Dirac pour les problèmes mécaniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Cosserat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Laurent-Gengoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Ryvkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03782507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géométrie généralisée et graduée pour la mécanique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziz Hamdouni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de l’impact de perturbations contrôlées sur la morphologie des renforts dans le comportement homogénéisé des composites.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Karamian-Surville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Choï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès français de mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02407490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometric integrators in mechanics - the need for computer algebra tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziz Hamdouni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference "Computer Algebra"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Moscou, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Fibre-Metal Laminates by Means of Higher Order Hierarchical Beam Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynn Hanten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetano Giunta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salim Belouettar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIV International Conference of Italian Association of Aeronautics and Astronautics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Palermo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génération aléatoire de VER à inclusions géométriques modulables inspirée de la dynamique moléculaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Karamian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Choi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2017 - 23ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03465351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génération aléatoire 3D de VER à inclusions géométriques modulables inspirée de la dynamique moléculaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Karamian-Surville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Choi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23 ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the influence of the inclusions' morphology on the accuracy of the prediction of reinforced composites mechanical behaviour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viwanou Hounkpati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Karamian-Surville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VII European Congress on Computational Methods in Applied Sciences and Engineering (ECCOMAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Crete Island, Greece. pp.vol 4, 7711-7719, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7712/100016.2367.5326⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03354033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computation of thermal properties via 3D homogenization of multiphase materials using FFT-based accelerated scheme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Karamian-Surville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Choï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès français de mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, LYON, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02407447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche par la dynamique moléculaire pour la conception de VER 3D et variations autour de la pixellisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Choï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Karamian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e Colloque national en calcul des structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CSMA, May 2015, Giens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01516452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computation of thermal properties via 3D homogenization of multiphase materials using FFT-based accelerated scheme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Karamian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03445026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RVE GENERATION BASED ON MOLECULAR DYNAMICS - APPLICATIONS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Karamian-Surville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Choï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROPEAN MECHANICS OF MATERIALS CONFERENCE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02407536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generalized Geometry in Relation to Physics and Mechanics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geometric Methods in Physics XLI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Nature Switzerland, pp.277-291, 2025, Trends in Mathematics, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-89857-0_19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05406803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generalized geometry in relation to physics and mechanics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture notes of the XIII School on Geometry and Physics, XLI Workshop on Geometric Methods in Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04985436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supergeometry and Dissipative Quantum Fields for Engineers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Chekeres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05312532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Normal forms of z-graded q-manifolds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexei Kotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Laurent-Gengoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VARIOUS INSTANCES OF HARISH-CHANDRA PAIRS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexei Kotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03782672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the choice of homogenization method to achieve effective mechanical properties of composites reinforced by ellipsoidal and spherical particles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viwanou Hounkpati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Salnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Karamian-Surville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03190415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId115"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vladimir-salnikov.org/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vladimir-salnikov.org/index.php?page=cv&amp;lang=en" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vladimir-salnikov.org/index.php?page=publi&amp;lang=en" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vladimir-salnikov.org/index.php?page=research&amp;lang=en" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vladimir-salnikov.org/index.php?page=conf&amp;lang=en" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vladimir-salnikov.org/index.php?page=teaching&amp;lang=en" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073636v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Chekeres" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Salnikov" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/memocs.2025.13.437" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609424v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco D&#8217;annibale" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00161-024-01318-z" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445075v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Kotov" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308151v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445074v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Cosserat" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Laurent-Gengoux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonid Ryvkin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/memocs.2023.11.1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782667v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Falaize" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lozienko" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S0965542523010104" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403755v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Jubin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Poncin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444929v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Loziienko" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Hamdouni" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033197v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/memocs.2021.9.59" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033306v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Bruce" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Grabowska" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Millionshchikov" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Tuzhilin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/news/118/15" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033219v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1061920820040111" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403764v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S0361768820020097" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033294v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Frabetti" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Schaposnik" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/news/117/7" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093310v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Razafindralandy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Deeb" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40323-019-0130-2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403666v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/zamm.201800218" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153047v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cho&#239;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Karamian-Surville" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2018.02.012" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403724v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomphys.2014.07.001" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142165v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-014-1086-1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142139v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lemaitre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2015.03.076" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403736v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10883-014-9213-z" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403727v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Strobl" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2014)021" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959407v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2013)110" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403739v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403734v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chaos.2013.10.004" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312944v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782507v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Cosserat" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kotov" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Laurent-Gengoux" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Ryvkin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403756v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407490v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403757v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403761v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Hanten" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Giunta" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Belouettar" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465351v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Karamian" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Choi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403758v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Karamian-Surville" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Choi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354033v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viwanou Hounkpati" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vivet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7712/100016.2367.5326" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407447v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516452v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445026v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407536v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406803v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-89857-0_19" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985436v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312532v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782672v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906781v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190415v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vladimir-salnikov.org/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vladimir-salnikov.org/index.php?page=cv&amp;lang=en" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vladimir-salnikov.org/index.php?page=publi&amp;lang=en" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vladimir-salnikov.org/index.php?page=research&amp;lang=en" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vladimir-salnikov.org/index.php?page=conf&amp;lang=en" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vladimir-salnikov.org/index.php?page=teaching&amp;lang=en" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073636v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Chekeres" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Salnikov" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/memocs.2025.13.437" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609424v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco D&#8217;annibale" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00161-024-01318-z" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445075v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Kotov" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308151v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445074v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Cosserat" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Laurent-Gengoux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonid Ryvkin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/memocs.2023.11.1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782667v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Falaize" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lozienko" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S0965542523010104" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403755v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Jubin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Poncin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444929v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Loziienko" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Hamdouni" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033197v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/memocs.2021.9.59" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033306v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Bruce" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Grabowska" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Millionshchikov" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Tuzhilin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/news/118/15" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033219v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1061920820040111" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403764v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S0361768820020097" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033294v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Frabetti" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Schaposnik" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/news/117/7" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093310v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Razafindralandy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Deeb" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40323-019-0130-2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403666v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/zamm.201800218" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153047v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cho&#239;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Karamian-Surville" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2018.02.012" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403724v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomphys.2014.07.001" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142165v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-014-1086-1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142139v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lemaitre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2015.03.076" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403736v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10883-014-9213-z" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403727v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Strobl" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2014)021" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959407v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2013)110" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403739v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403734v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chaos.2013.10.004" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312944v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782507v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Cosserat" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kotov" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Laurent-Gengoux" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Ryvkin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403756v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407490v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403757v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403761v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Hanten" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Giunta" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Belouettar" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465351v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Karamian" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Choi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403758v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Karamian-Surville" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Choi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354033v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viwanou Hounkpati" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vivet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7712/100016.2367.5326" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407447v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516452v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445026v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407536v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406803v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-89857-0_19" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985436v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312532v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906781v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782672v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190415v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>