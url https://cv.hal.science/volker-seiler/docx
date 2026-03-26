--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -555,278 +555,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04079211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The economic importance of rare earth elements volatility forecasts</w:t>
+                <w:t xml:space="preserve">New Dimensions of Service Offshoring in World Trade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliane Proelss</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Denis Schweizer</w:t>
+                <w:t xml:space="preserve">Marc Atkins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Michael Gilroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volker Seiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Review of Financial Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.irfa.2019.01.010⟩</w:t>
+              <w:t xml:space="preserve">Intereconomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 54 (2), pp.120-126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10272-019-0805-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02983233v1</w:t>
+                <w:t xml:space="preserve">hal-04079174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Dimensions of Service Offshoring in World Trade</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The economic importance of rare earth elements volatility forecasts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliane Proelss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Atkins</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bernard Michael Gilroy</w:t>
+                <w:t xml:space="preserve">Denis Schweizer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volker Seiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intereconomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 54 (2), pp.120-126. </w:t>
+              <w:t xml:space="preserve">International Review of Financial Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.101316. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10272-019-0805-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.irfa.2019.01.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04079174v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02983233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do announcements of WTO dispute resolution cases matter? Evidence from the rare earth elements market</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliane Proelss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Schweizer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volker Seiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -867,226 +867,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02983217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Die Überprüfung der Random Walk Hypothese mit Hilfe des Variance Ratio Tests</w:t>
+                <w:t xml:space="preserve">Random-Walk-Hypothese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volker Seiler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Michael Gilroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Kröger</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bernard Michael Gilroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WiSt - Wirtschaftswissenschaftliches Studium</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">WISU - Das Wirtschaftsstudium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8-9, pp.905</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04079438v1</w:t>
+                <w:t xml:space="preserve">hal-04079338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Random-Walk-Hypothese</w:t>
+                <w:t xml:space="preserve">Die Überprüfung der Random Walk Hypothese mit Hilfe des Variance Ratio Tests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volker Seiler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Kröger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Michael Gilroy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sarah Kröger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WISU - Das Wirtschaftsstudium</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">WiSt - Wirtschaftswissenschaftliches Studium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 46 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15358/0340-1650-2017-11⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04079338v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04079438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Style Analyse im Fondsmanagement</w:t>
               </w:r>
@@ -1189,51 +1189,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wealth Effects of Rare Earth Prices and China’s Rare Earth Elements Policy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilian Müller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Schweizer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volker Seiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1605,178 +1605,178 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The impact of the German fuel discount on prices at the petrol pump</w:t>
+                <w:t xml:space="preserve">The relationship between Chinese and FOB prices of rare earth elements revisited</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volker Seiler</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nico Stöckmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XI Meeting on International Economics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, Castelló de la Plana, Spain</w:t>
+              <w:t xml:space="preserve">, May 2023, Castelló de la Plana, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04149883v1</w:t>
+                <w:t xml:space="preserve">hal-04149868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The relationship between Chinese and FOB prices of rare earth elements revisited</w:t>
+                <w:t xml:space="preserve">The impact of the German fuel discount on prices at the petrol pump</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volker Seiler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nico Stöckmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XI Meeting on International Economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Castelló de la Plana, Spain</w:t>
+              <w:t xml:space="preserve">17th CEUS Workshop on European Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Vallendar, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04149868v1</w:t>
+                <w:t xml:space="preserve">hal-04149876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The impact of the German fuel discount on prices at the petrol pump</w:t>
               </w:r>
@@ -1792,73 +1792,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Volker Seiler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nico Stöckmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th CEUS Workshop on European Economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Vallendar, Germany</w:t>
+              <w:t xml:space="preserve">XI Meeting on International Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Castelló de la Plana, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04149876v1</w:t>
+                <w:t xml:space="preserve">hal-04149883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The relationship between Chinese and FOB prices of rare earth elements revisited</w:t>
               </w:r>
@@ -2045,112 +2045,138 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04327423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">China-to-FOB price transmission in the rare earth elements market and the end of Chinese export restrictions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On Skewness and Prudence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Borss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volker Seiler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rudolf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WEAI Virtual 96th Annual Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Western Economic Association International, Jun 2021, Online, France</w:t>
+              <w:t xml:space="preserve">PEJ 2020: 14th Annual Meeting of the Portuguese Economic Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05088820v1</w:t>
+                <w:t xml:space="preserve">hal-05088832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acceptance of Digital Investment Solutions: The Case of Robo Advisory in Germany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katharina Maria Fanenbruck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2166,247 +2192,221 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BAM 2021: Recovering from Covid: Responsible Management and Reshaping the Economy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, British Academy of Management, Aug 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05088871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On Skewness and Prudence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Borss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volker Seiler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rudolf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PEJ 2020: 14th Annual Meeting of the Portuguese Economic Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Porto, Portugal</w:t>
+              <w:t xml:space="preserve">BAM 2021: Recovering from Covid: Responsible Management and Reshaping the Economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, British Academy of Management, Aug 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05088832v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05088846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On Skewness and Prudence</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">China-to-FOB price transmission in the rare earth elements market and the end of Chinese export restrictions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volker Seiler</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Rudolf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BAM 2021: Recovering from Covid: Responsible Management and Reshaping the Economy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, British Academy of Management, Aug 2021, Online, France</w:t>
+              <w:t xml:space="preserve">WEAI Virtual 96th Annual Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Western Economic Association International, Jun 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05088846v1</w:t>
+                <w:t xml:space="preserve">hal-05088820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">40 years of economic reform - the case of Pudong new area open economic zone in Shanghai</w:t>
               </w:r>
@@ -3423,51 +3423,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549980v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Seiler" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.qref.2024.03.007" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103434v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico St&#246;ckmann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ger-2022-0108" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079275v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Michael Gilroy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Peitz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2022.2099803" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079246v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eneco.2021.105485" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079211v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Maria Fanenbruck" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ribaf.2021.101490" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02983233v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Proelss" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Schweizer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irfa.2019.01.010" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079174v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Atkins" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10272-019-0805-4" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02983217v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eneco.2018.05.004" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079438v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Kr&#246;ger" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15358/0340-1650-2017-11" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079338v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079430v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladyslav Mykhalskyy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15358/0340-1650-2017-2-3" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079132v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian M&#252;ller" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10551-015-2773-3" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079446v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15358/0340-1650-2015-8" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078992v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gilroy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heike Schreckenberg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24908/fg.v10i2.4536" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079026v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Rudolf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Krume" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJBM-10-2012-0101" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149883v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149868v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149876v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149862v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149850v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327423v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088820v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088871v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088832v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Borss" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rudolf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088846v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088802v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088874v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088808v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079473v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079506v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Horn" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079492v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079518v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079512v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079537v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Eschelbach" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Lorek" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Novotny" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annett Pietrowiak" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549980v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Seiler" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.qref.2024.03.007" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103434v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico St&#246;ckmann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ger-2022-0108" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079275v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Michael Gilroy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Peitz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2022.2099803" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079246v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eneco.2021.105485" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079211v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Maria Fanenbruck" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ribaf.2021.101490" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079174v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Atkins" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10272-019-0805-4" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02983233v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Proelss" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Schweizer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irfa.2019.01.010" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02983217v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eneco.2018.05.004" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079338v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Kr&#246;ger" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079438v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15358/0340-1650-2017-11" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079430v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladyslav Mykhalskyy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15358/0340-1650-2017-2-3" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079132v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian M&#252;ller" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10551-015-2773-3" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079446v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15358/0340-1650-2015-8" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078992v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gilroy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heike Schreckenberg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24908/fg.v10i2.4536" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079026v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Rudolf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Krume" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJBM-10-2012-0101" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149868v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149876v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149883v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149862v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149850v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327423v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088832v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Borss" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rudolf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088871v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088846v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088820v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088802v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088874v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088808v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079473v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079506v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Horn" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079492v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079518v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079512v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079537v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Eschelbach" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Lorek" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Novotny" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annett Pietrowiak" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>