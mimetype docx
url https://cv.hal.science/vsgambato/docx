--- v0 (2026-03-03)
+++ v1 (2026-03-25)
@@ -1469,122 +1469,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03358789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuropsychiatric Disorders in Parkinson’s Disease: What Do We Know About the Role of Dopaminergic and Non-dopaminergic Systems?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prior MDMA administration aggravates MPTP-induced Parkinsonism in macaque monkeys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Millot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yosuke Saga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Duperrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Météreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kathy Dujardin</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maude Beaudoin-Gobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 14, pp.25. </w:t>
+              <w:t xml:space="preserve">Neurobiology of Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 134, pp.104643. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fnins.2020.00025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nbd.2019.104643⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04845300v1</w:t>
+                <w:t xml:space="preserve">hal-04566672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blood Flow as a Route for Bidirectional Propagation of Synucleinopathy in Parkinson's Disease?</w:t>
               </w:r>
@@ -1642,161 +1681,122 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04845310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prior MDMA administration aggravates MPTP-induced Parkinsonism in macaque monkeys</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Neuropsychiatric Disorders in Parkinson’s Disease: What Do We Know About the Role of Dopaminergic and Non-dopaminergic Systems?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maude Beaudoin-Gobert</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Kathy Dujardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Sgambato</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurobiology of Disease</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 134, pp.104643. </w:t>
+              <w:t xml:space="preserve">Frontiers in Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 14, pp.25. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nbd.2019.104643⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fnins.2020.00025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04566672v1</w:t>
+                <w:t xml:space="preserve">hal-04845300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early limbic microstructural alterations in apathy and depression in de novo Parkinson's disease</w:t>
               </w:r>
@@ -1916,51 +1916,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pathophysiology of levodopa-induced dyskinesia: Insights from multimodal imaging and immunohistochemistry in non-human primates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Beaudoin-Gobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Météreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2409,51 +2409,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diffusion tensor imaging marks dopaminergic and serotonergic lesions in the Parkinsonian monkey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Météreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Beaudoin-Gobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Duperrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2883,338 +2883,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04845224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The prominent role of serotonergic degeneration in apathy, anxiety and depression in de novo Parkinson’s disease</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hélène Klinger</w:t>
+                <w:t xml:space="preserve">Ventral Pallidum Encodes Contextual Information and Controls Aversive Behaviors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yosuke Saga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eiji Hoshi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe N Tobler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léon Tremblay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/brain/aww162⟩</w:t>
+              <w:t xml:space="preserve">Cerebral Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 27 (4), pp.bhw107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cercor/bhw107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04000610v1</w:t>
+                <w:t xml:space="preserve">hal-04845186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ventral Pallidum Encodes Contextual Information and Controls Aversive Behaviors</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Léon Tremblay</w:t>
+                <w:t xml:space="preserve">The prominent role of serotonergic degeneration in apathy, anxiety and depression in de novo Parkinson’s disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Maillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Krack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugénie Lhommée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Météreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Klinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cerebral Cortex</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 27 (4), pp.bhw107. </w:t>
+              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 139 (9), pp.2486-2502. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/cercor/bhw107⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/brain/aww162⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04845186v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04000610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imaging Dopamine and Serotonin Systems on MPTP Monkeys: A Longitudinal PET Investigation of Compensatory Mechanisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Ballanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Beaudoin-Gobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Neumane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3285,295 +3285,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01571297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social behavioral changes in MPTP-treated monkey model of Parkinson's disease</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Véronique Sgambato-Faure</w:t>
+                <w:t xml:space="preserve">Behavioural impact of a double dopaminergic and serotonergic lesion in the non-human primate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude Beaudoin-Gobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Epinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Metereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Duperrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Neumane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Behavioral Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fnbeh.2015.00042⟩</w:t>
+              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/brain/awv183⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01120335v1</w:t>
+                <w:t xml:space="preserve">hal-02890769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavioural impact of a double dopaminergic and serotonergic lesion in the non-human primate</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sara Neumane</w:t>
+                <w:t xml:space="preserve">Social behavioral changes in MPTP-treated monkey model of Parkinson's disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léon Tremblay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Zimmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Sgambato-Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, </w:t>
+              <w:t xml:space="preserve">Frontiers in Behavioral Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 9, pp.42. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/brain/awv183⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fnbeh.2015.00042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02890769v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01120335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preclinical evaluation of [18F]2FNQ1P as the first fluorinated serotonin 5-HT6 radioligand for PET imaging</w:t>
               </w:r>
@@ -3693,51 +3693,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serotonergic pharmacology in animal models: From behavioral disorders to dyskinesia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Beaudoin-Gobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Sgambato-Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3957,51 +3957,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léon Tremblay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Sgambato-Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Beaudoin-Gobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Lavenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4034,51 +4034,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02115083v1</w:t>
+                <w:t xml:space="preserve">hal-02128303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A multi-atlas based method for automated anatomical Macaca fascicularis brain MRI segmentation and PET kinetic extraction</w:t>
               </w:r>
@@ -4103,51 +4103,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léon Tremblay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Sgambato-Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Beaudoin-Gobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Lavenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4180,51 +4180,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02128303v1</w:t>
+                <w:t xml:space="preserve">hal-02115083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of dopamine and serotonin antagonist injections into the striatopallidal complex of asymptomatic MPTP-treated monkeys</w:t>
               </w:r>
@@ -4600,307 +4600,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02128305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forelimb dyskinesia mediated by high-frequency stimulation of the subthalamic nucleus is linked to rapid activation of the NR2B subunit of N-methyl-D-aspartate receptors</w:t>
+                <w:t xml:space="preserve">Distinct changes in cAMP and extracellular signal-regulated protein kinase signalling in L-DOPA-induced dyskinesia.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Quintana</w:t>
+                <w:t xml:space="preserve">Emanuela Santini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Sgambato-Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qin Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Savasta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Melon</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">M. Savasta</w:t>
+                <w:t xml:space="preserve">Sandra Dovero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1460-9568.2010.07290.x⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 5 (8), pp.e12322. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0012322⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00562514v1</w:t>
+                <w:t xml:space="preserve">inserm-00628011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distinct changes in cAMP and extracellular signal-regulated protein kinase signalling in L-DOPA-induced dyskinesia.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Forelimb dyskinesia mediated by high-frequency stimulation of the subthalamic nucleus is linked to rapid activation of the NR2B subunit of N-methyl-D-aspartate receptors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Quintana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Melon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Kerkerian-Le Goff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Salin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emanuela Santini</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Sandra Dovero</w:t>
+                <w:t xml:space="preserve">M. Savasta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 32 (3), pp.423-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1460-9568.2010.07290.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0012322⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-00628011v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00562514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forelimb dyskinesia mediated by high-frequency stimulation of the subthalamic nucleus is linked to rapid activation of the NR2B subunit of N-methyl-D-aspartate receptors.</w:t>
               </w:r>
@@ -4965,70 +4965,70 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Savasta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 32 (3), pp.423-34. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1460-9568.2010.07290.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00627991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -5326,51 +5326,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Oueslati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Sgambato-Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Melon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Kachidian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5817,51 +5817,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00411000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coordinated and spatial upregulation of arc in striatonigral neurons correlates with L-dopa-induced behavioral sensitization in dyskinetic rats.</w:t>
+                <w:t xml:space="preserve">Coordinated and Spatial Upregulation of Arc in Striatonigral Neurons Correlates With L-Dopa-Induced Behavioral Sensitization in Dyskinetic Rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Sgambato-Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Buggia</w:t>
@@ -5900,93 +5900,102 @@
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alim-Louis Benabid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neuropathology and Experimental Neurology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 64 (11), pp.936-47</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2005, 64 (11), pp.936-947. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/01.jnen.0000186922.42592.b7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00391107v1</w:t>
+                <w:t xml:space="preserve">hal-04845015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coordinated and Spatial Upregulation of Arc in Striatonigral Neurons Correlates With L-Dopa-Induced Behavioral Sensitization in Dyskinetic Rats</w:t>
+                <w:t xml:space="preserve">Coordinated and spatial upregulation of arc in striatonigral neurons correlates with L-dopa-induced behavioral sensitization in dyskinetic rats.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Sgambato-Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Buggia</w:t>
@@ -6025,78 +6034,69 @@
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alim-Louis Benabid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neuropathology and Experimental Neurology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 64 (11), pp.936-947. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2005, 64 (11), pp.936-47</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/01.jnen.0000186922.42592.b7⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04845015v1</w:t>
+                <w:t xml:space="preserve">inserm-00391107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulation of ania‐6 splice variants by distinct signaling pathways in striatal neurons</w:t>
               </w:r>
@@ -6469,230 +6469,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04844918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extracellular Signal-Regulated Kinase (ERK) Controls Immediate Early Gene Induction on Corticostriatal Stimulation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">In vivo expression and regulation of Elk-1, a target of the extracellular-regulated kinase signaling pathway, in the adult rat brain.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Sgambato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Vanhoutte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Pages</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Rogard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Hipskind</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Neuroscience: The Official Journal of the Society for Neuroscience</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 18 (1), pp.214-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.18-01-00214.1998⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04844911v1</w:t>
+                <w:t xml:space="preserve">hal-02372738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vivo expression and regulation of Elk-1, a target of the extracellular-regulated kinase signaling pathway, in the adult rat brain.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Extracellular Signal-Regulated Kinase (ERK) Controls Immediate Early Gene Induction on Corticostriatal Stimulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Sgambato</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Journal of Neuroscience: The Official Journal of the Society for Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.18-01-00214.1998⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02372738v1</w:t>
+                <w:t xml:space="preserve">hal-04844911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EFFECT OF ELECTRICAL STIMULATION OF THE CEREBRAL CORTEX ON THE EXPRESSION OF THE FOS PROTEIN IN THE BASAL GANGLIA</w:t>
               </w:r>
@@ -6704,51 +6704,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Sgambato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V Abo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Rogard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.J Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8311,51 +8311,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0B5A6BF2"/>
+    <w:nsid w:val="2EF48A4C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8542,51 +8542,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vsgambato" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8792-8586" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/155460161" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/G-9062-2017" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410310v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Prange" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Metereau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Klinger" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Huddlestone" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melinda de Oliveira" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awaf087" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993678v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566627v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Pitoy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Gauthier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Debatisse" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Maulav&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise M&#233;t&#233;reau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnpbp.2024.110970" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802942v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossella Cirillo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Duperrier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pathik Parekh" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Millot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qin Li" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JPD-230331" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845433v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sgambato" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms25105245" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03577368v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mallet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Dufourd" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Decourt" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Carcenac" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Boss&#249;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI146400" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845413v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Analia Bortolozzi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23158586" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845403v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rub&#233;n Pavia-Collado" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Rodr&#237;guez-Aller" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Alarc&#243;n-Ar&#237;s" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Llu&#237;s Miquel-Rio" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Ruiz-Bronchal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23031807" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874053v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Maillet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Tremblay" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Favre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.28722" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358789v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pasquereau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Drui" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosuke Saga" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Richard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41386-021-00991-x" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845300v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathy Dujardin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2020.00025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845310v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.28236" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566672v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Beaudoin-Gobert" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2019.104643" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075321v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Lhomm&#233;e" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.27793" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573490v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Thobois" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2018.08.016" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845272v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00702-018-1871-7" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845263v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Pagonabarraga" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Krack" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Kulisevsky" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awx362" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845285v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Thobois" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Brefel-Courbon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Le Bars" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.irn.2018.07.029" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573482v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.27201" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01490856v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Voon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Celeste Napier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J Frank" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Sgambato-Faure" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony A Grace" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1474-4422(17)30004-2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689720v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sgambato-Faure" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Billard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Fieux" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2017.00471" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845224v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00702-017-1693-z" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04000610v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/aww162" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845186v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eiji Hoshi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe N Tobler" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhw107" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571297v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Ballanger" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Neumane" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Epinat" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.2010-15.2016" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120335v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Durand" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Petit" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Zimmer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2015.00042" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890769v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awv183" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128421v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Becker" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Colomb" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00259-014-2936-y" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845118v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropharm.2014.01.031" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845133v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia Worbe" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Epinat-Duclos" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean F&#233;ger" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-014-0911-9" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115083v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Ballanger" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lavenne" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2013.03.029" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9PJ5NZVZ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128303v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128347v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mounayar" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Jan" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2012.06.002" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-435TV7QM-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00742517v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Quintana" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Savasta" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2012.06.009" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128305v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Eche" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lerond" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Evelyne Vallet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.23895" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-V7LCMW8C-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00562514v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Quintana" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Melon" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kerkerian-Le Goff" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Salin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Savasta" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-9568.2010.07290.x" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-F9KVPRNG-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00628011v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuela Santini" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Dovero" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0012322" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00627991v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Melon" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Kerkerian-Le Goff" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Salin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00398614v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le El Atifi-Borel" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Buggia-Prevot" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Platet" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alim-Louis Benabid" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois R. Berger" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2009.02.002" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00391591v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abid Oueslati" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Kachidian" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Gubellini" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.2949-06.2007" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00306706v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Oueslati" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sgambato-Faure" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kachidian" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gubellini" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00391633v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuning Xiong" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua D. Berke" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven E. Hyman" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuel E. Strehler" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2006.03.020" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00391608v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Boulet" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lacombe" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Feuerstein" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.3065-06.2006" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00411000v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venetia Zachariou" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Sasaki" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per Svenningsson" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Berton" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.npp.1300832" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00391107v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Buggia" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gilbert" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel L&#233;vesque" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845015v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.jnen.0000186922.42592.b7" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844948v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raia Minassian" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angus C Nairn" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven E Hyman" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1471-4159.2003.01816.x" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844935v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Berke" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng-Peng Zhu" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Lavoie" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vincent" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0896-6273(01)00465-2" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844918v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Maurice" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J Besson" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M Thierry" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M Deniau" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0306-4522(99)00267-5" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PB2BCW4G-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844911v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372738v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Sgambato" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vanhoutte" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pages" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Rogard" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hipskind" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.18-01-00214.1998" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844887v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Abo" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0306-4522(97)00179-6" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844864v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Toma" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;jean Couture" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0024-3205(97)00410-4" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982491v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirine Hassen" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.30139" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005244v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005233v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005250v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005298v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005284v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005270v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845657v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Angela Cenci" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845385v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Eronique Sgambato" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.pbr.2020.07.015" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845669v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jo Besson" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Vanhoutte" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Rogard" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Pag&#232;s" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845326v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Miguelez" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe de Deurwaerd&#232;re" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2020.593822" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669894v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Caboche" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.18-21-08814.1998" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890828v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Costes" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Leviel" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2010.04.142" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J2F8LGHX-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vsgambato" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8792-8586" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/155460161" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/G-9062-2017" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410310v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Prange" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Metereau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Klinger" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Huddlestone" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melinda de Oliveira" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awaf087" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993678v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566627v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Pitoy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Gauthier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Debatisse" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Maulav&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise M&#233;t&#233;reau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnpbp.2024.110970" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802942v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossella Cirillo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Duperrier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pathik Parekh" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Millot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qin Li" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JPD-230331" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845433v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sgambato" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms25105245" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03577368v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mallet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Dufourd" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Decourt" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Carcenac" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Boss&#249;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI146400" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845413v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Analia Bortolozzi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23158586" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845403v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rub&#233;n Pavia-Collado" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Rodr&#237;guez-Aller" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Alarc&#243;n-Ar&#237;s" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Llu&#237;s Miquel-Rio" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Ruiz-Bronchal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23031807" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874053v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Maillet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Tremblay" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Favre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.28722" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358789v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pasquereau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Drui" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosuke Saga" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Richard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41386-021-00991-x" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566672v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Beaudoin-Gobert" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2019.104643" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845310v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.28236" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845300v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathy Dujardin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2020.00025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075321v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Lhomm&#233;e" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.27793" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573490v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Thobois" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2018.08.016" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845272v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00702-018-1871-7" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845263v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Pagonabarraga" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Krack" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Kulisevsky" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awx362" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845285v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Thobois" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Brefel-Courbon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Le Bars" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.irn.2018.07.029" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573482v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.27201" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01490856v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Voon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Celeste Napier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J Frank" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Sgambato-Faure" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony A Grace" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1474-4422(17)30004-2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689720v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sgambato-Faure" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Billard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Fieux" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2017.00471" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845224v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00702-017-1693-z" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845186v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eiji Hoshi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe N Tobler" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhw107" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04000610v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/aww162" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571297v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Ballanger" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Neumane" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Epinat" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.2010-15.2016" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890769v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awv183" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120335v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Durand" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Petit" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Zimmer" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2015.00042" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128421v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Becker" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Colomb" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00259-014-2936-y" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845118v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropharm.2014.01.031" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845133v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia Worbe" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Epinat-Duclos" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean F&#233;ger" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-014-0911-9" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128303v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Ballanger" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lavenne" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2013.03.029" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9PJ5NZVZ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115083v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128347v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mounayar" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Jan" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2012.06.002" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-435TV7QM-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00742517v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Quintana" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Savasta" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2012.06.009" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128305v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Eche" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lerond" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Evelyne Vallet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.23895" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-V7LCMW8C-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00628011v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuela Santini" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Dovero" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0012322" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00562514v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Quintana" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Melon" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kerkerian-Le Goff" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Salin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Savasta" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-9568.2010.07290.x" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-F9KVPRNG-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00627991v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Melon" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Kerkerian-Le Goff" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Salin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00398614v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le El Atifi-Borel" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Buggia-Prevot" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Platet" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alim-Louis Benabid" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois R. Berger" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2009.02.002" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00391591v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abid Oueslati" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Kachidian" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Gubellini" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.2949-06.2007" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00306706v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Oueslati" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sgambato-Faure" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kachidian" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gubellini" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00391633v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuning Xiong" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua D. Berke" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven E. Hyman" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuel E. Strehler" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2006.03.020" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00391608v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Boulet" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lacombe" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Feuerstein" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.3065-06.2006" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00411000v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venetia Zachariou" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Sasaki" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per Svenningsson" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Berton" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.npp.1300832" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845015v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Buggia" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gilbert" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel L&#233;vesque" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.jnen.0000186922.42592.b7" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00391107v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844948v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raia Minassian" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angus C Nairn" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven E Hyman" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1471-4159.2003.01816.x" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844935v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Berke" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng-Peng Zhu" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Lavoie" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vincent" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0896-6273(01)00465-2" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844918v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Maurice" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J Besson" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M Thierry" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M Deniau" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0306-4522(99)00267-5" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PB2BCW4G-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372738v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Sgambato" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vanhoutte" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pages" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Rogard" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hipskind" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.18-01-00214.1998" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844911v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844887v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Abo" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0306-4522(97)00179-6" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844864v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Toma" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;jean Couture" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0024-3205(97)00410-4" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982491v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirine Hassen" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.30139" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005244v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005233v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005250v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005298v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005284v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005270v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845657v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Angela Cenci" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845385v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Eronique Sgambato" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.pbr.2020.07.015" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845669v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jo Besson" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Vanhoutte" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Rogard" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Pag&#232;s" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845326v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Miguelez" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe de Deurwaerd&#232;re" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2020.593822" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669894v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Caboche" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.18-21-08814.1998" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890828v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Costes" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Leviel" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2010.04.142" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J2F8LGHX-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>