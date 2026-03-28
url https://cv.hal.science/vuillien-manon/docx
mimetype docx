--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Manon Vuillien </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">vuillien-manon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-7657-7613</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">253214904</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mon travail se situe à l’interface des sciences humaines, des sciences naturelles et des sciences formelles. Mes recherches portent sur les relations entre les sociétés humaines et leurs ressources fauniques sur le temps long. Je m’intéresse en particulier à certaines périodes-clés du début de l’Holocène considérées comme des moments de rupture entre les humains et la nature (e.g. domestication, élevage, métaux, urbanisation). Pour cela, j’étudie les restes fauniques (os, dents), principalement des herbivores sauvages et domestiques, retrouvés sur les sites archéologiques aussi bien dans le bassin méditerranéen nord-occidental que dans le Sud-Ouest asiatique par l’intermédiaire de plusieurs approches développées en archéozoologie et d’autres disciplines, comme l’imagerie 3D, l’analyse des formes, les statistiques et le machine learning. Ces approches combinées me permettent de documenter l’impact de l’exploitation des ressources animales sur la transformation économique et sociale des sociétés et sur l’évolution de la biodiversité animale passée.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topological data analysis and multiple kernel learning for species identification of modern and archaeological small ruminants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Adamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Vila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amane Agraw</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Argant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computer Applications in Archaeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 8 (1), </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5334/jcaa.181⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04779367v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Démarches participatives en archéologie : introduction et analyse croisée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Denis Vigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Grouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Villarroel-Parada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séances de la Société préhistorique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Démarches participatives en archéologie, 22, pp.11-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05303715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-Invasive Sampling Method with Tape-Disc Sampling for the Taxonomic Identification of Archeological and Paleontological Bones by Proteomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Fabrizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Flament</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Delhon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Proteome Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jproteome.4c00083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les occupations néolithiques de Pertus II à Méailles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janet Battentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Binder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Élie Brochier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delhon Claire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Au fil du Coulomp</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 6, pp.17-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04279852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laser ablation strontium isotopes and spatial assignment show seasonal mobility in red deer (Cervus elaphus) at Lazaret Cave, France (MIS 6)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Barakat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mael Le Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malte Willmes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fevo.2023.988837⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04307212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are petrous bones just a repository of ancient biomolecules? Investigating biosystematic signals in sheep petrous bones using 3D geometric morphometrics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Mallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jwana Chahoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agraw Amane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bea de Cupere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 43, pp.103447. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jasrep.2022.103447⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03806416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sorting the flock: Quantitative identification of sheep and goat from isolated third lower molars and mandibles through geometric morphometrics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Jeanjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ashleigh Haruda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lenny Salvagno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renate Schafberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Valenzuela-Lamas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 141, pp.105580. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jas.2022.105580⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03760449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EvoSheep : The Makeup of Sheep Breeds in the Ancient Near East</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Vila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Abrahami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussab Albesso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agraw Amane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antiquity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 95 (379), pp.e2, 1-8. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15184/aqy.2020.247⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03402639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La faune en contexte funéraire provençal à la fin du Néolithique et à l’âge du Bronze : réexamen du mobilier collecté dans les sites des Bas-Moulins et des Spélugues (Principauté de Monaco)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Moussous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Hoareau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin du Musée d'Anthropologie préhistorique de Monaco</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 59, pp.111-119</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02975373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une sépulture collective à la transition des VI&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; et V&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; millénaires BCE : Mougins – Les Bréguières (Alpes-Maritimes, France) : fouilles Maurice Sechter 1966-1967</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzon Provost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Binder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Duday</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Durrenmath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Goude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gallia Préhistoire – Préhistoire de la France dans son contexte européen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 57, pp.289-336. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/galliap.620⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01649659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rethinking multiple kernel learning under the lenses of Importance Weighted Monte Carlo Variational Inference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Adamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Vila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Corneli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05123496v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural approximation of Procrustes-Wasserstein transport maps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Adamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Corneli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Vila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05483278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring biological and ecological components from sheep astragalus size and shape variation using 3D geometric morphometrics: towards a bioarchaeological proxy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Vila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jwana Chahoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bea de Cupere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussab Albesso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05303668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Animal remains of the Oasis of Bukhara: Preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Decruyenaere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rocco Rante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjan Mashkour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rocco Rante. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Oasis of Bukhara</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, BRILL, pp.364-370, 2024, 978-90-04-69399-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04774184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude des restes fauniques collectés dans le fossé de l'agglomération de Maritima Avaticorum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Chausserie-Laprée, Michel Rétif, Jean-Claude Bardzakian. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le site de Tholon, Lycée Paul-Langevin, quartier de Ferrières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, pp.39-56, 2024, Rapport de fouille archéologique préventive - Martigues</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05253334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cementochronology Protocol for Selecting a Region of Interest in Zooarchaeology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Rendu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Pubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Sánchez-Hernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stephan Naji; William Rendu; Lionel Gourichon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dental Cementum in Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge University Press, pp.201-214, 2022, 9781108477086. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/9781108569507.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03502938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'élevage des petits ruminants au cours du second âge du Fer en Provence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lionel Gourichon; Camille Daujeard; Jean-Philip Brugal. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommes et Caprinés : de la montagne à la steppe, de la chasse à l’élevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions APDCA, pp.205-226, 2019, Actes des XXXIXe Rencontres internationales d'Archéologie et d'Histoire d’Antibes (16-18 octobre 2018)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02335865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the material to the immaterial: digital comparative anatomy for archaeological ungulates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Adamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Argant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jwana Chahoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Debue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">52e symposium of Computer Applications in Archaeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05076540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche archéozoologique de l’économie vivrière entre Provence occidentale et vallée du Rhône aux deux âges du Fer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Seigle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">49ème Congrès International de l’Association Française pour l’étude de l’Âge du Fer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Lleida, Espagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05076551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les démarches participatives en archéologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Denis Vigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Villarroel-Parada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Grouard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum régional de l’archéologie d’Occitanie et Défi Clé Sciences du Passé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05076673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An in depth look at the Procrustes-Wasserstein distance: properties and barycenters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Adamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Corneli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Vila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forty-Second International Conference on Machine Learning (ICML, 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Vancouver (CA), Canada. pp.444-459</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04936261v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rencontre entre l’archéozoologie et les mathématiques : vers de nouvelles approches en anatomie comparée computationnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Corneli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Adamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Argant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jwana Chahoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IA et innovations numériques : usages et enjeux en archéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAP, Nov 2025, Chartres, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zooarchaeology &amp; machine learning: a promising matching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Corneli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Adamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Vila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prospective Biodiversité et Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Ecologie &amp; Environnement, Oct 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobility, Animal Production, and Supply Strategies in the Western Alpine Arc and Its Mediterranean Margins: A Synthesis of Recent Research on the Iron Age</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Knockaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Isoardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Gamba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les économies vivrières dans l’Europe du Fer : Production et consommation de la montagne à la côte. 49e colloque de l'AFEAF, Lleida, mai 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFEAF, May 2025, Lleida, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05088327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracking archaeological sheep breed diversity in Southwest Asia in palaeoproteomic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jwana Chahoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hossein Davoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homa Fathi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th Annual Meeting of the European Association of Archaeologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05076513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la forêt à la bergerie et de la bergerie aux champs. Fourrage et fumure à Pertus II (Alpes-de-Haute-Provence) au Néolithique moyen.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delhon Claire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Herrscher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44èmes Rencontres Internationales d’Archéologie et d’Histoire de Nice Côte d’Azur : Fumier, bouses et guano : ordures ou or brun ? Statut, usage et gestion des déjections animales depuis la Préhistoire ; potentiel archéologique et paléoenvironnemental</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Claire Delhon; Lionel Gourichon; Lucie Martin, Oct 2024, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05133460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The maralpine ibexes: Alpine Ibex (Capra ibex) Ecomorphology in the Liguro-Provençal region between the end of the late Middle Pleistocene and the beginning of the Holocene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évelyne Cregut‑bonnoure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Moussous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Notter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIVe colloque du GMPCA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05076481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searching for a GMM standardised protocol for sheep astragalus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lídia Colominas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allowen Evin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ashleigh Haruda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadja Pöllath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Council for archaeozoology conference (ICAZ)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Cairns (Australie), Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04869590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paléoécologie de la grotte du Lazaret : Interactions « Hommes-milieu(x) » sur le littoral maralpin au cours du Pléistocène moyen final (MIS 6)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Desclaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques ODYSSEE 2e édition : "Sous les galets, la ville : quand la recherche parle de Nice"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03737471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Os, graines, charbons, fumier et isotopes : des archives biologiques pour comprendre le système agropastoral néolithique en moyenne montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Delhon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Herrscher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Blasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pathway conference : travelling through time. New perspectives, methods and challenges for understanding livestock mobility in the past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03945166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourrir la terre, nourrir le troupeau : approches bioarchéologiques et isotopiques des systèmes agropastoraux au Néolithique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Delhon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Herrscher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Blasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Montanes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIIIème colloque GMPCA, Archéométrie 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GMPCA, May 2022, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03945192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First consideration of using artificial intelligence to distinguish morphologically related species' bones in archaeozoology: defining the issues and the appropriate tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minh Nhat Do</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franz Franco Gallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanna Lisa Coli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Garberi Pauline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de recherche : Nouvelles méthodes d’analyse par Imagerie 3D et IA appliquées aux vestiges préhistoriques et protohistoriques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03510685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourrir la terre, nourrir le troupeau : approche isotopique des cycles du carbone et de l’azote dans un système agro-pastoral Néolithique (Pertus 2, Alpes-de-Haute-Provence)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delhon Claire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Herrscher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Blasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montanes Maryline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque de restitution défis ISOTOP (MITI CNRS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, visio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03580324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EVOSHEEP project: Documenting morphological diversity of early sheep 'breeds' in Southwest Asian societies (6th - 1rst millennia BC) using 3D geometric morphometric of appendicular bones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Vila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jwana Chahoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussab Albesso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agraw Amane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème réunion du groupe de travail en Archéozoologie, Génétique, Protéomiques et Morphométriques (AGPM – ICAZ) - Université d'Oulu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Oulu, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03510766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cave and a flock : contribution of bioarchaeology of coprogenic deposits to the study of Neolithic pastoralism in the Alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Delhon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Herrscher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janet Battentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIth GMPCA Colloquium "Archaeometry in all of its states:interdisciplinary perspectives for a discipline in constant evolution"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02644335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cave and a flock: contribution of the bioarchaeology of coprogenic deposits to the knowledge of Neolithic pastoralism in the Alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Delhon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Herrscher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janet Battentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIe colloque international du GMPCA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02335726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au-delà des vestiges fauniques : les divers marqueurs de l’élevage en archéologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lepère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire transversal des équipes GReNES et STEP du CEPAM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Nice, France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02195126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'élevage des petits ruminants au cours de l'Âge du Fer en Provence, renouvellement des connaissances et approches méthodologiques croisées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rodet-Belarbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allowen Evin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXIXe Rencontres Internationales d'Archéologie et d'Histoire d’Antibes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Antibes, France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02195123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport de la bioarchéologie des dépôts coprogènes à la connaissance du pastoralisme Néolithique : le projet CoproArchéo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Delhon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janet Battentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommes et Caprinés : de la montagne à la steppe, de la chasse à l’élevage. XXXIXe Rencontres Internationales d'Archéologie et d'Histoire d'Antibes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02046419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport de la bioarchéologie des dépôts coprogènes à la connaissance du pastoralisme Néolithique : le projet CoproArchéo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Delhon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janet Battentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXIXe Rencontres Internationales d'Archéologie et d'Histoire d'Antibes "Hommes et Caprinés : de la montagne à la steppe, de la chasse à l’élevage"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Daujeard Camille; Gourichon Lionel; Brugal Jean-Philip, Oct 2018, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02644324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New analytical approaches for archaeological ecofacts and artifacts by 3D imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Cassard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sioniac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Sorin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gourichon Lionel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DigiART Consortium Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Valbonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02112467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EVOSHEEP Project. First zootechnical innovations in Southwest Asian societies (6th–1rst millennia B.C.): Origin and development of sheep breeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Vila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Abrahami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussab Al Besso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Berthon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAZ 2018 : 13th ICAZ International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Ankara, Turquie, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02195127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating the age and season-at-death of ungulates from the analysis of archaeological dental cementum: Recent improvements and perspectives from the CemeNTAA project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hala Alarashi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Blaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Discamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th ICAZ International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Ankara, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02007451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cementochronological analysis in zooarchaeology: a new analytical protocol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Rendu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Sánchez-Hernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Symposium on Dental Morphology &amp; 2nd congress of International Association for Paleodontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02104174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taphonomy in Cementochronology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Rendu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aaron J. Stutz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Sánchez-Hernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">86th Meeting of the American Association of Physical Anthropologists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Nouvelle-Orléans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02195113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport de l’imagerie 3D dans l’étude des variétés animales domestiques, modélisation d’os de caprinés et morphométrie géométrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Sorin-Mazouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIe colloque international du GMPCA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05076566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D geometric morphometric analysis: Studying morphotypes of sheep (Ovis aries) and goat (Capra hircus) during from the Bronze and Iron Age archaeological sites in Provence and the Southern Alps (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Sorin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop international "ArchaeObjects3D – 3D modelling and replication of archaeological objects: Tools for research, conservation and exhibition"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02195110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D Geometric morphometric analysis : studying morphotypes of sheep (Ovis aries) and goat (Capra hircus) from Bronze and Iron Age archaeological sites in Provence and the Southern Alps (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Sorin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire d'équipe GRENES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Nice, France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02195125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des outils interdisciplinaires pour l’étude des activités pastorales de la Basse Provence aux Alpes occidentales durant l’âge du Fer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Isoardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Knockaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Gamba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les économies vivrières dans l’Europe du Fer : Production et consommation de la montagne à la côte. 49e colloque de l'AFEAF, Lleida, mai 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Lleida, Espagne. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05088312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracking the first sheep breed in Southwest Asia: a 3D morphometric investigation on astragalus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Vila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jwana Chahoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussab Albesso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agraw Amane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASWA 15th International meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05076728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité morphologique des populations de bouquetin des Alpes (Capra ibex) dans le Sud de la France du Pléistocène moyen supérieur à l’Holocène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Cucchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évelyne Crégut-Bonnoure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Notter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Rossoni-Notter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41emes Rencontres Internationales d’Archéologie et d’Histoire - Biodiversités, environnements et sociétés depuis la Préhistoire : nouveaux marqueurs et approches intégrées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03510626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feeding the earth, feeding the herd: bioarchaeological and isotopic approaches to Neolithic agropastoral systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Delhon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Herrscher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Blasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Montanes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41e Rencontres Internationales d’Archéologie et d’Histoire de Nice Côte d’Azur 2021 : Biodiversités, environnements et sociétés depuis la Préhistoire : nouveaux marqueurs et approches intégrées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying caprine breeds from protohistoric Provence and Southern Alps (France): 3D geometric morphometrics applied to postcranial bones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allowen Evin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Sorin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th ICAZ International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Ankara, Turquie, Turkey. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02195124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cementochronological analysis in zooarchaeology : a new analytical protocol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Rendu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Pubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Sánchez-Hernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17e International Symposium on Dental Morphology (ISDM) and 2d congrès de l’International Association for Paleodontology (IAPO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le bouquetin alpin : entre mer et montagne”, un espace d’exposition au Musée d’Anthropologie préhistorique de Monaco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58079/13r1y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05076741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archéozoologie et Machine Learning : vers une collaboration d’avenir ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58079/vzq7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04774201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EvoSheep – Origin and evolution of sheep breeds: 3D bone modelling to morphometrics investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58079/bd2l⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04774220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphométrie géométrique et 3D: Premières analyses des morphotypes ovins et caprins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Sorin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02195118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grotte du Lazaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Desclaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Crégut-Bonnoure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Cohen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021, pp.81-83</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03326131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La faune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Occupations pré- et protohistoriques et espace périphérique polyfonctionnel du premier Moyen Âge, Rapport de fouilles programmées; Service d'archéologie de Nice Côte d'Azur; DRAC PACA. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03511182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude exploratoire en morphométrie géométrique 2D/3D des talus de bouquetin des Alpes (Capra ibex) provenant de la grotte du Lazaret (Nice, Alpes-Maritimes, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Desclaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Projet Collectif de Recherche « Paléoécologie de la grotte du Lazaret, Interactions « Hommes-Milieu(x) » sur le littoral maralpin au cours du Pléistocène moyen final (MIS 6) »; DRAC PACA. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03511162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La grotte de Pertus II : occupations du Néolithique final</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques-Elie Brochier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Huet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Ministère de la Culture et de la Communication, Service Régional de l'Archéologie, PACA. 2015, pp.277</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02195108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport d’étude de la faune des niveaux E, F et G (fouilles Barral & Iaworsky)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Service régional de l'Archéologie Provence-Alpes-Côte d'Azur. 2015, pp.184-188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02195107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systèmes d'élevage et pastoralisme en Provence et dans les Alpes méridionales durant la Protohistoire : Nouvelles perspectives en archéozoologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Université Côte d'Azur, 2020. Français. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03520794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId184"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Manon Vuillien </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">vuillien-manon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-7657-7613</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">253214904</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mon travail se situe à l’interface des sciences humaines, des sciences naturelles et des sciences formelles. Mes recherches portent sur les relations entre les sociétés humaines et leurs ressources fauniques sur le temps long. Je m’intéresse en particulier à certaines périodes-clés du début de l’Holocène considérées comme des moments de rupture entre les humains et la nature (e.g. domestication, élevage, métaux, urbanisation). Pour cela, j’étudie les restes fauniques (os, dents), principalement des herbivores sauvages et domestiques, retrouvés sur les sites archéologiques aussi bien dans le bassin méditerranéen nord-occidental que dans le Sud-Ouest asiatique par l’intermédiaire de plusieurs approches développées en archéozoologie et d’autres disciplines, comme l’imagerie 3D, l’analyse des formes, les statistiques et le machine learning. Ces approches combinées me permettent de documenter l’impact de l’exploitation des ressources animales sur la transformation économique et sociale des sociétés et sur l’évolution de la biodiversité animale passée.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topological data analysis and multiple kernel learning for species identification of modern and archaeological small ruminants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Adamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Vila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amane Agraw</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Argant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computer Applications in Archaeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 8 (1), </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5334/jcaa.181⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04779367v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Démarches participatives en archéologie : introduction et analyse croisée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Denis Vigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Grouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Villarroel-Parada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séances de la Société préhistorique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Démarches participatives en archéologie, 22, pp.11-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05303715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-Invasive Sampling Method with Tape-Disc Sampling for the Taxonomic Identification of Archeological and Paleontological Bones by Proteomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Fabrizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Flament</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Delhon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Proteome Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jproteome.4c00083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laser ablation strontium isotopes and spatial assignment show seasonal mobility in red deer (Cervus elaphus) at Lazaret Cave, France (MIS 6)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Barakat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mael Le Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malte Willmes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fevo.2023.988837⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04307212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les occupations néolithiques de Pertus II à Méailles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janet Battentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Binder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Élie Brochier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delhon Claire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Au fil du Coulomp</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 6, pp.17-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04279852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sorting the flock: Quantitative identification of sheep and goat from isolated third lower molars and mandibles through geometric morphometrics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Jeanjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ashleigh Haruda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lenny Salvagno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renate Schafberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Valenzuela-Lamas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 141, pp.105580. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jas.2022.105580⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03760449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are petrous bones just a repository of ancient biomolecules? Investigating biosystematic signals in sheep petrous bones using 3D geometric morphometrics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Mallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jwana Chahoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agraw Amane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bea de Cupere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 43, pp.103447. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jasrep.2022.103447⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03806416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EvoSheep : The Makeup of Sheep Breeds in the Ancient Near East</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Vila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Abrahami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussab Albesso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agraw Amane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antiquity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 95 (379), pp.e2, 1-8. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15184/aqy.2020.247⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03402639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La faune en contexte funéraire provençal à la fin du Néolithique et à l’âge du Bronze : réexamen du mobilier collecté dans les sites des Bas-Moulins et des Spélugues (Principauté de Monaco)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Moussous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Hoareau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin du Musée d'Anthropologie préhistorique de Monaco</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 59, pp.111-119</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02975373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une sépulture collective à la transition des VI&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; et V&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; millénaires BCE : Mougins – Les Bréguières (Alpes-Maritimes, France) : fouilles Maurice Sechter 1966-1967</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzon Provost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Binder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Duday</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Durrenmath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Goude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gallia Préhistoire – Préhistoire de la France dans son contexte européen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 57, pp.289-336. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/galliap.620⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01649659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rethinking multiple kernel learning under the lenses of Importance Weighted Monte Carlo Variational Inference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Adamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Vila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Corneli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05123496v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural approximation of Procrustes-Wasserstein transport maps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Adamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Corneli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Vila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05483278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring biological and ecological components from sheep astragalus size and shape variation using 3D geometric morphometrics: towards a bioarchaeological proxy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Vila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jwana Chahoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bea de Cupere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussab Albesso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05303668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Animal remains of the Oasis of Bukhara: Preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Decruyenaere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rocco Rante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjan Mashkour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rocco Rante. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Oasis of Bukhara</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, BRILL, pp.364-370, 2024, 978-90-04-69399-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04774184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude des restes fauniques collectés dans le fossé de l'agglomération de Maritima Avaticorum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Chausserie-Laprée, Michel Rétif, Jean-Claude Bardzakian. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le site de Tholon, Lycée Paul-Langevin, quartier de Ferrières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, pp.39-56, 2024, Rapport de fouille archéologique préventive - Martigues</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05253334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cementochronology Protocol for Selecting a Region of Interest in Zooarchaeology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Rendu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Pubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Sánchez-Hernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stephan Naji; William Rendu; Lionel Gourichon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dental Cementum in Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge University Press, pp.201-214, 2022, 9781108477086. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/9781108569507.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03502938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'élevage des petits ruminants au cours du second âge du Fer en Provence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lionel Gourichon; Camille Daujeard; Jean-Philip Brugal. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommes et Caprinés : de la montagne à la steppe, de la chasse à l’élevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions APDCA, pp.205-226, 2019, Actes des XXXIXe Rencontres internationales d'Archéologie et d'Histoire d’Antibes (16-18 octobre 2018)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02335865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the material to the immaterial: digital comparative anatomy for archaeological ungulates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Adamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Argant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jwana Chahoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Debue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">52e symposium of Computer Applications in Archaeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05076540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche archéozoologique de l’économie vivrière entre Provence occidentale et vallée du Rhône aux deux âges du Fer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Seigle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">49ème Congrès International de l’Association Française pour l’étude de l’Âge du Fer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Lleida, Espagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05076551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les démarches participatives en archéologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Denis Vigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Villarroel-Parada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Grouard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum régional de l’archéologie d’Occitanie et Défi Clé Sciences du Passé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05076673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rencontre entre l’archéozoologie et les mathématiques : vers de nouvelles approches en anatomie comparée computationnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Corneli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Adamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Argant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jwana Chahoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IA et innovations numériques : usages et enjeux en archéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAP, Nov 2025, Chartres, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An in depth look at the Procrustes-Wasserstein distance: properties and barycenters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Adamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Corneli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Vila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forty-Second International Conference on Machine Learning (ICML, 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Vancouver (CA), Canada. pp.444-459</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04936261v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zooarchaeology &amp; machine learning: a promising matching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Corneli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Adamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Vila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prospective Biodiversité et Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Ecologie &amp; Environnement, Oct 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobility, Animal Production, and Supply Strategies in the Western Alpine Arc and Its Mediterranean Margins: A Synthesis of Recent Research on the Iron Age</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Knockaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Isoardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Gamba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les économies vivrières dans l’Europe du Fer : Production et consommation de la montagne à la côte. 49e colloque de l'AFEAF, Lleida, mai 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFEAF, May 2025, Lleida, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05088327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracking archaeological sheep breed diversity in Southwest Asia in palaeoproteomic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jwana Chahoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hossein Davoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homa Fathi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th Annual Meeting of the European Association of Archaeologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05076513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la forêt à la bergerie et de la bergerie aux champs. Fourrage et fumure à Pertus II (Alpes-de-Haute-Provence) au Néolithique moyen.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delhon Claire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Herrscher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44èmes Rencontres Internationales d’Archéologie et d’Histoire de Nice Côte d’Azur : Fumier, bouses et guano : ordures ou or brun ? Statut, usage et gestion des déjections animales depuis la Préhistoire ; potentiel archéologique et paléoenvironnemental</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Claire Delhon; Lionel Gourichon; Lucie Martin, Oct 2024, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05133460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searching for a GMM standardised protocol for sheep astragalus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lídia Colominas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allowen Evin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ashleigh Haruda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadja Pöllath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Council for archaeozoology conference (ICAZ)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Cairns (Australie), Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04869590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The maralpine ibexes: Alpine Ibex (Capra ibex) Ecomorphology in the Liguro-Provençal region between the end of the late Middle Pleistocene and the beginning of the Holocene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évelyne Cregut‑bonnoure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Moussous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Notter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIVe colloque du GMPCA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05076481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourrir la terre, nourrir le troupeau : approches bioarchéologiques et isotopiques des systèmes agropastoraux au Néolithique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Delhon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Herrscher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Blasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Montanes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIIIème colloque GMPCA, Archéométrie 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GMPCA, May 2022, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03945192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paléoécologie de la grotte du Lazaret : Interactions « Hommes-milieu(x) » sur le littoral maralpin au cours du Pléistocène moyen final (MIS 6)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Desclaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques ODYSSEE 2e édition : "Sous les galets, la ville : quand la recherche parle de Nice"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03737471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Os, graines, charbons, fumier et isotopes : des archives biologiques pour comprendre le système agropastoral néolithique en moyenne montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Delhon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Herrscher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Blasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pathway conference : travelling through time. New perspectives, methods and challenges for understanding livestock mobility in the past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03945166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourrir la terre, nourrir le troupeau : approche isotopique des cycles du carbone et de l’azote dans un système agro-pastoral Néolithique (Pertus 2, Alpes-de-Haute-Provence)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delhon Claire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Herrscher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Blasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montanes Maryline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque de restitution défis ISOTOP (MITI CNRS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, visio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03580324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First consideration of using artificial intelligence to distinguish morphologically related species' bones in archaeozoology: defining the issues and the appropriate tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minh Nhat Do</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franz Franco Gallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanna Lisa Coli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Garberi Pauline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de recherche : Nouvelles méthodes d’analyse par Imagerie 3D et IA appliquées aux vestiges préhistoriques et protohistoriques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03510685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EVOSHEEP project: Documenting morphological diversity of early sheep 'breeds' in Southwest Asian societies (6th - 1rst millennia BC) using 3D geometric morphometric of appendicular bones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Vila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jwana Chahoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussab Albesso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agraw Amane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème réunion du groupe de travail en Archéozoologie, Génétique, Protéomiques et Morphométriques (AGPM – ICAZ) - Université d'Oulu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Oulu, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03510766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cave and a flock : contribution of bioarchaeology of coprogenic deposits to the study of Neolithic pastoralism in the Alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Delhon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Herrscher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janet Battentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIth GMPCA Colloquium "Archaeometry in all of its states:interdisciplinary perspectives for a discipline in constant evolution"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02644335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cave and a flock: contribution of the bioarchaeology of coprogenic deposits to the knowledge of Neolithic pastoralism in the Alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Delhon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Herrscher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janet Battentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIe colloque international du GMPCA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02335726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au-delà des vestiges fauniques : les divers marqueurs de l’élevage en archéologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lepère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire transversal des équipes GReNES et STEP du CEPAM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Nice, France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02195126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'élevage des petits ruminants au cours de l'Âge du Fer en Provence, renouvellement des connaissances et approches méthodologiques croisées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rodet-Belarbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allowen Evin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXIXe Rencontres Internationales d'Archéologie et d'Histoire d’Antibes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Antibes, France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02195123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport de la bioarchéologie des dépôts coprogènes à la connaissance du pastoralisme Néolithique : le projet CoproArchéo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Delhon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janet Battentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommes et Caprinés : de la montagne à la steppe, de la chasse à l’élevage. XXXIXe Rencontres Internationales d'Archéologie et d'Histoire d'Antibes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02046419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport de la bioarchéologie des dépôts coprogènes à la connaissance du pastoralisme Néolithique : le projet CoproArchéo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Delhon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janet Battentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXIXe Rencontres Internationales d'Archéologie et d'Histoire d'Antibes "Hommes et Caprinés : de la montagne à la steppe, de la chasse à l’élevage"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Daujeard Camille; Gourichon Lionel; Brugal Jean-Philip, Oct 2018, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02644324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New analytical approaches for archaeological ecofacts and artifacts by 3D imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Cassard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sioniac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Sorin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gourichon Lionel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DigiART Consortium Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Valbonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02112467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EVOSHEEP Project. First zootechnical innovations in Southwest Asian societies (6th–1rst millennia B.C.): Origin and development of sheep breeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Vila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Abrahami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussab Al Besso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Berthon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAZ 2018 : 13th ICAZ International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Ankara, Turquie, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02195127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating the age and season-at-death of ungulates from the analysis of archaeological dental cementum: Recent improvements and perspectives from the CemeNTAA project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hala Alarashi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Blaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Discamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th ICAZ International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Ankara, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02007451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cementochronological analysis in zooarchaeology: a new analytical protocol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Rendu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Sánchez-Hernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Symposium on Dental Morphology &amp; 2nd congress of International Association for Paleodontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02104174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taphonomy in Cementochronology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Rendu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aaron J. Stutz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Sánchez-Hernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">86th Meeting of the American Association of Physical Anthropologists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Nouvelle-Orléans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02195113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport de l’imagerie 3D dans l’étude des variétés animales domestiques, modélisation d’os de caprinés et morphométrie géométrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Sorin-Mazouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIe colloque international du GMPCA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05076566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D geometric morphometric analysis: Studying morphotypes of sheep (Ovis aries) and goat (Capra hircus) during from the Bronze and Iron Age archaeological sites in Provence and the Southern Alps (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Sorin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop international "ArchaeObjects3D – 3D modelling and replication of archaeological objects: Tools for research, conservation and exhibition"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02195110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D Geometric morphometric analysis : studying morphotypes of sheep (Ovis aries) and goat (Capra hircus) from Bronze and Iron Age archaeological sites in Provence and the Southern Alps (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Sorin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire d'équipe GRENES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Nice, France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02195125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des outils interdisciplinaires pour l’étude des activités pastorales de la Basse Provence aux Alpes occidentales durant l’âge du Fer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Isoardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Knockaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Gamba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les économies vivrières dans l’Europe du Fer : Production et consommation de la montagne à la côte. 49e colloque de l'AFEAF, Lleida, mai 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Lleida, Espagne. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05088312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracking the first sheep breed in Southwest Asia: a 3D morphometric investigation on astragalus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Vila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jwana Chahoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussab Albesso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agraw Amane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASWA 15th International meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05076728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité morphologique des populations de bouquetin des Alpes (Capra ibex) dans le Sud de la France du Pléistocène moyen supérieur à l’Holocène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Cucchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évelyne Crégut-Bonnoure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Notter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Rossoni-Notter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41emes Rencontres Internationales d’Archéologie et d’Histoire - Biodiversités, environnements et sociétés depuis la Préhistoire : nouveaux marqueurs et approches intégrées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03510626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feeding the earth, feeding the herd: bioarchaeological and isotopic approaches to Neolithic agropastoral systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Delhon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Herrscher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Blasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Montanes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41e Rencontres Internationales d’Archéologie et d’Histoire de Nice Côte d’Azur 2021 : Biodiversités, environnements et sociétés depuis la Préhistoire : nouveaux marqueurs et approches intégrées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying caprine breeds from protohistoric Provence and Southern Alps (France): 3D geometric morphometrics applied to postcranial bones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allowen Evin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Sorin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th ICAZ International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Ankara, Turquie, Turkey. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02195124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cementochronological analysis in zooarchaeology : a new analytical protocol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Rendu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Pubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Sánchez-Hernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17e International Symposium on Dental Morphology (ISDM) and 2d congrès de l’International Association for Paleodontology (IAPO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le bouquetin alpin : entre mer et montagne”, un espace d’exposition au Musée d’Anthropologie préhistorique de Monaco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58079/13r1y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05076741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archéozoologie et Machine Learning : vers une collaboration d’avenir ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58079/vzq7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04774201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EvoSheep – Origin and evolution of sheep breeds: 3D bone modelling to morphometrics investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58079/bd2l⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04774220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphométrie géométrique et 3D: Premières analyses des morphotypes ovins et caprins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Sorin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02195118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grotte du Lazaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Desclaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Crégut-Bonnoure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Cohen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021, pp.81-83</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03326131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude exploratoire en morphométrie géométrique 2D/3D des talus de bouquetin des Alpes (Capra ibex) provenant de la grotte du Lazaret (Nice, Alpes-Maritimes, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Desclaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Projet Collectif de Recherche « Paléoécologie de la grotte du Lazaret, Interactions « Hommes-Milieu(x) » sur le littoral maralpin au cours du Pléistocène moyen final (MIS 6) »; DRAC PACA. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03511162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La faune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Occupations pré- et protohistoriques et espace périphérique polyfonctionnel du premier Moyen Âge, Rapport de fouilles programmées; Service d'archéologie de Nice Côte d'Azur; DRAC PACA. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03511182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La grotte de Pertus II : occupations du Néolithique final</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques-Elie Brochier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Huet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Ministère de la Culture et de la Communication, Service Régional de l'Archéologie, PACA. 2015, pp.277</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02195108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport d’étude de la faune des niveaux E, F et G (fouilles Barral & Iaworsky)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gourichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Service régional de l'Archéologie Provence-Alpes-Côte d'Azur. 2015, pp.184-188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02195107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systèmes d'élevage et pastoralisme en Provence et dans les Alpes méridionales durant la Protohistoire : Nouvelles perspectives en archéozoologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Vuillien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Université Côte d'Azur, 2020. Français. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03520794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId184"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7ECF075A"/>
+    <w:nsid w:val="2C6492FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vuillien-manon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7657-7613" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253214904" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779367v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Vuillien" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Adamo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vila" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amane Agraw" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Argant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/jcaa.181" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05303715v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Vigne" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Girard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Grouard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Villarroel-Parada" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660926v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fabrizi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Flament" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delhon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Gourichon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.4c00083" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279852v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lep&#232;re" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Battentier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Binder" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques &#201;lie Brochier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delhon Claire" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307212v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Barakat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mael Le Corre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malte Willmes" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Cohen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2023.988837" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806416v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bader" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mallet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jwana Chahoud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agraw Amane" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bea de Cupere" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2022.103447" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760449v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Jeanjean" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashleigh Haruda" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenny Salvagno" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renate Schafberg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Valenzuela-Lamas" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2022.105580" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402639v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Abrahami" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussab Albesso" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2020.247" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02975373v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Moussous" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Hoareau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649659v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzon Provost" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Duday" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Durrenmath" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Goude" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/galliap.620" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123496v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Corneli" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483278v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05303668v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774184v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Decruyenaere" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocco Rante" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Mashkour" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253334v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502938v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Rendu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Naji" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Pubert" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos S&#225;nchez-Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108569507.013" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02335865v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076540v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Debue" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076551v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Seigle" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076673v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936261v3" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372352v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372346v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05088327v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Knockaert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Isoardi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Gamba" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Giguet-Covex" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076513v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bray" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Davoudi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Homa Fathi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133460v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Herrscher" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Martin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076481v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Cregut&#8209;bonnoure" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philip Brugal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Notter" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869590v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#237;dia Colominas" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allowen Evin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadja P&#246;llath" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737471v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Desclaux" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945166v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Blasco" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945192v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Martin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Montanes" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510685v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Nhat Do" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Franco Gallo" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanna Lisa Coli" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garberi Pauline" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580324v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montanes Maryline" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510766v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02644335v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02335726v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195126v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195123v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rodet-Belarbi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046419v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Carr&#233;" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02644324v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112467v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cassard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Sioniac" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Sorin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gourichon Lionel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195127v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussab Al Besso" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Berthon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boyer" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02007451v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Naji" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Alarashi" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Blaise" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Discamps" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104174v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pubert" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195113v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron J. Stutz" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076566v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Sorin-Mazouni" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195110v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195125v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05088312v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076728v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510626v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cucchi" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Cr&#233;gut-Bonnoure" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rossoni-Notter" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434845v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195124v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012840v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076741v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/13r1y" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774201v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/vzq7" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774220v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/bd2l" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195118v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326131v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Cr&#233;gut-Bonnoure" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511182v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511162v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195108v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Elie Brochier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Chauvin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Huet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Herv&#233;" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195107v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03520794v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vuillien-manon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7657-7613" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253214904" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779367v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Vuillien" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Adamo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vila" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amane Agraw" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Argant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/jcaa.181" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05303715v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Vigne" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Girard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Grouard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Villarroel-Parada" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660926v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fabrizi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Flament" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delhon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Gourichon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.4c00083" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307212v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Barakat" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mael Le Corre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malte Willmes" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Cohen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2023.988837" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279852v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lep&#232;re" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Battentier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Binder" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques &#201;lie Brochier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delhon Claire" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760449v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Jeanjean" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashleigh Haruda" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenny Salvagno" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renate Schafberg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Valenzuela-Lamas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2022.105580" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806416v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bader" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mallet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jwana Chahoud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agraw Amane" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bea de Cupere" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2022.103447" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402639v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Abrahami" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussab Albesso" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2020.247" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02975373v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Moussous" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Hoareau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649659v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzon Provost" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Duday" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Durrenmath" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Goude" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/galliap.620" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123496v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Corneli" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483278v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05303668v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774184v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Decruyenaere" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocco Rante" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Mashkour" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253334v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502938v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Rendu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Naji" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Pubert" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos S&#225;nchez-Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108569507.013" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02335865v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076540v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Debue" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076551v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Seigle" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076673v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372352v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936261v3" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372346v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05088327v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Knockaert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Isoardi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Gamba" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Giguet-Covex" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076513v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bray" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Davoudi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Homa Fathi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133460v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Herrscher" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Martin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869590v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#237;dia Colominas" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allowen Evin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadja P&#246;llath" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076481v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Cregut&#8209;bonnoure" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philip Brugal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Notter" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945192v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Martin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Blasco" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Montanes" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737471v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Desclaux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945166v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580324v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montanes Maryline" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510685v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Nhat Do" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Franco Gallo" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanna Lisa Coli" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garberi Pauline" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510766v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02644335v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02335726v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195126v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195123v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rodet-Belarbi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046419v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Carr&#233;" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02644324v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112467v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cassard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Sioniac" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Sorin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gourichon Lionel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195127v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussab Al Besso" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Berthon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boyer" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02007451v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Naji" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Alarashi" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Blaise" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Discamps" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104174v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pubert" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195113v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron J. Stutz" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076566v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Sorin-Mazouni" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195110v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195125v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05088312v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076728v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510626v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cucchi" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Cr&#233;gut-Bonnoure" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rossoni-Notter" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434845v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195124v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012840v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076741v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/13r1y" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774201v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/vzq7" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774220v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/bd2l" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195118v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326131v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Cr&#233;gut-Bonnoure" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511162v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511182v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195108v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Elie Brochier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Chauvin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Huet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Herv&#233;" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195107v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03520794v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>