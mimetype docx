--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -303,1651 +303,1651 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05475498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Algorithmic Management in Hospitality: Examining Hotel Employees’ Attitudes and Work–Life Balance Under AI-Driven HR Systems</w:t>
+                <w:t xml:space="preserve">The Future Is Community-Led: Rethinking Rural Tourism Sustainability Through the Bregenzerwald Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milena Turčinović</w:t>
+                <w:t xml:space="preserve">Drago Cvijanović</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darjan Karabašević</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aleksandra Vujko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana Vukotić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrijela Popović</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tourism and Hospitality</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/tourhosp6040203⟩</w:t>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/su17125450⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05475493v1</w:t>
+                <w:t xml:space="preserve">hal-05475470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Future Is Community-Led: Rethinking Rural Tourism Sustainability Through the Bregenzerwald Model</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Drago Cvijanović</w:t>
+                <w:t xml:space="preserve">AI Transparency and Sustainable Travel Under Climate Risk: A Geographical Perspective on Trust, Spatial Decision-Making, and Rural Destination Resilience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandra Vujko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Darjan Karabašević</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabrijela Popović</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Aleksa Panić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina Arsić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vuk Mirčetić</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sustainability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 17, </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/su17125450⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/su172411200⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05475470v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05475497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AI Transparency and Sustainable Travel Under Climate Risk: A Geographical Perspective on Trust, Spatial Decision-Making, and Rural Destination Resilience</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Digital Twins in Smart Tourist Destinations: Addressing Overtourism, Sustainability, and Governance Challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tijana Ljubisavljević</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aleksandra Vujko</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aleksa Panić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martina Arsić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuk Mirčetić</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainability</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 17, </w:t>
+              <w:t xml:space="preserve">World</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/su172411200⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/world6040148⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05475497v1</w:t>
+                <w:t xml:space="preserve">hal-05475496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digital Twins in Smart Tourist Destinations: Addressing Overtourism, Sustainability, and Governance Challenges</w:t>
+                <w:t xml:space="preserve">A New Hybrid MCDM Model for Personnel Selection in the Mining Industry Based on the PIPRECIA-S, CRITIC, and WISP Methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tijana Ljubisavljević</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Martina Arsić</w:t>
+                <w:t xml:space="preserve">Maja Stanujkić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuk Mirčetić</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dragiša Stanujkić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darjan Karabašević</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrijela Popović</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/world6040148⟩</w:t>
+              <w:t xml:space="preserve">Acta Montanistica Slovaca</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46544/ams.v30i3.18⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05475496v1</w:t>
+                <w:t xml:space="preserve">hal-05475452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New Hybrid MCDM Model for Personnel Selection in the Mining Industry Based on the PIPRECIA-S, CRITIC, and WISP Methods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maja Stanujkić</w:t>
+                <w:t xml:space="preserve">Algorithmic Management in Hospitality: Examining Hotel Employees’ Attitudes and Work–Life Balance Under AI-Driven HR Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milena Turčinović</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandra Vujko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuk Mirčetić</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Montanistica Slovaca</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Tourism and Hospitality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.46544/ams.v30i3.18⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/tourhosp6040203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05475452v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05475493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unveiling the characteristics of the EU charismatic leaders using PIPRECIA-S method</w:t>
+                <w:t xml:space="preserve">Navigating the Complexity of the HRM Practice: A Multiple-Criteria Decision-Making Framework</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuk Mirčetić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrijela Popović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vukotić Svetlana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marko Mihić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivana Kovačević</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Process Management and New Technologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5937/jpmnt12-51159⟩</w:t>
+              <w:t xml:space="preserve">Mathematics </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Advanced Applications of Multi-criteria Decision-Making Methods in Operational Research, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/math12233769⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04903261v1</w:t>
+                <w:t xml:space="preserve">hal-04903024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Navigating the Complexity of the HRM Practice: A Multiple-Criteria Decision-Making Framework</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ivana Kovačević</w:t>
+                <w:t xml:space="preserve">Concern or Opportunity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Milojević</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marko Slavković</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Snežana Knežević</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nebojša Zdravković</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladislava Stojić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematics </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Systems, 12(4), 122</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04903024v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04903111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concern or Opportunity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Role of Green Society in Society 5.0: Tango Diamond in a Collective Intelligence (Hybrid) Ecosystem Founded on Human-Centricity and Sustainability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vesna Tronjanski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefan Milojević</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Snežana Knežević</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vuk Mirčetić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ken Drinkwater</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Systems, 12(4), 122</w:t>
+              <w:t xml:space="preserve"> Journal of Business and Social Sciences, 1, 10</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04903111v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04903254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Role of Green Society in Society 5.0: Tango Diamond in a Collective Intelligence (Hybrid) Ecosystem Founded on Human-Centricity and Sustainability</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Snežana Knežević</w:t>
+                <w:t xml:space="preserve">Women’s Empowerment in Rural Tourism as Key to Sustainable Communities’ Transformation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandra Vujko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darjan Karabašević</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Drago Cvijanović</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana Vukotić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuk Mirčetić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Journal of Business and Social Sciences, 1, 10</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/su162310412⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04903254v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04903058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Women’s Empowerment in Rural Tourism as Key to Sustainable Communities’ Transformation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aleksandra Vujko</w:t>
+                <w:t xml:space="preserve">Selection of Tourism Accommodation Facilities for Development: An ADAM-Based Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrijela Popović</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vuk Mirčetić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Darjan Karabašević</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainability</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Quaestus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04903058v1</w:t>
+                <w:t xml:space="preserve">hal-04903273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selection of Tourism Accommodation Facilities for Development: An ADAM-Based Approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Unveiling the characteristics of the EU charismatic leaders using PIPRECIA-S method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vuk Mirčetić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrijela Popović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Darjan Karabašević</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana Vukotić</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaestus</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Process Management and New Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12, pp.99 - 109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5937/jpmnt12-51159⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04903273v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04903261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global Flows of Goods and Services Among the Most Economically Developed Countries in the World</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Innovative Human Resource Management Framework: Impact of Green Competencies on Organisational Performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vuk Mirčetić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gordana Petrović</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Tatjana Ivanović</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Snežana Knežević</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vesna Bogojević Arsić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tijana Obradović</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaestus</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/su14052713⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04903345v1</w:t>
+                <w:t xml:space="preserve">hal-04903130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Innovative Human Resource Management Framework: Impact of Green Competencies on Organisational Performance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Global Flows of Goods and Services Among the Most Economically Developed Countries in the World</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gordana Petrović</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana Vukotić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darjan Karabašević</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuk Mirčetić</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainability</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Quaestus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04903130v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04903345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Socio-Economic Transformation of Šumadija District (Serbia)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marija Drobnjaković</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gordana Petrović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Darjan Karabašević</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2015,77 +2015,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Review on International Trade in the European Union</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gordana Petrović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Darjan Karabašević</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrijela Popović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomislav Brzaković</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2140,51 +2140,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The impact of climate change on the corn yield in Serbia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gordana Petrović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Darjan Karabašević</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2264,763 +2264,763 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04903172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">THE IMPACT OF LEADER'S GENDER TO BUSINESS SYSTEM PERFORMANCE</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An overview of the tourism economic effect in the European Union Member states</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gordana Petrović</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darjan Karabašević</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana Vukotić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuk Mirčetić</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaestus</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">TURIZAM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 24, pp.165 - 177. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5937/turizam24-26469⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04903384v1</w:t>
+                <w:t xml:space="preserve">hal-04903378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An overview of the tourism economic effect in the European Union Member states</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">THE IMPACT OF LEADER'S GENDER TO BUSINESS SYSTEM PERFORMANCE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuk Mirčetić</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TURIZAM</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Quaestus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5937/turizam24-26469⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04903378v1</w:t>
+                <w:t xml:space="preserve">hal-04903384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The impact of ethical internal communication on opinion of public menu</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The concept of business clusters and its impact on tourism business improvement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuk Mirčetić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Darjan Karabašević</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana Vukotić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Drago Cvijanović</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bizinfo Blace</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5937/bizinfo1901043s⟩</w:t>
+              <w:t xml:space="preserve">Ekonomika poljoprivrede</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 66, pp.851 - 868. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5937/ekopolj1903851m⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04903412v1</w:t>
+                <w:t xml:space="preserve">hal-04903192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The concept of business clusters and its impact on tourism business improvement</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">BUSINESS ETHICS IN MARKETING COMMUNICATION</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriana Lazar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milena Sretić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuk Mirčetić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Drago Cvijanović</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marijana Vukčević</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ekonomika poljoprivrede</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Quaestus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04903192v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04903421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BUSINESS ETHICS IN MARKETING COMMUNICATION</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New dimensions of the importance of a creative work environment and its impact on the management of contemporary organizations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana Vukotić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darjan Karabašević</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vuk Mirčetić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adriana Lazar</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Marijana Vukčević</w:t>
+                <w:t xml:space="preserve">Mlađan Maksimović</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaestus</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Skola biznisa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.113 - 129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5937/skolbiz2-21530⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04903421v1</w:t>
+                <w:t xml:space="preserve">hal-04903404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New dimensions of the importance of a creative work environment and its impact on the management of contemporary organizations</w:t>
+                <w:t xml:space="preserve">Korporativna pripadnost zaposlenih - formula uspeha organizacije</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Svetlana Vukotić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Darjan Karabašević</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miodrag Brzaković</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuk Mirčetić</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mlađan Maksimović</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Skola biznisa</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5937/skolbiz2-21530⟩</w:t>
+              <w:t xml:space="preserve">Vojno delo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 71, pp.404 - 418. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5937/vojdelo1907404v⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04903404v1</w:t>
+                <w:t xml:space="preserve">hal-04903407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Korporativna pripadnost zaposlenih - formula uspeha organizacije</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Miodrag Brzaković</w:t>
+                <w:t xml:space="preserve">The impact of ethical internal communication on opinion of public menu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milena Sretić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuk Mirčetić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mlađan Maksimović</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darjan Karabašević</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vojno delo</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 71, pp.404 - 418. </w:t>
+              <w:t xml:space="preserve">Bizinfo Blace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.43 - 51. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5937/vojdelo1907404v⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5937/bizinfo1901043s⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04903407v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04903412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uloga menadžera ekspatrijata u poslovanju filijala multinacionalne kompanije</w:t>
               </w:r>
@@ -3211,64 +3211,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">UNLOCKING HIDDEN POTENTIAL: DEVELOPING LEADERSHIP COMPETENCIES IN THE DIGITAL AGE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuk Mirčetić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marko Mihić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivana Kovačević</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of XIX International Symposium SymOrg 2024 - Unlocking the Hidden Potentials of Organization Through Merging of Humans and Digitals (pp. 713-718). Faculty of Organisational Sciences, University of Belgrade, Serbia.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, beograd, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3293,51 +3293,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Academic Staff Selection Based on the MCDM Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrijela Popović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuk Mirčetić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3427,51 +3427,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuk Mirčetić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Svetlana Vukotić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrijela Popović</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Book of Abstracts of the IX International Scientific &amp; Professional Conference MEFkon 2023 - Innovation as an Initiator of the Development (p. 10). University Business Academy, Faculty of Applied Management, Economics and Finance, Serbia.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Belgrade, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3509,51 +3509,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A step towards the setting of a comprehensive leadership measurement model: Gap, necessity, and proposal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuk Mirčetić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marko Mihić</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Book of Abstracts of the IX International Scientific &amp; Professional Conference MEFkon 2023 - Innovation as an Initiator of the Development (p. 2). Faculty of Applied Management, Economics and Finance, University Business Academy, Serbia.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2023, Belgrade, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3673,77 +3673,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ride on the Waves Towards Human-Centred Project Management Era</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vesna Tronjanski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuk Mirčetić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Milojević</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of XXVII International Project Management Congress - Interdisciplinarity as a Key Link of the Project Profession (pp. 98-110). International Project Management Association (IPMA), Serbia.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Belgrade, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3781,64 +3781,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human-centric society: A holistic overview of sustainable and vibrant future of humanity and the world</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuk Mirčetić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Snežana Knežević</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vesna Tronjanski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Book of Abstracts of the IX International Scientific &amp; Professional Conference MEFkon 2023 - Innovation as an Initiator of the Development (p. 15). University Business Academy, Faculty of Applied Management, Economics and Finance, Serbia.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Belgrade, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3863,64 +3863,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Role of Healthy e-Business in Society 5.0: The Empowerment of the Human-centric Era</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vesna Tronjanski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Snežana Knežević</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuk Mirčetić</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4034,485 +4034,485 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04903535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Superior Innovations as a Responsible Answer to The Contemporary Business Challenges</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Innovations as a Response to Financial Challenges in the Contemporary Business Environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bosiljka Srebro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuk Mirčetić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Darjan Karabašević</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Snežana Knežević</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of PAR International Leadership Conference PILC 2022 - Strategic Leadership (pp. 276-289). PAR University College, Croatia.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Rijeka, Croatia</w:t>
+              <w:t xml:space="preserve">Book of Abstracts of VIII International Scientific &amp; Professional Conference MEFkon 2022 - Innovation as an Initiator of the Development (p. 23). Faculty of Applied Management, Economics and Finance, University Business Academy, Serbia.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Belgrade, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04905039v1</w:t>
+                <w:t xml:space="preserve">hal-04905031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovations as a Response to Financial Challenges in the Contemporary Business Environment</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Impact of Effective Talent Management in Achieving the Comparative Advantage of Modern Companies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuk Mirčetić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Snežana Knežević</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana Vukotić</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Book of Abstracts of VIII International Scientific &amp; Professional Conference MEFkon 2022 - Innovation as an Initiator of the Development (p. 23). Faculty of Applied Management, Economics and Finance, University Business Academy, Serbia.</w:t>
+              <w:t xml:space="preserve">Book of Abstracts of VIII International Scientific &amp; Professional Conference MEFkon 2022 - Innovation as an Initiator of the Development (p. 21). Faculty of Applied Management, Economics and Finance, University Business Academy, Serbia.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2022, Belgrade, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04905031v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04905030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Impact of Effective Talent Management in Achieving the Comparative Advantage of Modern Companies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Strategic Approach to Talent Management: Through Contexts of Time and Environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana Vukotić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darjan Karabašević</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuk Mirčetić</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Svetlana Vukotić</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Book of Abstracts of VIII International Scientific &amp; Professional Conference MEFkon 2022 - Innovation as an Initiator of the Development (p. 21). Faculty of Applied Management, Economics and Finance, University Business Academy, Serbia.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2022, Belgrade, Serbia</w:t>
+              <w:t xml:space="preserve">Proceedings of XVIII International May Conference on Strategic Management - IMCSM22 (pp. 126-134). Technical Faculty in Bor, University of Belgrade, Serbia.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Belgrade, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04905030v1</w:t>
+                <w:t xml:space="preserve">hal-04905037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strategic Approach to Talent Management: Through Contexts of Time and Environment</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Developing Smart Tourism as a Strategic Approach to Tourism Challenges in the Post-COVID Era</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuk Mirčetić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marko Mihić</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of XVIII International May Conference on Strategic Management - IMCSM22 (pp. 126-134). Technical Faculty in Bor, University of Belgrade, Serbia.</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Book of Abstracts of XVIII International Symposium SYMORG 2022 - Sustainable Business Management and Digital Transformation: Challenges and Opportunities in the Post-COVID Era (pp. 116-117). Faculty of Organisational Sciences, University of Belgrade, Serbia.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Belgrade, Serbia. pp.445 - 463, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-18645-5_28⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04905037v1</w:t>
+                <w:t xml:space="preserve">hal-04905032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developing Smart Tourism as a Strategic Approach to Tourism Challenges in the Post-COVID Era</w:t>
+                <w:t xml:space="preserve">Superior Innovations as a Responsible Answer to The Contemporary Business Challenges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuk Mirčetić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marko Mihić</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana Vukotić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darjan Karabašević</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Book of Abstracts of XVIII International Symposium SYMORG 2022 - Sustainable Business Management and Digital Transformation: Challenges and Opportunities in the Post-COVID Era (pp. 116-117). Faculty of Organisational Sciences, University of Belgrade, Serbia.</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of PAR International Leadership Conference PILC 2022 - Strategic Leadership (pp. 276-289). PAR University College, Croatia.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Rijeka, Croatia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-18645-5_28⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04905032v1</w:t>
+                <w:t xml:space="preserve">hal-04905039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coronavirus Negative Impact to the Tourism: When to Expect the “New Normal”?</w:t>
               </w:r>
@@ -5137,51 +5137,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uticaj kulture na upravljanje ljudskim resursima u internacionalnim uslovima</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drago Cvijanović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Svetlana Vukotić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5422,51 +5422,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuk Mirčetić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Darjan Karabašević</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vukotić Svetlana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the IX PAR International Scientific-Professional Leadership Conference PILC 2020 -High Leadership Conference (pp. 233-246). PAR University College, Croatia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Rijeka, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5491,51 +5491,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Razvoj i definisanje brenda turističke destinacije</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drago Cvijanović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuk Mirčetić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6118,51 +6118,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CFEE2A53"/>
+    <w:nsid w:val="C5D7BF25"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6349,51 +6349,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vukmircetic" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/AAC-1454-2020" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475498v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vuk Mir&#269;eti&#263;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Vujko" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Arsi&#263;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darjan Karaba&#353;evi&#263;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Vukoti&#263;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/world7010004" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475493v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Tur&#269;inovi&#263;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/tourhosp6040203" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475470v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drago Cvijanovi&#263;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrijela Popovi&#263;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su17125450" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475497v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksa Pani&#263;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su172411200" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475496v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tijana Ljubisavljevi&#263;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/world6040148" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475452v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja Stanujki&#263;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragi&#353;a Stanujki&#263;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46544/ams.v30i3.18" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903261v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5937/jpmnt12-51159" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903024v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vukoti&#263; Svetlana" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko Mihi&#263;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Kova&#269;evi&#263;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/math12233769" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903111v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Milojevi&#263;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko Slavkovi&#263;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sne&#382;ana Kne&#382;evi&#263;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neboj&#353;a Zdravkovi&#263;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladislava Stoji&#263;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903254v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vesna Tronjanski" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Drinkwater" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903058v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su162310412" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903273v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903345v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordana Petrovi&#263;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903130v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatjana Ivanovi&#263;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vesna Bogojevi&#263; Arsi&#263;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tijana Obradovi&#263;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su14052713" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903160v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Drobnjakovi&#263;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903367v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomislav Brzakovi&#263;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903172v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Radosavac" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5937/aaser2050133p" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903384v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903378v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5937/turizam24-26469" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903412v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Sreti&#263;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mla&#273;an Maksimovi&#263;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5937/bizinfo1901043s" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903192v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5937/ekopolj1903851m" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903421v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Lazar" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marijana Vuk&#269;evi&#263;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903404v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5937/skolbiz2-21530" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903407v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miodrag Brzakovi&#263;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5937/vojdelo1907404v" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903491v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarina Radlova&#269;ki" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903451v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12709/fbim.06.06.02.10" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903517v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903505v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903559v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903547v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903524v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandar &#272;okovi&#263;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikola Cvetkovi&#263;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903572v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903550v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903565v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903535v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Josifovi&#263;" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905039v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905031v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bosiljka Srebro" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905030v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905037v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905032v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-18645-5_28" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905040v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905047v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mladen &#268;udanov" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905041v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#272;ervida Ru&#382;ica" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905045v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905059v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905051v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Todorov Predrag" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895695v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905060v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905056v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905052v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905058v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905063v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905062v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Jano&#353;ik" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Male&#353;evi&#263;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905069v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905067v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sr&#273;an Novakovi&#263;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905073v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902904v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vukmircetic" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/AAC-1454-2020" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475498v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vuk Mir&#269;eti&#263;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Vujko" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Arsi&#263;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darjan Karaba&#353;evi&#263;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Vukoti&#263;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/world7010004" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475470v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drago Cvijanovi&#263;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrijela Popovi&#263;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su17125450" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475497v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksa Pani&#263;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su172411200" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475496v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tijana Ljubisavljevi&#263;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/world6040148" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475452v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja Stanujki&#263;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragi&#353;a Stanujki&#263;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46544/ams.v30i3.18" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475493v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Tur&#269;inovi&#263;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/tourhosp6040203" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903024v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vukoti&#263; Svetlana" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko Mihi&#263;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Kova&#269;evi&#263;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/math12233769" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903111v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Milojevi&#263;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko Slavkovi&#263;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sne&#382;ana Kne&#382;evi&#263;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neboj&#353;a Zdravkovi&#263;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladislava Stoji&#263;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903254v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vesna Tronjanski" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Drinkwater" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903058v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su162310412" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903273v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903261v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5937/jpmnt12-51159" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903130v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatjana Ivanovi&#263;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vesna Bogojevi&#263; Arsi&#263;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tijana Obradovi&#263;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su14052713" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903345v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordana Petrovi&#263;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903160v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Drobnjakovi&#263;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903367v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomislav Brzakovi&#263;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903172v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Radosavac" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5937/aaser2050133p" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903378v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5937/turizam24-26469" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903384v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903192v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5937/ekopolj1903851m" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903421v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Lazar" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Sreti&#263;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marijana Vuk&#269;evi&#263;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903404v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mla&#273;an Maksimovi&#263;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5937/skolbiz2-21530" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903407v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miodrag Brzakovi&#263;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5937/vojdelo1907404v" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903412v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5937/bizinfo1901043s" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903491v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarina Radlova&#269;ki" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903451v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12709/fbim.06.06.02.10" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903517v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903505v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903559v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903547v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903524v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandar &#272;okovi&#263;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikola Cvetkovi&#263;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903572v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903550v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903565v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903535v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Josifovi&#263;" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905031v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bosiljka Srebro" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905030v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905037v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905032v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-18645-5_28" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905039v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905040v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905047v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mladen &#268;udanov" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905041v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#272;ervida Ru&#382;ica" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905045v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905059v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905051v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Todorov Predrag" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895695v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905060v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905056v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905052v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905058v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905063v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905062v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Jano&#353;ik" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Male&#353;evi&#263;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905069v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905067v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sr&#273;an Novakovi&#263;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905073v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902904v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>