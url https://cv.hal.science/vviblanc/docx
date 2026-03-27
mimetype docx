--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (76)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (74)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -3460,295 +3460,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03549269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cascading Effects of Conspecific Aggression on Oxidative Status and Telomere Length in Zebra Finches</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Zahn</w:t>
+                <w:t xml:space="preserve">Repeatability of alert and flight initiation distance in king penguins: effects of colony, approach speed and weather</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tracey L Hammer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Saraux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Gineste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Patrice Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiological and Biochemical Zoology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1086/721252⟩</w:t>
+              <w:t xml:space="preserve">Ethology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 128 (4), pp.303-316. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/eth.13264⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03828299v1</w:t>
+                <w:t xml:space="preserve">hal-03538580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repeatability of alert and flight initiation distance in king penguins: effects of colony, approach speed and weather</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Patrice Robin</w:t>
+                <w:t xml:space="preserve">Cascading Effects of Conspecific Aggression on Oxidative Status and Telomere Length in Zebra Finches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Quque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charly Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Sosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Schull</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Zahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ethology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 128 (4), pp.303-316. </w:t>
+              <w:t xml:space="preserve">Physiological and Biochemical Zoology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 95 (5), pp.416-429. </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/eth.13264⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1086/721252⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03538580v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03828299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parental investment in the Columbian ground squirrel: empirical tests of sex allocation models</w:t>
               </w:r>
@@ -4749,5156 +4749,4918 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02269236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sex‐specific lateralization during aggressive interactions in breeding king penguins</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Oxidative stress and mitochondrial responses to stress exposure suggest that king penguins are naturally equipped to resist stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Stier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Schull</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Lefol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien Lemaire</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mark Haussmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ethology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/eth.12868⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9, pp.8545. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-44990-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04708666v1</w:t>
+                <w:t xml:space="preserve">hal-02155431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxidative stress and mitochondrial responses to stress exposure suggest that king penguins are naturally equipped to resist stress</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Emilie Lefol</w:t>
+                <w:t xml:space="preserve">Sex‐specific lateralization during aggressive interactions in breeding king penguins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien S. Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Viblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mark Haussmann</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christelle Jozet-Alves</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 9, pp.8545. </w:t>
+              <w:t xml:space="preserve">Ethology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 125 (7), pp.439-449. </w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-44990-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/eth.12868⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02155431v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02103092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sex‐specific lateralization during aggressive interactions in breeding king penguins</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An integrative appraisal of the hormonal and metabolic changes induced by acute stress using king penguins as a model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Viblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Schull</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien S. Lemaire</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Tina Cornioley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Stier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jérôme Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ethology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/eth.12868⟩</w:t>
+              <w:t xml:space="preserve">General and Comparative Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ygcen.2017.08.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02103092v1</w:t>
+                <w:t xml:space="preserve">hal-02362351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An integrative appraisal of the hormonal and metabolic changes induced by acute stress using king penguins as a model</w:t>
+                <w:t xml:space="preserve">Macrophysiology as a powerful tool for evaluating metapopulation stress and the effectiveness of conservation actions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Viblanc</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">General and Comparative Endocrinology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, </w:t>
+              <w:t xml:space="preserve">Functional Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 32 (2), pp.232-233. </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ygcen.2017.08.024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1365-2435.13013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02362351v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02350203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Macrophysiology as a powerful tool for evaluating metapopulation stress and the effectiveness of conservation actions</w:t>
+                <w:t xml:space="preserve">Maternal oxidative stress and reproduction: Testing the constraint, cost and shielding hypotheses in a wild mammal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Viblanc</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Schull</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeffrey Roth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Rabdeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Saraux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Functional Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 32 (2), pp.232-233. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1365-2435.13013⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 32 (3), pp.722 - 735. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2435.13032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02350203v1</w:t>
+                <w:t xml:space="preserve">hal-01745770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maternal oxidative stress and reproduction: Testing the constraint, cost and shielding hypotheses in a wild mammal</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assortative pairing by telomere length in king penguins and relationships with breeding success</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Schull</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Viblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Claire Saraux</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Stephen Dobson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Patrice Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Zahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Functional Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 32 (3), pp.722 - 735. </w:t>
+              <w:t xml:space="preserve">Canadian Journal of Zoology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1365-2435.13032⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1139/cjz-2017-0094⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01745770v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01698370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assortative pairing by telomere length in king penguins and relationships with breeding success</w:t>
+                <w:t xml:space="preserve">Experimental stress during molt suggests the evolution of condition-dependent and condition-independent ornaments in the king penguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Schull</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Patrice Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Stephen Dobson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hédi Saadaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Viblanc</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Zahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Journal of Zoology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1139/cjz-2017-0094⟩</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (2), pp.1084 - 1095. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ece3.3677⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01698370v1</w:t>
+                <w:t xml:space="preserve">hal-01690531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental stress during molt suggests the evolution of condition-dependent and condition-independent ornaments in the king penguin</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Negative phenotypic and genetic correlation between natal dispersal propensity and nest-defence behaviour in a wild bird</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent A. Viblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien G. A. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Doligez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ece3.3677⟩</w:t>
+              <w:t xml:space="preserve">Biology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 13 (7), pp.20170236. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsbl.2017.0236⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01690531v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01632839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Negative phenotypic and genetic correlation between natal dispersal propensity and nest-defence behaviour in a wild bird</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Long-term field studies on rodents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loren D. Hayes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis A. Ebensperger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Douglas A. Kelt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter L. Meserve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neville Pillay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rsbl.2017.0236⟩</w:t>
+              <w:t xml:space="preserve">Journal of Mammalogy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 98 (3), pp.642 - 651. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jmammal/gyw180⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01632839v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01531933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term field studies on rodents</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Neville Pillay</w:t>
+                <w:t xml:space="preserve">Seasonality in marine ecosystems: Peruvian seabirds, anchovy and oceanographic conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giannina Passuni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Barbraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Chaigneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Demarcq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jesus Ledesma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mammalogy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jmammal/gyw180⟩</w:t>
+              <w:t xml:space="preserve">Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 97 (1), pp.182-193. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1890/14-1134.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01531933v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01298551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seasonality in marine ecosystems: Peruvian seabirds, anchovy and oceanographic conditions</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jesus Ledesma</w:t>
+                <w:t xml:space="preserve">Beak color dynamically signals changes in fasting status and parasite loads in king penguins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Schull</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Stephen Dobson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Stier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Patrice Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 97 (1), pp.182-193. </w:t>
+              <w:t xml:space="preserve">Behavioral Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 27 (6), pp.1684-1693. </w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1890/14-1134.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/beheco/arw091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01298551v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01356299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beak color dynamically signals changes in fasting status and parasite loads in king penguins</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Negative effects of wind speed on individual foraging performance and breeding success in little penguins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Saraux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Chiaradia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcus Salton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Dann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent A. Viblanc</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behavioral Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/beheco/arw091⟩</w:t>
+              <w:t xml:space="preserve">Ecological monographs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 86 (1), pp.61-77. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1890/14-2124.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01356299v1</w:t>
+                <w:t xml:space="preserve">hal-01298503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Negative effects of wind speed on individual foraging performance and breeding success in little penguins</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Testing the reproductive and somatic trade-off in female Columbian ground squirrels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristin Rubach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mingyan Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asheber Abebe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Stephen Dobson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan O. Murie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological monographs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1890/14-2124.1⟩</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6 (21), pp.7586 - 7595. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ece3.2215⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01298503v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01390542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Testing the reproductive and somatic trade-off in female Columbian ground squirrels</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Asheber Abebe</w:t>
+                <w:t xml:space="preserve">Mutually honest? Physiological ‘qualities’ signalled by colour ornaments in monomorphic king penguins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent A. Viblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Stephen Dobson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jan O. Murie</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Stier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Schull</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Saraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 6 (21), pp.7586 - 7595. </w:t>
+              <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 118 (2), pp.200-214. </w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ece3.2215⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/bij.12729⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01390542v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01356705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mutually honest? Physiological ‘qualities’ signalled by colour ornaments in monomorphic king penguins</w:t>
+                <w:t xml:space="preserve">Kin effects on energy allocation in group-living ground squirrels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent A. Viblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Saraux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan O. Murie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Stephen Dobson</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 118 (2), pp.200-214. </w:t>
+              <w:t xml:space="preserve">Journal of Animal Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 85 (5), pp.1361-1369. </w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/bij.12729⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1365-2656.12541⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01356705v1</w:t>
+                <w:t xml:space="preserve">hal-01356696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kin effects on energy allocation in group-living ground squirrels</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The oxidative debt of fasting: evidence for short to medium-term costs of advanced fasting in adult king penguins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Schull</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent A. Viblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Stier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hédi Saadaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Lefol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Animal Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 85 (5), pp.1361-1369. </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 219 (20), pp.3284-3293. </w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1365-2656.12541⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1242/jeb.145250⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01356696v1</w:t>
+                <w:t xml:space="preserve">hal-01356305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The oxidative debt of fasting: evidence for short to medium-term costs of advanced fasting in adult king penguins</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Breeding status affects the hormonal and metabolic response to acute stress in a long-lived seabird, the king penguin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent A. Viblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Gineste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Patrice Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Groscolas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1242/jeb.145250⟩</w:t>
+              <w:t xml:space="preserve">General and Comparative Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 236, pp.139 - 145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ygcen.2016.07.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01356305v1</w:t>
+                <w:t xml:space="preserve">hal-01390563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aggression in Columbian ground squirrels: relationships with age, kinship, energy allocation, and fitness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent A. Viblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristian Pasquaretta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Sueur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rudy Boonstra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Stephen Dobson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Behavioral Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 27 (6), pp.1716-1725. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/beheco/arw098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01390574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Breeding status affects the hormonal and metabolic response to acute stress in a long-lived seabird, the king penguin</w:t>
+                <w:t xml:space="preserve">Modulation of heart rate response to acute stressors throughout the breeding season in the king penguin Aptenodytes patagonicus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent A. Viblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">René Groscolas</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. D. Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Gineste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Kauffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Groscolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">General and Comparative Endocrinology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ygcen.2016.07.021⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Marine Biology and Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 218 (11), pp.1686-1692. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1242/jeb.112003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01390563v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01160305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seasonality in marine ecosystems: Peruvian seabirds, anchovy, and oceanographic conditions</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jesus Ledesma</w:t>
+                <w:t xml:space="preserve">Telomere length reflects individual quality in free-living adult king penguins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Le Vaillant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent A. Viblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Saraux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Le Bohec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvon Le Maho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1890/14-1134.1⟩</w:t>
+              <w:t xml:space="preserve">Polar Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 38 (12), pp.2059-2067. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00300-015-1766-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03700474v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01183603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modulation of heart rate response to acute stressors throughout the breeding season in the king penguin Aptenodytes patagonicus</w:t>
+                <w:t xml:space="preserve">Energetic adjustments in freely breeding-fasting king penguins: does colony density matter?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent A. Viblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">R. Groscolas</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Saraux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Malosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Groscolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Marine Biology and Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1242/jeb.112003⟩</w:t>
+              <w:t xml:space="preserve">Functional Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 28 (3), pp.621-631. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2435.12212⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01160305v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00939149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Telomere length reflects individual quality in free-living adult king penguins</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maryline Le Vaillant</w:t>
+                <w:t xml:space="preserve">Starting with a handicap: phenotypic differences between early- and late-born king penguin chicks and their survival correlates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Stier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent A. Viblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Yvon Le Maho</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Massemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Handrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Zahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polar Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00300-015-1766-0⟩</w:t>
+              <w:t xml:space="preserve">Functional Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 28 (3), pp.601-611. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2435.12204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01183603v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00875272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energetic adjustments in freely breeding-fasting king penguins: does colony density matter?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Inter-Annual Variability of Fledgling Sex Ratio in King Penguins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Bordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Saraux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent A. Viblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gachot-Neveu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Beaugey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Functional Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1365-2435.12212⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (12), pp.e114052. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0114052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00939149v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01095097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Starting with a handicap: phenotypic differences between early- and late-born king penguin chicks and their survival correlates</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Stier</w:t>
+                <w:t xml:space="preserve">Influences of Mating Group Composition on the Behavioral Time-Budget of Male and Female Alpine Ibex (Capra ibex) during the Rut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Tettamanti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent A. Viblanc</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Functional Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1365-2435.12204⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (1), pp.e86004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0086004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00875272v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02903710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inter-Annual Variability of Fledgling Sex Ratio in King Penguins</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Magali Beaugey</w:t>
+                <w:t xml:space="preserve">Rovers minimize human disturbance in research on wild animals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvon Le Maho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason D Whittington</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Hanuise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Boureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0114052⟩</w:t>
+              <w:t xml:space="preserve">Nature Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 11, pp.1242-1244. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nmeth.3173⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01095097v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01136622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influences of Mating Group Composition on the Behavioral Time-Budget of Male and Female Alpine Ibex (Capra ibex) during the Rut</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vincent A. Viblanc</w:t>
+                <w:t xml:space="preserve">Stress hormones in relation to breeding status and territory location in colonial king penguin: a role for social density?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent A Viblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Gineste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Stier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Patrice Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Groscolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0086004⟩</w:t>
+              <w:t xml:space="preserve">Oecologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 175 (3), pp.763-772. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00442-014-2942-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02903710v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00987605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rovers minimize human disturbance in research on wild animals</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Boureau</w:t>
+                <w:t xml:space="preserve">Visual lateralization is task and age dependent in cuttlefish, Sepia officinalis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Jozet-Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent A Viblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Romagny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Dacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susan Healy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Methods</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Animal Behaviour</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 83 (6), pp.1313-1318. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anbehav.2012.02.023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/nmeth.3173⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01136622v1</w:t>
+                <w:t xml:space="preserve">hal-00867079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stress hormones in relation to breeding status and territory location in colonial king penguin: a role for social density?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId228" w:history="1">
+                <w:t xml:space="preserve">Coping with continuous human disturbance in the wild: insights from penguin heart rate response to various stressors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent A. Viblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew D. Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Gineste</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Patrice Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Groscolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oecologia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00442-014-2942-6⟩</w:t>
+              <w:t xml:space="preserve">BMC Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, in press. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1472-6785-12-10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00987605v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00718988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visual lateralization is task and age dependent in cuttlefish, Sepia officinalis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Body Girth as an Alternative to Body Mass for Establishing Condition Indexes in Field Studies: A Validation in the King Penguin.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent A Viblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Susan Healy</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Criscuolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Le Vaillant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Saraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Behaviour</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.anbehav.2012.02.023⟩</w:t>
+              <w:t xml:space="preserve">Physiological and Biochemical Zoology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 85 (5), pp.533-542. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1086/667540⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00867079v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00725011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coping with continuous human disturbance in the wild: insights from penguin heart rate response to various stressors</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">René Groscolas</w:t>
+                <w:t xml:space="preserve">Kin selection in Columbian ground squirrels: direct and indirect fitness benefits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Stephen Dobson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Viblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coline M. Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Murie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Ecology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Social systems: Demographic and genetic issues, 21 (3), pp.524-531. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-294X.2011.05218.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1472-6785-12-10⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00718988v1</w:t>
+                <w:t xml:space="preserve">hal-00617185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Body Girth as an Alternative to Body Mass for Establishing Condition Indexes in Field Studies: A Validation in the King Penguin.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Coping with social stress: heart rate responses to agonistic interactions in king penguins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent A. Viblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victorien Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Kauffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Malosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Groscolas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiological and Biochemical Zoology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1086/667540⟩</w:t>
+              <w:t xml:space="preserve">Behavioral Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 23 (6), pp.1178-1185. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/beheco/ars095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00725011v1</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00726493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kin selection in Columbian ground squirrels: direct and indirect fitness benefits</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Reliability of flipper-banded penguins as indicators of climate change.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Saraux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Le Bohec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël M. Durant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent A. Viblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Gauthier-Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-294X.2011.05218.x⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 469 (7329), pp.203-206. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nature09630⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00617185v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00555723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coping with social stress: heart rate responses to agonistic interactions in king penguins</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Nelly Malosse</w:t>
+                <w:t xml:space="preserve">It costs to be clean and fit: energetics of comfort behavior in breeding-fasting penguins.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent A Viblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Mathien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Saraux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa M Viera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Groscolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behavioral Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/beheco/ars095⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6 (7), pp.e21110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0021110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00726493v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00614553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reliability of flipper-banded penguins as indicators of climate change.</w:t>
+                <w:t xml:space="preserve">Effects of individual pre-fledging traits and environmental conditions on return patterns in juvenile king penguins.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Saraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent A Viblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Hanuise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvon Le Maho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Le Bohec</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nature09630⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6 (6), pp.e20407. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0020407⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00555723v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00614549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">It costs to be clean and fit: energetics of comfort behavior in breeding-fasting penguins.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Vanessa M Viera</w:t>
+                <w:t xml:space="preserve">Active territory defence at a low energy cost in a colonial seabird</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Viera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent A. Viblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ondine Filippi-Codaccioni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steeve D. Côté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Groscolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Animal Behaviour</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 82, pp.69-76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anbehav.2011.04.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0021110⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00614553v1</w:t>
+                <w:t xml:space="preserve">hal-00590523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of individual pre-fledging traits and environmental conditions on return patterns in juvenile king penguins.</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Male reproductive tactics to increase paternity in the polygynandrous Columbian ground squirrel (Urocitellus columbianus)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shirley Raveh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dik Heg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent A. Viblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David W. Coltman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamieson C. Gorrell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0020407⟩</w:t>
+              <w:t xml:space="preserve">Behavioral Ecology and Sociobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 65, pp.695-706. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00265-010-1071-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00614549v1</w:t>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00530238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Active territory defence at a low energy cost in a colonial seabird</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vanessa Viera</w:t>
+                <w:t xml:space="preserve">An ethical issue in biodiversity science: the monitoring of penguins with flipper bands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvon Le Maho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Saraux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël M. Durant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent A. Viblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Gauthier-Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Behaviour</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.anbehav.2011.04.001⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Biologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, in press. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crvi.2011.04.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00590523v1</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00597273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Male reproductive tactics to increase paternity in the polygynandrous Columbian ground squirrel (Urocitellus columbianus)</w:t>
-[...228 lines deleted...]
-              <w:t xml:space="preserve">, 2011, in press. </w:t>
+                <w:t xml:space="preserve">Kin selection in Columbian ground squirrels (Urocitellus columbianus): littermate kin provide individual fitness benefits.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent A Viblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.crvi.2011.04.004⟩</w:t>
-[...11 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Coline M Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Stephen Dobson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
-              <w:r>
-[...85 lines deleted...]
-            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan O Murie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, epub ahead of print. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1098/rspb.2009.1960⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00439795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9908,120 +9670,120 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fitness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Stephen Dobson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Viblanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopedia of Animal Cognition and Behavior</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, pp.1-7, 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-47829-6_1852-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02350208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10031,287 +9793,287 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early-life adversity modulates growth trajectories and red blood cell mitochondrial metabolism in king penguin chicks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Cossin-Sevrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katja Anttila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Lejeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Fusillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05233293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Science at Risk: The Urgent Need for Institutional Support of Long-Term Ecological and Evolutionary Research in an Era of Data Manipulation and Disinformation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent A. Viblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Huchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Pinay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Ormeño</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Teplitsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05137194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface temperatures are influenced by handling stress independently of glucocorticoid levels in wild king penguins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Lewden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10363,73 +10125,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Abolivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04235532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early-life environmental effects on mitochondrial aerobic metabolism: an experimental brood size manipulation in wild great tits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Cossin-Sevrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10481,113 +10243,113 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Viblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04266508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reliable hypotheses testing in animal social network analyses: global index, index of interactions and residual regression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Sosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristian Pasquaretta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Puga-Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Stephen Dobson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10603,65 +10365,65 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03862221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId326"/>
+      <w:footerReference w:type="default" r:id="rId323"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10808,51 +10570,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479090v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoriia Radchuk" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carys V Jones" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Mclean" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Charmantier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Teplitsky" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-68172-8" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167623v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lemonnier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Andr&#233; Bost" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Joly" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Stier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Patrice Robin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-025-05754-9" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141332v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Cossin-Sevrin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bocquet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faulmann" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Garcin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/736013" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141298v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tracey Hammer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bize" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gineste" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Groscolas" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2025.105166" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037345v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n Moreno-Borrallo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarahi Jaramillo-Ortiz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Schaeffer-Reiss" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Quintard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Rey" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.103205.4" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037343v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Viblanc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Muller-Landau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.70072" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141167v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Stephen Dobson" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Saraux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David W. Coltman" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shirley Raveh" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent A. Viblanc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjz-2024-0166" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233121v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Wintz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Jenouvrier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Chiaradia" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.70124" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682487v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Schull" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Boonstra" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Delehanty" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2024.0853" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037344v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Koons" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouch Tamian" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madan Oli" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.14512" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04612230v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Lewden" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chelsea Ward" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Noiret" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Avril" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Abolivier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtherbio.2024.103850" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564895v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent A Viblanc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Pardonnet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura K Mccaw" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygcen.2024.114541" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141170v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Dobson" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6084/m9.figshare.26017948" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265783v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tracey L Hammer" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2023.104919" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042087v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cillard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Fuentes Rodriguez" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/1568539X-bja10212" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042398v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Criscuolo" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Schradin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tree.2023.03.002" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265798v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phoebe D Edwards" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Neuhaus" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Neuhaus Ruckstuhl" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yhbeh.2023.105426" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267175v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikaela Hukkanen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Zahn" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.245932" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265143v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Beauvieux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Metral" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Leclerc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2023.115318" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266890v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjz-2023-0108" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650640v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin-Yan Hsu" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Marciau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suvi Ruuskanen" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.243414" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03718444v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Sosa" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-022-05194-9" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03663338v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Criscuolo" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Coltman" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00265-022-03176-8" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538717v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey D Roth" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asheber Abebe" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Barra" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yhbeh.2022.105111" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838854v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yhbeh.2022.105232" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549269v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecs2.4059" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828299v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Quque" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Ferreira" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/721252" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538580v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eth.13264" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299142v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Murie" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.3479" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368819v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bes2.1925" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916845v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin Rubach" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Stephen Dobson" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertram Zinner" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jmammal/gyaa086" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02732950v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Constant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Giroud" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Tissier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bergeron" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534724v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Bordier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00265-020-02830-3" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02903692v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2020.00216" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868474v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Durand Laureline" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lefol" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15485" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269236v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Roth" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Uhlrich" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Zahariev" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.203588" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708666v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Lemaire" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Jozet-Alves" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eth.12868" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02155431v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Haussmann" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-44990-x" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02103092v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien S. Lemaire" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362351v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tina Cornioley" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-J&#233;r&#244;me M&#233;nard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygcen.2017.08.024" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350203v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.13013" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745770v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Rabdeau" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.13032" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01698370v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjz-2017-0094" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690531v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;di Saadaoui" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.3677" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632839v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Daniel" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien G. A. Martin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Doligez" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2017.0236" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531933v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loren D. Hayes" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis A. Ebensperger" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas A. Kelt" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter L. Meserve" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neville Pillay" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jmammal/gyw180" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01298551v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giannina Passuni" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Barbraud" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Chaigneau" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Demarcq" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Ledesma" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1890/14-1134.1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356299v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/beheco/arw091" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01298503v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Chiaradia" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Salton" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Dann" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1890/14-2124.1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390542v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingyan Wu" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan O. Murie" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.2215" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356705v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bij.12729" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356696v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.12541" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356305v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.145250" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390574v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Pasquaretta" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Sueur" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/beheco/arw098" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390563v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Gineste" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygcen.2016.07.021" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03700474v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01160305v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. D. Smith" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gineste" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kauffmann" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Groscolas" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.112003" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01183603v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Le Vaillant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Le Bohec" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Le Maho" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00300-015-1766-0" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939149v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Malosse" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.12212" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00875272v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Massemin" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Handrich" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.12204" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095097v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gachot-Neveu" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Beaugey" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0114052" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02903710v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Tettamanti" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0086004" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136622v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason D Whittington" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hanuise" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Pereira" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Boureau" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nmeth.3173" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987605v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-014-2942-6" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867079v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Romagny" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Dacher" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Healy" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2012.02.023" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P2B0X2KS-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718988v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew D. Smith" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6785-12-10" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725011v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/667540" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00617185v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline M. Arnaud" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2011.05218.x" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-KMTLVXBR-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00726493v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorien Valette" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Kauffmann" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/beheco/ars095" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00555723v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l M. Durant" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gauthier-Clerc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature09630" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-TKV98PMM-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00614553v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Mathien" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa M Viera" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0021110" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00614549v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0020407" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00590523v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Viera" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ondine Filippi-Codaccioni" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steeve D. C&#244;t&#233;" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2011.04.001" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MPCW4Q34-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00530238v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dik Heg" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamieson C. Gorrell" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00265-010-1071-4" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-SF7FNC3F-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00597273v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2011.04.004" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8XGV2354-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439795v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline M Arnaud" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan O Murie" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2009.1960" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350208v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-47829-6_1852-1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233293v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Anttila" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lejeune" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Fusillier" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137194v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Huchard" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Orme&#241;o" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235532v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266508v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862221v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Puga-Gonzalez" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479090v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoriia Radchuk" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carys V Jones" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Mclean" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Charmantier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Teplitsky" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-68172-8" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167623v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lemonnier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Andr&#233; Bost" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Joly" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Stier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Patrice Robin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-025-05754-9" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141332v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Cossin-Sevrin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bocquet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faulmann" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Garcin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/736013" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141298v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tracey Hammer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bize" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gineste" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Groscolas" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2025.105166" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037345v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n Moreno-Borrallo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarahi Jaramillo-Ortiz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Schaeffer-Reiss" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Quintard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Rey" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.103205.4" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037343v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Viblanc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Muller-Landau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.70072" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141167v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Stephen Dobson" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Saraux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David W. Coltman" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shirley Raveh" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent A. Viblanc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjz-2024-0166" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233121v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Wintz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Jenouvrier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Chiaradia" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.70124" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682487v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Schull" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Boonstra" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Delehanty" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2024.0853" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037344v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Koons" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouch Tamian" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madan Oli" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.14512" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04612230v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Lewden" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chelsea Ward" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Noiret" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Avril" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Abolivier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtherbio.2024.103850" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564895v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent A Viblanc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Pardonnet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura K Mccaw" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygcen.2024.114541" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141170v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Dobson" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6084/m9.figshare.26017948" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265783v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tracey L Hammer" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2023.104919" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042087v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cillard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Fuentes Rodriguez" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/1568539X-bja10212" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042398v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Criscuolo" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Schradin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tree.2023.03.002" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265798v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phoebe D Edwards" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Neuhaus" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Neuhaus Ruckstuhl" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yhbeh.2023.105426" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267175v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikaela Hukkanen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Zahn" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.245932" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265143v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Beauvieux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Metral" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Leclerc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2023.115318" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266890v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjz-2023-0108" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650640v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin-Yan Hsu" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Marciau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suvi Ruuskanen" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.243414" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03718444v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Sosa" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-022-05194-9" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03663338v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Criscuolo" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Coltman" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00265-022-03176-8" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538717v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey D Roth" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asheber Abebe" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Barra" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yhbeh.2022.105111" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838854v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yhbeh.2022.105232" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549269v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecs2.4059" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538580v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eth.13264" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828299v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Quque" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Ferreira" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/721252" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299142v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Murie" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.3479" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368819v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bes2.1925" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916845v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin Rubach" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Stephen Dobson" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertram Zinner" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jmammal/gyaa086" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02732950v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Constant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Giroud" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Tissier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bergeron" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534724v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Bordier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00265-020-02830-3" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02903692v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2020.00216" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868474v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Durand Laureline" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lefol" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15485" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269236v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Roth" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Uhlrich" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Zahariev" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.203588" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02155431v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Haussmann" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-44990-x" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02103092v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien S. Lemaire" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Jozet-Alves" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eth.12868" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362351v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tina Cornioley" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-J&#233;r&#244;me M&#233;nard" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygcen.2017.08.024" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350203v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.13013" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745770v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Rabdeau" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.13032" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01698370v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjz-2017-0094" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690531v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;di Saadaoui" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.3677" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632839v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Daniel" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien G. A. Martin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Doligez" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2017.0236" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531933v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loren D. Hayes" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis A. Ebensperger" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas A. Kelt" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter L. Meserve" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neville Pillay" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jmammal/gyw180" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01298551v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giannina Passuni" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Barbraud" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Chaigneau" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Demarcq" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Ledesma" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1890/14-1134.1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356299v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/beheco/arw091" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01298503v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Chiaradia" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Salton" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Dann" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1890/14-2124.1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390542v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingyan Wu" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan O. Murie" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.2215" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356705v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bij.12729" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356696v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.12541" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356305v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.145250" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390563v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Gineste" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygcen.2016.07.021" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390574v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Pasquaretta" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Sueur" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/beheco/arw098" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01160305v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. D. Smith" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gineste" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kauffmann" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Groscolas" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.112003" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01183603v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Le Vaillant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Le Bohec" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Le Maho" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00300-015-1766-0" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939149v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Malosse" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.12212" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00875272v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Massemin" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Handrich" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.12204" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095097v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gachot-Neveu" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Beaugey" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0114052" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02903710v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Tettamanti" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0086004" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136622v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason D Whittington" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hanuise" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Pereira" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Boureau" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nmeth.3173" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987605v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-014-2942-6" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867079v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Romagny" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Dacher" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Healy" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2012.02.023" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P2B0X2KS-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718988v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew D. Smith" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6785-12-10" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725011v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/667540" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00617185v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline M. Arnaud" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2011.05218.x" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-KMTLVXBR-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00726493v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorien Valette" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Kauffmann" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/beheco/ars095" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00555723v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l M. Durant" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gauthier-Clerc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature09630" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-TKV98PMM-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00614553v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Mathien" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa M Viera" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0021110" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00614549v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0020407" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00590523v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Viera" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ondine Filippi-Codaccioni" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steeve D. C&#244;t&#233;" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2011.04.001" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MPCW4Q34-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00530238v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dik Heg" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamieson C. Gorrell" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00265-010-1071-4" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-SF7FNC3F-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00597273v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2011.04.004" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8XGV2354-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439795v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline M Arnaud" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan O Murie" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2009.1960" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350208v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-47829-6_1852-1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233293v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Anttila" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lejeune" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Fusillier" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137194v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Huchard" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Orme&#241;o" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235532v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266508v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862221v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Puga-Gonzalez" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>