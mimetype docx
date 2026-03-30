--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -243,572 +243,572 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03851439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Texture evolution of orthorhombic α″ titanium alloy investigated by in situ X-ray diffraction</w:t>
+                <w:t xml:space="preserve">Fatigue performance evaluation of a Nickel-free titanium-based alloy for biomedical application - Effect of thermomechanical treatments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W. Elmay</w:t>
+                <w:t xml:space="preserve">Geneviève Mussot-Hoinard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafa Elmay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Berveiller</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pascal Laheurte</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.msea.2016.10.072⟩</w:t>
+              <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 71, pp.32-42. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2017.02.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01438109v1</w:t>
+                <w:t xml:space="preserve">hal-01558144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatigue performance evaluation of a Nickel-free titanium-based alloy for biomedical application - Effect of thermomechanical treatments</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Texture evolution of orthorhombic α″ titanium alloy investigated by in situ X-ray diffraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Elmay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Berveiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Patoor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geneviève Mussot-Hoinard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Laurent Peltier</w:t>
+                <w:t xml:space="preserve">T. Gloriant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Laheurte</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">F. Prima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 71, pp.32-42. </w:t>
+              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 679, pp.504-510. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2017.02.024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.msea.2016.10.072⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01558144v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01438109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Titane et alliages : Des matériaux de choix pour les applications médicales</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Improvement of Superelastic Performance of Ti-Nb Binary Alloys for Biomedical Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafa Elmay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W Elmay</w:t>
+                <w:t xml:space="preserve">Etienne Patoor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Gloriant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">F. Prima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pascal Laheurte</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierry Gloriant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Techniques de l'Ingénieur</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Materials Engineering and Performance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 23 (7, SI), pp.2471-2476. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11665-014-0876-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04626305v1</w:t>
+                <w:t xml:space="preserve">hal-01501650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvement of Superelastic Performance of Ti-Nb Binary Alloys for Biomedical Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Wafa Elmay</w:t>
+                <w:t xml:space="preserve">Titane et alliages : Des matériaux de choix pour les applications médicales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W Elmay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Laheurte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Patoor</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Pascal Laheurte</w:t>
+                <w:t xml:space="preserve">Frédéric Prima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gloriant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Engineering and Performance</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Techniques de l'Ingénieur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01501650v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04626305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of thermomechanical process on the microstructure and mechanical properties of a fully martensitic titanium-based biomedical alloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Elmay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Prima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gloriant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -884,103 +884,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation of mechanical properties of Ti-Nb binary alloys for biomedical applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Elmay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Patoor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Gloriant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Prima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 14 (1), pp.119-120. </w:t>
@@ -1018,51 +1018,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stability and elastic properties of Ti-alloys for biomedical application designed with electronic parameters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W Elmay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Laheurte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1210,51 +1210,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delong Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafa Elmay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Laheurte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1279,51 +1279,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Problématique d’alpha case dans les pièces en titane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W Elmay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées technique de titane</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1348,51 +1348,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of microstructure energy dissipation capacity of β metastable titanium alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W Elmay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Gabrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1473,77 +1473,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of energy dissipation capacity of β metastable titanium alloys as a function of microstructure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W Elmay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Gabrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Laheurte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Berveiller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1581,90 +1581,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement de nouveaux alliages de titane biomimétiques pour applications médicales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Laheurte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W Elmay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Prima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gloriant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Piotrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1700,359 +1700,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04633877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aging behaviour of severely deformed Ti-24Nb alloy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modification par traitements thermo-mécaniques des propriétés élastiques d'alliages binaires Ti-Nb pour les applications biomédicales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafa Elmay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W Elmay</w:t>
+                <w:t xml:space="preserve">Etienne Patoor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Bolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Gloriant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Patoor</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Frédéric Prima</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Gloriant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Annuelles de la Société Française de Métallurgie et de Matériaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Nancy, France</w:t>
+              <w:t xml:space="preserve">CFM 2011 - 20ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04633885v1</w:t>
+                <w:t xml:space="preserve">hal-03421402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modification par traitements thermo-mécaniques des propriétés élastiques d'alliages binaires Ti-Nb pour les applications biomédicales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Wafa Elmay</w:t>
+                <w:t xml:space="preserve">Aging behaviour of severely deformed Ti-24Nb alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W Elmay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Patoor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Bolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Patoor</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Frédéric Prima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gloriant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2011 - 20ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t>
+              <w:t xml:space="preserve">Journées Annuelles de la Société Française de Métallurgie et de Matériaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03421402v1</w:t>
+                <w:t xml:space="preserve">hal-04633885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of nickel-free shape memory alloy for biomedical applications,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Laheurte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W Elmay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Eberhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gloriant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Patoor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASCE-ASME-SES Conference on Mechanics of Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Blacksburg, Virginia, USA, United States</w:t>
@@ -2113,103 +2113,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A thermomechanical treatment to improve superelasticity and low modulus of Ti-Nb alloys for biomedical applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W Elmay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Laheurte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gloriant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Gey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Patoor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 12th World Conference on Titanium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Pekin, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2247,64 +2247,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution to the development of new biocompatible alloys with low modulus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Wary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W Elmay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Laheurte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Berveiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2391,51 +2391,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Métaux stratégiques : au cœur des enjeux du 21e siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W Elmay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2453,51 +2453,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les alliages de titane pour le médical</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W Elmay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2515,51 +2515,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FormNext 2021, évolutions en fabrication additive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W Elmay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2577,51 +2577,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Journées Technologiques Titane 2020</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W Elmay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2639,51 +2639,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les technologies d’élaboration de l’acier liquide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W Elmay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2701,51 +2701,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les phénomènes de réoxydation des bains d’acier liquide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W Elmay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2795,90 +2795,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procédé de traitement thermomécanique d’un alliage de titane, alliage et prothèse ainsi obtenus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Laheurte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Prima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gloriant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W Elmay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Eberhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3185,51 +3185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851439v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Elmay" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Peltier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Gabrion" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Kubler" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Piotrowski" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40830-022-00398-7" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01438109v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Elmay" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Berveiller" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Patoor" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gloriant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Prima" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2016.10.072" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01558144v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Mussot-Hoinard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Laheurte" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2017.02.024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626305v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Elmay" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Prima" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gloriant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01501650v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Patoor" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11665-014-0876-0" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919290v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bolle" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zhong" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2012.10.018" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4S0DRH5G-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762632v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2011.593760" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626052v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Laheurte" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Eberhardt" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Bolle" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Gloriant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20100629002" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313000v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delong Zhao" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633856v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633864v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gabrion" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Berveiller" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633869v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633877v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633885v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bolle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421402v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633892v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Eberhardt" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626009v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gey" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626029v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Wary" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Eberhardt" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633996v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634002v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633999v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633982v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633985v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633992v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633826v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00915166v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013ENAM0007" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851439v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Elmay" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Peltier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Gabrion" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Kubler" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Piotrowski" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40830-022-00398-7" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01558144v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Mussot-Hoinard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Laheurte" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2017.02.024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01438109v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Elmay" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Berveiller" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Patoor" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gloriant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Prima" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2016.10.072" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01501650v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Patoor" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11665-014-0876-0" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626305v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Elmay" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Prima" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gloriant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919290v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bolle" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zhong" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2012.10.018" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4S0DRH5G-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762632v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2011.593760" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626052v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Laheurte" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Eberhardt" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Bolle" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Gloriant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20100629002" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313000v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delong Zhao" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633856v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633864v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gabrion" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Berveiller" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633869v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633877v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421402v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bolle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633885v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633892v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Eberhardt" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626009v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gey" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626029v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Wary" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Eberhardt" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633996v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634002v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633999v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633982v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633985v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633992v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633826v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00915166v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013ENAM0007" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>