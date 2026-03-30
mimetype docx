--- v0 (2026-03-06)
+++ v1 (2026-03-30)
@@ -57,58 +57,58 @@
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Présentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wale Arowolo is a researcher in energy and transport economics applying insights from institutional and industrial economics. He researches renewable energies and technologies, electric mobility, and autonomous mobility to contribute to energy and mobility transitions with insights on competitive, secure supply, and environmentally sustainable solutions to influence public policy design and choices.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Specialties: Development of novel approaches for energy and transport policy formulation, design and analysis;  techno-economic systems design and analysis; techno-economic simulation and optimisation; power and transport sector coupling; and strategy development.</w:t>
+        <w:t xml:space="preserve">Specialties: Development of novel approaches for energy and transport policy formulation, design and analysis;  techno-economic systems design and analysis; techno-economic simulation and optimisation; power and transport sector coupling.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wale Arowolo teaches and disseminates knowledge in Energy Economics, Transport Economics, Environmental and Natural Resources Economics, Microeconomics, Industrial Organisation, Introduction to Economic Analysis, International Economics, and International Sustainable Development.</w:t>
+        <w:t xml:space="preserve">Wale Arowolo teaches and disseminates knowledge in Energy Economics, Transport Economics, Environmental and Natural Resources Economics, Microeconomics, Industrial Organisation, Geoeconomics, Introduction to Economic Analysis, International Economics, and International Sustainable Development.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
@@ -1053,222 +1053,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03903679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Designing reverse auctions for solar power as a potential energy access solution for the Nigeria power sector</w:t>
+                <w:t xml:space="preserve">Seeking workable solutions to the electrification challenge in Nigeria: Minigrid, reverse auctions and institutional adaptation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wale Arowolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philipp Blechinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherina Cader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Perez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Electricity Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tej.2019.106635⟩</w:t>
+              <w:t xml:space="preserve">Energy Strategy Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 23, pp.114-141. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.esr.2018.12.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03488313v1</w:t>
+                <w:t xml:space="preserve">hal-03903702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seeking workable solutions to the electrification challenge in Nigeria: Minigrid, reverse auctions and institutional adaptation</w:t>
+                <w:t xml:space="preserve">Designing reverse auctions for solar power as a potential energy access solution for the Nigeria power sector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wale Arowolo</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yannick Perez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy Strategy Reviews</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Electricity Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 32, pp.106635 -. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tej.2019.106635⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.esr.2018.12.007⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03903702v1</w:t>
+                <w:t xml:space="preserve">hal-03488313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2662,51 +2662,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083499v3" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wale Arowolo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Perez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trip.2026.101764" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452216v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trip.2025.101764" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629811v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Diallo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tej.2025.107473" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04116484v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magnus Larsson" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Nicola&#239;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trip.2024.101040" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760477v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trip.2024.101256" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03987449v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJATM.2023.10057060" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903598v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.esd.2023.04.002" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363799v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903660v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enpol.2020.111580" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903679v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tej.2019.106635" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488313v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903702v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Blechinger" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherina Cader" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.esr.2018.12.007" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113376v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897223v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Rukia" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607541v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518626v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-85578-8" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551560v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574219v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551548v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03987471v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.4928884" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075132v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelia Gaitanidou" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679579v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518624v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Beye" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Zigah" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana El Hajj Sleiman" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole van den Boom" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03522048v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03904156v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019SACLS045" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083499v3" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wale Arowolo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Perez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trip.2026.101764" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452216v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trip.2025.101764" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629811v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Diallo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tej.2025.107473" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04116484v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magnus Larsson" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Nicola&#239;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trip.2024.101040" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760477v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trip.2024.101256" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03987449v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJATM.2023.10057060" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903598v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.esd.2023.04.002" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363799v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903660v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enpol.2020.111580" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903679v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tej.2019.106635" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903702v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Blechinger" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherina Cader" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.esr.2018.12.007" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488313v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113376v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897223v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Rukia" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607541v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518626v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-85578-8" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551560v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574219v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551548v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03987471v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.4928884" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075132v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelia Gaitanidou" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679579v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518624v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Beye" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Zigah" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana El Hajj Sleiman" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole van den Boom" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03522048v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03904156v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019SACLS045" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>