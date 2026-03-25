--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (44)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (43)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -1256,827 +1256,831 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04687752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of fine recycled concrete aggregates use on the hydration kinetics and mechanical–microstructural properties of hydrated cement: Experimental and numerical approaches</w:t>
+                <w:t xml:space="preserve">Development of Flash-Calcined Sediment and Blast Furnace Slag Ternary Binders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yassine Abriak</w:t>
+                <w:t xml:space="preserve">Ahmed Zeraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Maherzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahfoud Benzerzour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Duc Chinh Chu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mahfoud Benzerzour</w:t>
+                <w:t xml:space="preserve">Nor Edine Abriak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Rivard</w:t>
+                <w:t xml:space="preserve">Georges Aouad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 408, pp.133769. </w:t>
+              <w:t xml:space="preserve">Buildings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (2), pp.333. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2023.133769⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/buildings13020333⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04495186v1</w:t>
+                <w:t xml:space="preserve">hal-04007498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of Flash-Calcined Sediment and Blast Furnace Slag Ternary Binders</w:t>
+                <w:t xml:space="preserve">Influence of fine recycled concrete aggregates use on the hydration kinetics and mechanical–microstructural properties of hydrated cement: Experimental and numerical approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ahmed Zeraoui</w:t>
+                <w:t xml:space="preserve">Yassine Abriak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duc Chinh Chu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walid Maherzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahfoud Benzerzour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georges Aouad</w:t>
+                <w:t xml:space="preserve">Patrice Rivard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Buildings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 13 (2), pp.333. </w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 408, pp.133769. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/buildings13020333⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2023.133769⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04007498v1</w:t>
+                <w:t xml:space="preserve">hal-04495186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of Dynamic Surface Leaching of Monolithic Polymer Mortars Comprised of Wastes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Valorization of Dredged Sediments and Recycled Concrete Aggregates in Road Subgrade Construction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Abriak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walid Maherzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahfoud Benzerzour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Senouci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Rivard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ma16062150⟩</w:t>
+              <w:t xml:space="preserve">Buildings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (3), pp.646. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/buildings13030646⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04168009v1</w:t>
+                <w:t xml:space="preserve">hal-04168015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a low-carbon binder based on raw, ground, and carbonated waste paper fly ash</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Assessment of Dynamic Surface Leaching of Monolithic Polymer Mortars Comprised of Wastes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Maherzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilyas Ennahal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Zahra Bouaich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahfoud Benzerzour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zakia Rais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainable Materials and Technologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.susmat.2023.e00650⟩</w:t>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 16 (6), pp.2150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma16062150⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04329628v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04168009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valorization of Dredged Sediments and Recycled Concrete Aggregates in Road Subgrade Construction</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Patrice Rivard</w:t>
+                <w:t xml:space="preserve">Development of a low-carbon binder based on raw, ground, and carbonated waste paper fly ash</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeinab Mkahal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Maherzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Mamindy-Pajany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bader Bouzar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nor-Edine Abriak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Buildings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 13 (3), pp.646. </w:t>
+              <w:t xml:space="preserve">Sustainable Materials and Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 36, pp.e00650. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/buildings13030646⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.susmat.2023.e00650⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04168015v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04569406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of fine recycled concrete aggregates use on the hydration kinetics and mechanical–microstructural properties of hydrated cement: Experimental and numerical approaches</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Walid Maherzi</w:t>
+                <w:t xml:space="preserve">Mechanical properties and shrinkage performance of one-part-geopolymer based on fly ash and micronized dredged sediments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Mahfoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khadim Ndiaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Maherzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salima Aggoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahfoud Benzerzour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2023.133769⟩</w:t>
+              <w:t xml:space="preserve">Developments in the Built Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 16, pp.100253. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dibe.2023.100253⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04815768v1</w:t>
+                <w:t xml:space="preserve">hal-04329880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical and microstructural properties of just add water geopolymer cement comprised of Thermo-Mechanicalsynthesis Sediments-Fly ash mix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Mahfoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2125,3708 +2129,3574 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salima Aggoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Construction and Building Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 400, pp.132626. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2023.132626⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04329455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical properties and shrinkage performance of one-part-geopolymer based on fly ash and micronized dredged sediments</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Data Processing Methodology to Analyze Construction and Demolition Dynamics in the European Metropolis of Lille, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Mpié Simba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Lemelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Senouci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Maherzi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developments in the Built Environment</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Buildings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (10), pp.2671. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/buildings13102671⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dibe.2023.100253⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04329880v1</w:t>
+                <w:t xml:space="preserve">hal-04301692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Data Processing Methodology to Analyze Construction and Demolition Dynamics in the European Metropolis of Lille, France</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Walid Maherzi</w:t>
+                <w:t xml:space="preserve">Influence of the physical and chemical characteristics of sediment fillers on the properties of mastic asphalt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fouad Belayali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Maherzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahfoud Benzerzour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nor-Edine Abriak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Buildings</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Powder Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 421, pp.118393. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.powtec.2023.118393⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/buildings13102671⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04301692v1</w:t>
+                <w:t xml:space="preserve">hal-04154718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the physical and chemical characteristics of sediment fillers on the properties of mastic asphalt</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Nor-Edine Abriak</w:t>
+                <w:t xml:space="preserve">Valorization of Dredged Sediments in Manufacturing Compressed Earth Blocks Stabilized by Alkali-Activated Fly Ash Binder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamedou Brahim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khadim Ndiaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salima Aggoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Maherzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Powder Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Buildings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (4), pp.419. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/buildings12040419⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.powtec.2023.118393⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04154718v1</w:t>
+                <w:t xml:space="preserve">hal-03766939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valorization of Dredged Sediments in Manufacturing Compressed Earth Blocks Stabilized by Alkali-Activated Fly Ash Binder</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Salima Aggoun</w:t>
+                <w:t xml:space="preserve">Compressed Earth Blocks Using Sediments and Alkali-Activated Byproducts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fouad Belayali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walid Maherzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahfoud Benzerzour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nor-Edine Abriak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Senouci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Buildings</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (6), pp.3158. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/su14063158⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/buildings12040419⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03766939v1</w:t>
+                <w:t xml:space="preserve">hal-03767092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compressed Earth Blocks Using Sediments and Alkali-Activated Byproducts</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Walid Maherzi</w:t>
+                <w:t xml:space="preserve">Reuse of treated wastewater and non-potable groundwater in the manufacture of concrete: major challenge of environmental preservation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Zahra Bouaich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Maherzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fadoua El-Hajjaji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nor-Edine Abriak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahfoud Benzerzour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainability</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 29 (1), pp.146-157. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11356-021-15561-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/su14063158⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03767092v1</w:t>
+                <w:t xml:space="preserve">hal-04168073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reuse of treated wastewater and non-potable groundwater in the manufacture of concrete: major challenge of environmental preservation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Mortar mixing using treated wastewater feasibility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Zahra Bouaich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Maherzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fadoua El-Hajjaji</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahfoud Benzerzour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha Taleb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nor-Edine Abriak</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mahfoud Benzerzour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 352, pp.128983. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2022.128983⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11356-021-15561-3⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04168073v1</w:t>
+                <w:t xml:space="preserve">hal-04168038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mortar mixing using treated wastewater feasibility</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">W. Maherzi</w:t>
+                <w:t xml:space="preserve">Mechanical Properties and Microstructure of Low Carbon Binders Manufactured from Calcined Canal Sediments and Ground Granulated Blast Furnace Slag (GGBS)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Hadj Sadok</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Maherzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahfoud Benzerzour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nor-Edine Abriak</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Lord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keith Torrance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (16), pp.9057. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/su13169057⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2022.128983⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04168038v1</w:t>
+                <w:t xml:space="preserve">hal-03360269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical Properties and Microstructure of Low Carbon Binders Manufactured from Calcined Canal Sediments and Ground Granulated Blast Furnace Slag (GGBS)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Recycling of Mineral Solid Wastes in Backfill Road Materials: Technical and Environmental Investigations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeinab Mkahal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Mamindy-Pajany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Maherzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nor-Edine Abriak</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainability</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Waste and Biomass Valorization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12649-021-01544-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/su13169057⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03360269v1</w:t>
+                <w:t xml:space="preserve">hal-03320406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of an eco-friendly hydraulic road binders comprising clayey dam sediments and ground granulated blast-furnace slag</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Formulation of Compressed Earth Blocks Stabilized by Glass Waste Activated with NaOH Solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salim Mezazigh</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Senouci</w:t>
+                <w:t xml:space="preserve">Sihem Larbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkrim Khaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Maherzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nor-Edine Abriak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Buildings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/buildings11100443⟩</w:t>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (1), pp.102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/su14010102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03360260v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04322007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance of Lightweight Aggregates Comprised of Sediments and Thermoplastic Waste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilyas Ennahal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Maherzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahfoud Benzerzour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Mamindy-Pajany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nor-Edine Abriak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Waste and Biomass Valorization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 12 (1), pp.515-530. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12649-020-00970-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04168120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formulation of Compressed Earth Blocks Stabilized by Glass Waste Activated with NaOH Solution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sihem Larbi</w:t>
+                <w:t xml:space="preserve">Optimization of an eco-friendly hydraulic road binders comprising clayey dam sediments and ground granulated blast-furnace slag</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selma Bellara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelkrim Khaldi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nor-Edine Abriak</w:t>
+                <w:t xml:space="preserve">Mustapha Hidjeb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Maherzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salim Mezazigh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Senouci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/su14010102⟩</w:t>
+              <w:t xml:space="preserve">Buildings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (10), pp.443. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/buildings11100443⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04322007v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03360260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recycling of Mineral Solid Wastes in Backfill Road Materials: Technical and Environmental Investigations</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">Manufacturing of Low-Carbon Binders Using Waste Glass and Dredged Sediments: Formulation and Performance Assessment at Laboratory Scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhadi Bouchikhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Maherzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahfoud Benzerzour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Mamindy-Pajany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arne Peys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Waste and Biomass Valorization</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (9), pp.4960. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/su13094960⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12649-021-01544-5⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03320406v1</w:t>
+                <w:t xml:space="preserve">hal-04168115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manufacturing of Low-Carbon Binders Using Waste Glass and Dredged Sediments: Formulation and Performance Assessment at Laboratory Scale</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Walid Maherzi</w:t>
+                <w:t xml:space="preserve">Modified Red Muds and Slag Based Hydraulic Binders for Zn Removal: A Matrix-Spiking Approach Applied on Clayey Sediments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adoum Mahamat Ahmat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Maherzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Le Milbeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahfoud Benzerzour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nor-Edine Edine Abriak</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainability</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Minerals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (11), pp.1189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/min11111189⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/su13094960⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04168115v1</w:t>
+                <w:t xml:space="preserve">insu-03469324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Local Materials to Optimize the Eco-design of a Resilient Urban Environment in Sustainable Urban Project Process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Messaoud Moudjari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hafida Marouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hameed Muhamad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Chaalal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Mequignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Civil Engineering and Architecture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 9 (6), pp.2084-2097. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.13189/cea.2021.090636⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04168092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modified Red Muds and Slag Based Hydraulic Binders for Zn Removal: A Matrix-Spiking Approach Applied on Clayey Sediments</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Use of residual waste glass in an alkali-activated binder – Structural characterization, environmental leaching behavior and comparison of reactivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhadi Bouchikhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Mamindy-Pajany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Maherzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Albert-Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza El-Moueden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Minerals</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Building Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 34, pp.101903. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jobe.2020.101903⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/min11111189⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">insu-03469324v1</w:t>
+                <w:t xml:space="preserve">hal-03360292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of residual waste glass in an alkali-activated binder – Structural characterization, environmental leaching behavior and comparison of reactivity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hamza El-Moueden</w:t>
+                <w:t xml:space="preserve">Effect of basalt fiber inclusion on the mechanical properties and microstructure of cement-solidified kaolinite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Larsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Benzerzour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Maherzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Building Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 241, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2020.118085⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jobe.2020.101903⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03360292v1</w:t>
+                <w:t xml:space="preserve">hal-03224994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of basalt fiber inclusion on the mechanical properties and microstructure of cement-solidified kaolinite</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">S. Larsson</w:t>
+                <w:t xml:space="preserve">Study of the polymer mortar based on dredged sediments and epoxy resin: Effect of the sediments on the behavior of the polymer mortar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Maherzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Ennahal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Benzerzour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Mamindy-Pajany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N.-E. Abriak</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Powder Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 361, pp.968-982. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.powtec.2019.10.104⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2020.118085⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03224994v1</w:t>
+                <w:t xml:space="preserve">hal-03225012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New software for the optimization of the formulation and the treatment of dredged sediments for utilization in civil engineering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Zeraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Benzerzour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Maherzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Mansi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N.-E. Abriak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Soils and Sediments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 20 (6), pp.2709-2716. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11368-020-02605-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03224959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the polymer mortar based on dredged sediments and epoxy resin: Effect of the sediments on the behavior of the polymer mortar</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">Eco-friendly polymers mortar for floor covering based on dredged sediments of the north of France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilyas Ennahal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Maherzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Mamindy-Pajany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">N.-E. Abriak</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahfoud Benzerzour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nor-Edine Abriak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Powder Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">JOURNAL OF MATERIAL CYCLES AND WASTE MANAGEMENT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 21 (4), pp.861-871. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10163-019-00843-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.powtec.2019.10.104⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03225012v1</w:t>
+                <w:t xml:space="preserve">hal-03250372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eco-friendly polymers mortar for floor covering based on dredged sediments of the north of France</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nor-Edine Abriak</w:t>
+                <w:t xml:space="preserve">A comparative study of natural Tunisian clay types in the formulation of compacted earth blocks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Mkaouar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Maherzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Pizette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Zaitan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Benzina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOURNAL OF MATERIAL CYCLES AND WASTE MANAGEMENT</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of African Earth Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 160, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jafrearsci.2019.103620⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10163-019-00843-3⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03250372v1</w:t>
+                <w:t xml:space="preserve">hal-03225113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comparative study of natural Tunisian clay types in the formulation of compacted earth blocks</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Benzina</w:t>
+                <w:t xml:space="preserve">Study of the impact of waste glasses types on pozzolanic activity of cementitious matrix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhadi Bouchikhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahfoud Benzerzour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nor-Edine Abriak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Maherzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Mamindy-Pajany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of African Earth Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 197, pp.626-640. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2018.11.180⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jafrearsci.2019.103620⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03225113v1</w:t>
+                <w:t xml:space="preserve">hal-03250375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the impact of waste glasses types on pozzolanic activity of cementitious matrix</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yannick Mamindy-Pajany</w:t>
+                <w:t xml:space="preserve">Formulation of mortars based on thermally treated sediments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Benzerzour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Maherzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouhamadou Amar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N.-E. Abriak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Damidot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2018.11.180⟩</w:t>
+              <w:t xml:space="preserve">JOURNAL OF MATERIAL CYCLES AND WASTE MANAGEMENT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20 (1), pp.592-603. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10163-017-0626-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-03250375v1</w:t>
+                <w:t xml:space="preserve">hal-03185567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formulation of mortars based on thermally treated sediments</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Beneficial reuse of Brest-Harbor (France)-dredged sediment as alternative material in road building: laboratory investigations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Maherzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahfoud Benzerzour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Mamindy-Pajany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Van Veen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Boutouil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOURNAL OF MATERIAL CYCLES AND WASTE MANAGEMENT</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 39 (5), pp.566-580. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09593330.2017.1308440⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10163-017-0626-0⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03185567v1</w:t>
+                <w:t xml:space="preserve">hal-03250251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beneficial reuse of Brest-Harbor (France)-dredged sediment as alternative material in road building: laboratory investigations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A laboratory-scale experimental investigation on the reuse of a modified red mud in ceramic materials production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Scribot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walid Maherzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahfoud Benzerzour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Mamindy-Pajany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nor-Edine Abriak</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 163, pp.21-31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2017.12.092⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/09593330.2017.1308440⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03250251v1</w:t>
+                <w:t xml:space="preserve">hal-03250252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A laboratory-scale experimental investigation on the reuse of a modified red mud in ceramic materials production</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nor-Edine Abriak</w:t>
+                <w:t xml:space="preserve">A bibliography on the analytical model of the mechanical behaviour in uniaxial tension of fibre concrete: Application to concrete reinforced with fibres and powders from recycling of thermoset composite materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Benzerzour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Sebaibi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Maherzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N.E. Abriak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Sebaibi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Construction and Building Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 163, pp.21-31. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2017.12.092⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 131, pp.214-228. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2016.11.060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-03250252v1</w:t>
+                <w:t xml:space="preserve">hal-03322409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A bibliography on the analytical model of the mechanical behaviour in uniaxial tension of fibre concrete: Application to concrete reinforced with fibres and powders from recycling of thermoset composite materials</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Trace element mobility in a polluted marine sediment after stabilisation with hydraulic binders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Saussaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Hamdoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Leleyter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. van Veen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Coggan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2016.11.060⟩</w:t>
+              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 110 (1), pp.401-408. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2016.06.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-03322409v1</w:t>
+                <w:t xml:space="preserve">hal-02461763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trace element mobility in a polluted marine sediment after stabilisation with hydraulic binders</w:t>
-[...124 lines deleted...]
-            </w:pPr>
+                <w:t xml:space="preserve">Essais d’aptitude au traitement des sédiments de dragage marins en vue de leur valorisation en techniques routières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Maherzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahfoud Benzerzour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
-              <w:r>
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farouk Ben Abdelghani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environnement, Ingénierie &amp; Développement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, N°68 - Novembre 2014, pp.16-22. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4267/dechets-sciences-techniques.129⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03160565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5836,153 +5706,153 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of Rheological Behavior of “Gafsa” Clay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Safa Mkaouar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Maherzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Safa Mkaouar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">W. Maherzi</w:t>
+                <w:t xml:space="preserve">Patrick Pizette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Pizette</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">,</w:t>
+                <w:t xml:space="preserve">Mourad Benzina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Springer International Publishing, pp.373-376, 2022, Advances in Science, Technology &amp; Innovation, </w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mourad Benzina</w:t>
-[...14 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-72543-3_85⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04329750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId194"/>
+      <w:footerReference w:type="default" r:id="rId193"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6129,51 +5999,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532849v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Afif Zeggar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Sebaibi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Maherzi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nor-Edine Edine Abriak" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahfoud Benzerzour" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2026.115594" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532882v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nor-Edine Abriak" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-026-36673-1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328682v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Guessoum" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouha El Moustapha" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouzia Khadraoui" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Chateigner" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gascoin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2025.143660" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639002v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khawla Boussai" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Maherzi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Mosbahi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouldi Dhahri" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41207-024-00547-7" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722604v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadek Deboucha" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Ziani" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrachid Amriou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Deboucha" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7250/bjrbe.2024-19.645" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495189v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Bellara" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mezazigh" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Senouci" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cscm.2023.e02764" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495195v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kleib" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lesueur" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benzerzour" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trgeo.2023.101174" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382165v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassila Sekkal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Zaoui" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2023.119288" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687752v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Mahfoud" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadim Ndiaye" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Aggoun" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2024.110426" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495186v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Abriak" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc Chinh Chu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Rivard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2023.133769" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04007498v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Zeraoui" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nor Edine Abriak" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Aouad" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings13020333" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04168009v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyas Ennahal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Zahra Bouaich" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakia Rais" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16062150" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329628v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeinab Mkahal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Mamindy-Pajany" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bader Bouzar" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susmat.2023.e00650" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04168015v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings13030646" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815768v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329455v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2023.132626" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329880v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dibe.2023.100253" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301692v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mpi&#233; Simba" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lemelin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Masson" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings13102671" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04154718v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Belayali" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2023.118393" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03766939v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamedou Brahim" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings12040419" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767092v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su14063158" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04168073v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadoua El-Hajjaji" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-021-15561-3" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04168038v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Taleb" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2022.128983" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360269v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Hadj Sadok" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Lord" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith Torrance" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su13169057" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360260v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Hidjeb" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Mezazigh" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings11100443" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04168120v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-020-00970-1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322007v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Larbi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Khaldi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su14010102" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320406v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-021-01544-5" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04168115v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhadi Bouchikhi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne Peys" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su13094960" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04168092v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messaoud Moudjari" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafida Marouf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hameed Muhamad" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Chaalal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Mequignon" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13189/cea.2021.090636" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03469324v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adoum Mahamat Ahmat" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Le Milbeau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/min11111189" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360292v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Albert-Mercier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza El-Moueden" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2020.101903" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224994v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Wang" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Wang" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Larsson" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2020.118085" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224959v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zeraoui" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mansi" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.-E. Abriak" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-020-02605-3" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225012v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ennahal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2019.10.104" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250372v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10163-019-00843-3" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225113v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mkaouar" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pizette" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zaitan" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benzina" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jafrearsci.2019.103620" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250375v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2018.11.180" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DPHNM05R-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185567v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Amar" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Damidot" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10163-017-0626-0" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250251v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Van Veen" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boutouil" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593330.2017.1308440" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250252v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Scribot" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2017.12.092" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1G5FDNJZ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322409v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sebaibi" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.E. Abriak" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Sebaibi" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2016.11.060" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XG3KNK65-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02461763v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Saussaye" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hamdoun" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Leleyter" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. van Veen" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Coggan" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2016.06.035" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160565v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Ben Abdelghani" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/dechets-sciences-techniques.129" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329750v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa Mkaouar" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pizette" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Benzina" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-72543-3_85" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532849v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Afif Zeggar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Sebaibi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Maherzi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nor-Edine Edine Abriak" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahfoud Benzerzour" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2026.115594" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532882v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nor-Edine Abriak" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-026-36673-1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328682v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Guessoum" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouha El Moustapha" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouzia Khadraoui" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Chateigner" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gascoin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2025.143660" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639002v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khawla Boussai" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Maherzi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Mosbahi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouldi Dhahri" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41207-024-00547-7" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722604v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadek Deboucha" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Ziani" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrachid Amriou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Deboucha" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7250/bjrbe.2024-19.645" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495189v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Bellara" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mezazigh" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Senouci" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cscm.2023.e02764" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495195v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kleib" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lesueur" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benzerzour" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trgeo.2023.101174" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382165v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassila Sekkal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Zaoui" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2023.119288" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687752v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Mahfoud" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadim Ndiaye" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Aggoun" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2024.110426" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04007498v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Zeraoui" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nor Edine Abriak" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Aouad" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings13020333" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495186v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Abriak" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc Chinh Chu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Rivard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2023.133769" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04168015v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings13030646" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04168009v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyas Ennahal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Zahra Bouaich" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakia Rais" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16062150" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569406v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeinab Mkahal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Mamindy-Pajany" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bader Bouzar" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susmat.2023.e00650" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329880v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dibe.2023.100253" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329455v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2023.132626" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301692v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mpi&#233; Simba" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lemelin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Masson" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings13102671" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04154718v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Belayali" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2023.118393" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03766939v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamedou Brahim" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings12040419" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767092v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su14063158" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04168073v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadoua El-Hajjaji" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-021-15561-3" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04168038v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Taleb" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2022.128983" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360269v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Hadj Sadok" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Lord" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith Torrance" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su13169057" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320406v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-021-01544-5" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322007v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Larbi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Khaldi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su14010102" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04168120v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-020-00970-1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360260v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Hidjeb" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Mezazigh" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings11100443" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04168115v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhadi Bouchikhi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne Peys" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su13094960" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03469324v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adoum Mahamat Ahmat" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Le Milbeau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/min11111189" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04168092v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messaoud Moudjari" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafida Marouf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hameed Muhamad" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Chaalal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Mequignon" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13189/cea.2021.090636" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360292v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Albert-Mercier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza El-Moueden" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2020.101903" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224994v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Wang" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Wang" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Larsson" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2020.118085" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225012v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ennahal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.-E. Abriak" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2019.10.104" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224959v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zeraoui" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mansi" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-020-02605-3" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250372v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10163-019-00843-3" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225113v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mkaouar" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pizette" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zaitan" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benzina" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jafrearsci.2019.103620" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250375v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2018.11.180" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DPHNM05R-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185567v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Amar" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Damidot" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10163-017-0626-0" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250251v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Van Veen" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boutouil" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593330.2017.1308440" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250252v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Scribot" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2017.12.092" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1G5FDNJZ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322409v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sebaibi" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.E. Abriak" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Sebaibi" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2016.11.060" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XG3KNK65-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02461763v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Saussaye" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hamdoun" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Leleyter" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. van Veen" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Coggan" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2016.06.035" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160565v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Ben Abdelghani" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/dechets-sciences-techniques.129" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329750v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa Mkaouar" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pizette" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Benzina" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-72543-3_85" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>