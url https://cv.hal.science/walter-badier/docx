--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -2914,259 +2914,259 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Le rapprochement franco-russe d’après les mémoires de Charles de Freycinet et d’Alexandre Ribot (1890-1893) »</w:t>
+                <w:t xml:space="preserve">« Alexandre Ribot - Georges Picot, deux républicains conservateurs engagés : l’homme politique et le notable militant »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walter Badier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">in Julien Bouchet (dir.). </w:t>
+              <w:t xml:space="preserve">in Pierre Allorant, Walter Badier, Jean-Marc Guislin et Olivier Tort (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Charles de Freycinet. L’ingénieur de la République</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Atlande, p. 257-273, 2025, 9782384280193</w:t>
+              <w:t xml:space="preserve">Alexandre Ribot, une vie en politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires du Septentrion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 35-47, 2025, 12845655</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05041053v1</w:t>
+                <w:t xml:space="preserve">hal-05041050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« (Ré)interroger l’histoire politique de la Troisième République par l’étude de ses acteurs : bilan de dix années de recherche »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walter Badier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">in Eric Anceau, Cédric Maurin, Publications historiques de l’Est. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Continuités et discontinuités républicaines de la Révolution à la Libération</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, p. 25-33, 2025, 978-2-85730-091-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05439738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Alexandre Ribot - Georges Picot, deux républicains conservateurs engagés : l’homme politique et le notable militant »</w:t>
+                <w:t xml:space="preserve">« Le rapprochement franco-russe d’après les mémoires de Charles de Freycinet et d’Alexandre Ribot (1890-1893) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walter Badier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">in Pierre Allorant, Walter Badier, Jean-Marc Guislin et Olivier Tort (dir.). </w:t>
+              <w:t xml:space="preserve">in Julien Bouchet (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alexandre Ribot, une vie en politique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Charles de Freycinet. L’ingénieur de la République</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Atlande, p. 257-273, 2025, 9782384280193</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presses universitaires du Septentrion</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-05041050v1</w:t>
+                <w:t xml:space="preserve">hal-05041053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Daniel Halévy, observateur et historien du régime »</w:t>
               </w:r>
@@ -3314,182 +3314,182 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05041059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Georges Picot, compagnon de route du réformateur social Jules Siegfried »</w:t>
+                <w:t xml:space="preserve">« Un paysage urbain transformé par l’évolution des activités d’Orléans (1820-1940) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walter Badier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...14 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">in Pierre Allorant et Gaël Rideau (dir.). </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carole Christen (dir.), Jules Siegfried (1837-1922). négociant international, républicain libéral, réformateur social</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Classiques Garnier, 2024, 978-2-406-16500-2</w:t>
+              <w:t xml:space="preserve">Histoire d’Orléans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes; Presses universitaires François Rabelais, p. 346-359, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04574097v1</w:t>
+                <w:t xml:space="preserve">hal-05041056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Un paysage urbain transformé par l’évolution des activités d’Orléans (1820-1940) »</w:t>
+                <w:t xml:space="preserve">« Georges Picot, compagnon de route du réformateur social Jules Siegfried »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walter Badier</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Allorant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Histoire d’Orléans</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Rennes; Presses universitaires François Rabelais, p. 346-359, 2024</w:t>
+              <w:t xml:space="preserve">Carole Christen (dir.), Jules Siegfried (1837-1922). négociant international, républicain libéral, réformateur social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, 2024, 978-2-406-16500-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05041056v1</w:t>
+                <w:t xml:space="preserve">hal-04574097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Naissance et affirmation de la Société de législation comparée (1869-1900) »</w:t>
               </w:r>
@@ -3939,221 +3939,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03614608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction générale</w:t>
+                <w:t xml:space="preserve">« Acteurs et familles politiques durant les Dix décisives » (dossier iconographique)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Allorant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walter Badier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...18 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Dix décisives. 1869-1879</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.11-15, 2022, Collection "Histoire", 978-2-7535-8386-3</w:t>
+              <w:t xml:space="preserve">Les Dix décisives 1869-1879</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp. 453-476, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03647546v1</w:t>
+                <w:t xml:space="preserve">hal-04574244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Acteurs et familles politiques durant les Dix décisives » (dossier iconographique)</w:t>
+                <w:t xml:space="preserve">Introduction générale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Allorant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walter Badier</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Garrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Allorant, Pierre; Badier, Walter; Garrigues, Jean. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Dix décisives 1869-1879</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Les Dix décisives. 1869-1879</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.11-15, 2022, Collection "Histoire", 978-2-7535-8386-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-04574244v1</w:t>
+                <w:t xml:space="preserve">hal-03647546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Alexandre Ribot, un opposant libéral à la République combiste »</w:t>
               </w:r>
@@ -5584,51 +5584,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E633C840"/>
+    <w:nsid w:val="FA9ADB28"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5815,51 +5815,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/walter-badier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/12213107X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01320692v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Badier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015ORLE1146" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041032v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Allorant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041039v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Guislin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tort" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616246v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Cahen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Kimble" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean P. Morris" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041041v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lline Castagnez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608644v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Garrigues" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.160732" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04316762v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Borrell" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03598579v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/6914/lieux-de-memoire-en-centre-val-de-loire" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745508v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Prost" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03598556v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pur-editions.fr/product/ean/9782753577688/1870-entre-memoires-regionales-et-oubli-national" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614606v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01525799v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Paye-Moissinac" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614607v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04574109v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Richard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04574088v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113309v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Rigolet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58048/2968-9198/24189" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440119v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04574112v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041123v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/frrec.2023.2.97175" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04574089v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parl2.035.0061" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04574090v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parl2.035.0177" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04574114v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.420.0357" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04574143v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04574141v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574224v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/cliothemis.844" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041131v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parl.020.0173" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041125v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/histoirepolitique.12671" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01634883v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041135v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parl.017.0178" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395520v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parl.014.0159" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440277v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041053v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439738v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041050v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.septentrion.com/fr/book/?GCOI=27574100136420" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440127v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18616-8.p.0089" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041059v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Trovalusci" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04574097v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041056v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041062v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04574100v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04574104v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566225v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Bois" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Feinard-Duranceau" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Glom&#233;ron" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Maguin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614608v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.160962" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03647546v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574244v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/161022" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04574105v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614613v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/247286#id" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614610v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041141v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03505789v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041065v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01634934v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01634918v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01634909v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083508v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585060v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Glomeron" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03263435v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575731v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03505793v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041118v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041119v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/walter-badier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/12213107X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01320692v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Badier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015ORLE1146" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041032v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Allorant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041039v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Guislin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tort" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616246v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Cahen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Kimble" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean P. Morris" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041041v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lline Castagnez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608644v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Garrigues" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.160732" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04316762v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Borrell" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03598579v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/6914/lieux-de-memoire-en-centre-val-de-loire" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745508v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Prost" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03598556v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pur-editions.fr/product/ean/9782753577688/1870-entre-memoires-regionales-et-oubli-national" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614606v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01525799v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Paye-Moissinac" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614607v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04574109v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Richard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04574088v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113309v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Rigolet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58048/2968-9198/24189" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440119v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04574112v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041123v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/frrec.2023.2.97175" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04574089v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parl2.035.0061" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04574090v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parl2.035.0177" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04574114v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.420.0357" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04574143v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04574141v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574224v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/cliothemis.844" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041131v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parl.020.0173" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041125v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/histoirepolitique.12671" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01634883v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041135v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parl.017.0178" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395520v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parl.014.0159" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440277v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041050v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.septentrion.com/fr/book/?GCOI=27574100136420" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439738v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041053v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440127v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18616-8.p.0089" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041059v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Trovalusci" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041056v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04574097v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041062v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04574100v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04574104v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566225v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Bois" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Feinard-Duranceau" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Glom&#233;ron" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Maguin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614608v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.160962" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574244v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/161022" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03647546v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04574105v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614613v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/247286#id" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614610v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041141v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03505789v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041065v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01634934v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01634918v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01634909v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083508v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585060v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Glomeron" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03263435v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575731v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03505793v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041118v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041119v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>