--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2289,51 +2289,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computational Modeling of the Process: Principles</w:t>
+                <w:t xml:space="preserve">Experiments in a Representative Environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Pijaudier-Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian La Borderie</w:t>
@@ -2363,124 +2363,128 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wen Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Maurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gilles Pijaudier-Cabot (Editor), Christian La Borderie, Thierry Reess, Wen Chen, Olivier Maurel, Franck Rey-Berbeder, Antoine de Ferron. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electrohydraulic Fracturing of Rocks</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Wiley &amp; Sons, Ltd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.21-45, 2016, 978-1-119-00528-5. </w:t>
+              <w:t xml:space="preserve">, pp.1-19, 2016, 978-1-119-00528-5. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/9781119005285.ch2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/9781119005285.ch1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02162377v1</w:t>
+                <w:t xml:space="preserve">hal-02162379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computations on Representative Reservoir Geometries</w:t>
+                <w:t xml:space="preserve">Computational Modeling of the Process: Principles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Pijaudier-Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian La Borderie</w:t>
@@ -2532,102 +2536,102 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electrohydraulic Fracturing of Rocks</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Wiley &amp; Sons, Ltd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.71-89, 2016, 978-1-119-00528-5. </w:t>
+              <w:t xml:space="preserve">, pp.21-45, 2016, 978-1-119-00528-5. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/9781119005285.ch4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/9781119005285.ch2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02162376v1</w:t>
+                <w:t xml:space="preserve">hal-02162377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experiments in a Representative Environment</w:t>
+                <w:t xml:space="preserve">Computations on Representative Reservoir Geometries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Pijaudier-Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian La Borderie</w:t>
@@ -2657,104 +2661,100 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wen Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Maurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electrohydraulic Fracturing of Rocks</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Wiley &amp; Sons, Ltd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.1-19, 2016, 978-1-119-00528-5. </w:t>
+              <w:t xml:space="preserve">, pp.71-89, 2016, 978-1-119-00528-5. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/9781119005285.ch1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/9781119005285.ch4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02162379v1</w:t>
+                <w:t xml:space="preserve">hal-02162376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation of the Computational Model</w:t>
               </w:r>
@@ -3159,51 +3159,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04283920v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanwen Yang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Ouyang" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Cao" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen Chen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baoguo Han" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)MT.1943-5533.0004105" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04285148v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lizhao Dai" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wengang Xu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Wang" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanchang Yi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11709-022-0809-1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04145419v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Cao" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feiting Shi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingzhu Qiu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2022.128233" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03348194v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tang Li" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ke Huang" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3151/jact.18.545" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02915370v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megbeme Komla Atiezo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Dascalu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2019.01.011" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03348196v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Forquin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nag.2927" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03239056v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haiping Yuan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Wang" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Liu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanbing Bian" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1550147718812019" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247159v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaole Liu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2018/9207476" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02082952v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2017.05.179" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993576v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maurel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian La Borderie" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Reess" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Silvestre de Ferron" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00231-013-1262-4" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904927v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pijaudier-Cabot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Rey-Bethbeder" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nag.2212" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-271BC917-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863801v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.petrol.2012.01.009" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7WV7Q3GL-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683943v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Matallah" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine de Ferron" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2011.9693361" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685139v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Matallah" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Chen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2010.07.005" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z56FJZVN-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03602496v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04298539v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390880v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02162377v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1002/9781119005285.ch2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119005285.ch2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02162376v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1002/9781119005285.ch4" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119005285.ch4" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162379v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1002/9781119005285.ch1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119005285.ch1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02162378v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1002/9781119005285.ch3" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119005285.ch3" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00577790v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04283920v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanwen Yang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Ouyang" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Cao" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen Chen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baoguo Han" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)MT.1943-5533.0004105" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04285148v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lizhao Dai" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wengang Xu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Wang" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanchang Yi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11709-022-0809-1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04145419v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Cao" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feiting Shi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingzhu Qiu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2022.128233" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03348194v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tang Li" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ke Huang" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3151/jact.18.545" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02915370v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megbeme Komla Atiezo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Dascalu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2019.01.011" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03348196v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Forquin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nag.2927" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03239056v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haiping Yuan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Wang" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Liu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanbing Bian" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1550147718812019" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247159v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaole Liu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2018/9207476" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02082952v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2017.05.179" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993576v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maurel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian La Borderie" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Reess" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Silvestre de Ferron" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00231-013-1262-4" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904927v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pijaudier-Cabot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Rey-Bethbeder" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nag.2212" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-271BC917-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863801v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.petrol.2012.01.009" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7WV7Q3GL-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683943v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Matallah" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine de Ferron" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2011.9693361" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685139v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Matallah" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Chen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2010.07.005" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z56FJZVN-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03602496v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04298539v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390880v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162379v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1002/9781119005285.ch1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119005285.ch1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02162377v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1002/9781119005285.ch2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119005285.ch2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02162376v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1002/9781119005285.ch4" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119005285.ch4" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02162378v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1002/9781119005285.ch3" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119005285.ch3" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00577790v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>