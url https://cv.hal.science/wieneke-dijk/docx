--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -66,6025 +66,6266 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (14)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Criblage de 103 souches bactériennes probiotiques et protéolytiques pour leur potentiel dans la modulation de l’allergénicité du lupin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewen Trebossen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwénaël Jan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wieneke Dijk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Gagnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DOCTO'LEG 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE - Groupe Filière Légumineuses, Mar 2026, Webinar, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05565935v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allergie aux protéines végétales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wieneke Dijk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée Scientifiques TRANSFORM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Département TRANSFORM INRAE, Mar 2025, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05199022v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact des procédés de transformation sur l'allergénicité des protéines de pois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wieneke Dijk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Francophones de Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Nutrition, Dec 2025, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05199028v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fermentation differently impacts the sensitization and elicitation capacity of gluten</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wieneke Dijk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EAACI Pediatric Allergy and Asthma Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Palma de Mallorque, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05356554v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l’alimentation animale à l’alimentation humaine : étude sur la réactivité croisée allergénique des protéines de la graine de Camelina sativa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Brison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Solé-Jamault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Morisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wieneke Dijk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontres Francophone d'Allergologie Moléculaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Allergologie, Nov 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05548551v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lipid Transfer Proteins (LTPs) and allergenicity: relevance in the context of increasing plant protein consumption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wieneke Dijk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Chevreul 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFEL, Nov 2025, Visio Conférence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05356574v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'ébullition réduit fortement l'allergénicité du blanc d'œuf due à l'agrégation de l'ovomucoïde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wieneke Dijk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès Francophone d'Allergologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Allergologie, Apr 2024, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05199036v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact de la transformation alimentaire sur l’allergie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wieneke Dijk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée animation nutrition Grand Ouest (JANGO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRNH Ouest, Jul 2024, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05199010v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les protéines des graines de légumineuses : état des connaissances et recherches en cours dans LETSPROSEED</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Gallardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Avice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Bodinier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wieneke Dijk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées scientifiques du Protéome Vert</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04798429v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reduction of gluten allergenicity through bacterial fermentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Le Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raouf Tareb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Solé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wieneke Dijk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Food Allergy and Anaphylaxis Meeting &amp; European Consortium on Application of Flow Cytometry in Allergy (FAAM-EUROBAT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Athènes, Greece</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05490130v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Extensive boiling strongly reduces egg white allergenicity due to ovomucoid aggregation, as determined by high-resolution mass spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wieneke Dijk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Academy of Allergy and Clinical Immunology (EAACI) congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EAACI, May 2024, Valencia (Espagne), Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05199044v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact de la fermentation sur l’allergénicité au blé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Le Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Denery-Papini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raouf Tareb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wieneke Dijk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6ème édition de la Rencontre Francophone d’Allergologie Moléculaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05490369v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How to study/predict the occurrence of new food allergies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wieneke Dijk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Francophones de Nutrition 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Nutrition, Dec 2023, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05198928v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La graine de chanvre : un allergène alimentaire potentiel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wieneke Dijk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Graines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Le Réseau Français de Biologie des Graines, Oct 2021, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05199122v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (38)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Versatile Functions of Hepatic Lipase in Lipoprotein Metabolism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Sotin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Le May</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Cariou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arteriosclerosis, Thrombosis, and Vascular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, 46 (1), pp.105-118. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1161/ATVBAHA.125.323051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05500165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enterococcus faecalis CIRM-BIA2928 induces gluten proteolysis and reduces gluten immunoreactivity during fermentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Tareb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Rogniaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Annic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Beneficial Microbes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, pp.1-17. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1163/18762891-bja00102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05358081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the molecular modifications and allergenicity of the egg white protein matrix during boiling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Cherkaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elysa Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aché Ahmat-Sougoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Solé-Jamault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 483, pp.144304. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.foodchem.2025.144304⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05198894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A rare gain of function variant of hepatic lipase attenuates hypercholesterolemia and atherosclerosis in mice via an LDL receptor-independent mechanism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Sotin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaoke Ge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milena Schönke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Vince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Thouzeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cardiovascular Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 121 (7), pp.1024-1035. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/cvr/cvaf097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-05193295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allergies aux légumineuses : réactivité croisée et impact de la transformation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Bodinier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de Nutrition et de Diététique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 60, pp.336 - 350. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cnd.2025.07.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05492510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hemp seed: an allergen source with potential cross-reactivity to hazelnut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Princy Beriziky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Cherkaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Linxe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Rogniaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Research International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 169, pp.112932. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.foodres.2023.112932⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04096316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pulses proteins for the food of the future: innovative multi-scale and multi-component approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Anton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Berton-Carabin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Solé-Jamault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IAA La revue des industries agroalimentaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04737488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tolerance to heated egg in egg allergy: Explanations and implications for prevention and treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Leau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Denery-Papini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Bodinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical and Translational Allergy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 13 (12), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/clt2.12312⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04668243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Shared Perspective on in Vitro and in Vivo in Models to Assay Intestinal Transepithelial Transport of Food Compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arancha Hevia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Ruas-Madiedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Angelo Faria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruna Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 71, pp.19265-19276. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.jafc.3c05479⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04321019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Critical features of an in vitro intestinal absorption model to study the first key aspects underlying food allergen sensitization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Villa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Benedé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilia Vassilopoulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Mafra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comprehensive Reviews in Food Science and Food Safety</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 22 (2), pp.971-1005. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/1541-4337.13097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03918814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of a Gain-of-Function LIPC Variant as a Novel Cause of Familial Combined Hypocholesterolemia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Di-Filippo Charcosset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sander Kooijman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Van Eenige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Circulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 146 (10), pp.724-739. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1161/circulationaha.121.057978⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-03831077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prebiotic Supplementation During Gestation Induces a Tolerogenic Environment and a Protective Microbiota in Offspring Mitigating Food Allergy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Selle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brosseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angéline Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 12, pp.745535. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fimmu.2021.745535⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03578742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">APOB CRISPR-Cas9 Engineering in Hypobetalipoproteinemia: A Promising Tool for Functional Studies of Novel Variants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Vanhoye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Janin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Caillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Venet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 23 (8), pp.4281. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ijms23084281⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03659209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-resolution mass spectrometry unveils the molecular changes of ovalbumin induced by heating and their influence on IgE binding capacity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Cherkaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Lollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Larré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Brossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 395, pp.133624. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.foodchem.2022.133624⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03717804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PCSK9 is not secreted from mature differentiated intestinal cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Thédrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Garçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Ayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Sotin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Lipid Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 62, pp.100096. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jlr.2021.100096⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03350100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic Inhibition of PCSK9 and Liver Function</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarra Smati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Le May</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Cariou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JAMA Cardiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1001/jamacardio.2020.5341⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03100949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Circulating Rather Than Intestinal PCSK9 (Proprotein Convertase Subtilisin Kexin Type 9) Regulates Postprandial Lipemia in Mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Garçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Ayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Prieur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arteriosclerosis, Thrombosis, and Vascular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 40 (9), pp.2084-2094. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1161/ATVBAHA.120.314194⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03012708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EGF-A peptides: A promising strategy for PCSK9 inhibition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atherosclerosis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 292, pp.204-206. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.atherosclerosis.2019.11.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03350225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HILPDA Uncouples Lipid Droplet Accumulation in Adipose Tissue Macrophages from Inflammation and Metabolic Dysregulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xanthe A.M.H. van Dierendonck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Montserrat de La Rosa Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Georgiadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frits Mattijssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cell Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 30 (6), pp.1811-1822.e6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.celrep.2020.01.046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03350222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficacy and safety of proprotein convertase subtilisin/kexin 9 inhibitors in people with diabetes and dyslipidaemia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Cariou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diabetes, Obesity and Metabolism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 21 (S1), pp.39-51. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/dom.13636⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03350259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of ANGPTL4 function in macrophages and adipocytes using Angptl4-knockout and Angptl4-hypomorphic mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antwi-Boasiako Oteng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip M.M. Ruppert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lily Boutens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xanthe A.M.H. van Dierendonck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Lipid Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 60 (10), pp.1741-1754. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1194/jlr.M094128⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03350237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulation of angiopoietin-like 4 and lipoprotein lipase in human adipose tissue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Schutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edo Aarts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ignace M.C. Janssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydia Afman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of clinical lipidology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 12 (3), pp.773-783. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jacl.2018.02.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03350278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiple effects of cold exposure on livers of male mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aldo Grefhorst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna van den Beukel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacobie Steenbergen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gardi Voortman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Endocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 238 (2), pp.91-106. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1530/JOE-18-0076⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03350271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beyond LDL: What Role for PCSK9 in Triglyceride-Rich Lipoprotein Metabolism?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Le May</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Cariou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trends in endocrinology and metabolism: TEM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Equipe IV, 29 (6), pp.420 - 434. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.tem.2018.03.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01833913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Diurnal Rhythm in Brown Adipose Tissue Causes Rapid Clearance and Combustion of Plasma Lipids at Wakening</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa van den Berg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sander Kooijman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Noordam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ashna Ramkisoensing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustavo Abreu-Vieira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cell Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 22 (13), pp.3521-3533. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.celrep.2018.03.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03350273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Peroxisome Proliferator-Activated Receptor α is dispensable for cold-induced adipose tissue browning in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Merel Defour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Ruppert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmani B.M. Nascimento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Schrauwen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular metabolism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 10, pp.39-54. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.molmet.2018.01.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03350280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angiopoietin-like 4 promotes the intracellular cleavage of lipoprotein lipase by PCSK3/furin in adipocytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip M.M. Ruppert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lynette Oost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sander Kersten</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 293 (36), pp.14134-14145. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1074/jbc.RA118.002426⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03350262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ANGPTL4 promotes bile acid absorption during taurocholic acid supplementation via a mechanism dependent on the gut microbiota</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aafke W.F. Janssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jos Boekhorst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Folkert Kuipers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Groen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochimica et Biophysica Acta Molecular and Cell Biology of Lipids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 1862 (10), pp.1056-1067. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.bbalip.2017.07.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03350283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hypoxia-Inducible Lipid Droplet–Associated Is Not a Direct Physiological Regulator of Lipolysis in Adipose Tissue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frits Mattijssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Montserrat de La Rosa Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angel Loza Valdes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Loft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Endocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 158 (5), pp.1231-1251. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1210/en.2016-1809⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03350285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modulation of the gut microbiota impacts non-alcoholic fatty liver disease: a potential role for bile acids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aafke Wf Janssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saeed L Katiraei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lily L Boutens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Lipid Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 58 (7), pp.1399-1416. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1194/jlr.M075713⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-01527524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulation of lipid metabolism by angiopoietin-like proteins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sander Kersten</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Opinion in Lipidology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 27 (3), pp.249-256. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1097/MOL.0000000000000290⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03350291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angiopoietin-like 4 promotes intracellular degradation of lipoprotein lipase in adipocytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Beigneux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikael Larsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Bensadoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephen Young</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Lipid Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 57 (9), pp.1670-1683. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1194/jlr.M067363⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03350288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brown adipose tissue takes up plasma triglycerides mostly after lipolysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Padmini P.S.J. Khedoe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geerte Hoeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sander Kooijman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeroen Buijs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Lipid Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 56 (1), pp.51-59. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1194/jlr.M052746⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03350296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ANGPTL4 mediates shuttling of lipid fuel to brown adipose tissue during sustained cold exposure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Heine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vergnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariëtte Boon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gert Schaart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">eLife</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 4, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7554/eLife.08428⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03350294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mannose-Binding Lectin Is Required for the Effective Clearance of Apoptotic Cells by Adipose Tissue Macrophages During Obesity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rinke Stienstra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lianne van Beek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henry Jansen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mattijs Heemskerk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diabetes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 63 (12), pp.4143-4153. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2337/db14-0256⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03350301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulation of lipoprotein lipase by Angptl4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sander Kersten</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trends in Endocrinology and Metabolism = Trends in Endocrinology &amp; Metabolism </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 25 (3), pp.146-155. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.tem.2013.12.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03350305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ANGPTL4 is produced by entero-endocrine cells in the human intestinal tract</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sheril Alex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laeticia Lichtenstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronald Mensink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nguan Soon Tan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histochemistry and Cell Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 141 (4), pp.383-391. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00418-013-1157-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03350308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The challenge of evaluating health effects of organic food; operationalisation of a dynamic concept of health</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Machteld Huber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mette Bakker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henrieke A.B. Prins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fred A.C. Wiegant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 92 (14), pp.2766-2773. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/jsfa.5563⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03350312v1</w:t>
-              </w:r>
-[...1018 lines deleted...]
-                <w:t xml:space="preserve">hal-05199122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Brevet (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LIPC variant in the treatment of hypercholesterolemia and atherosclerotic cardiovascular disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Le May</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Di-Filippo Charcosset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : PCT/FR2023/050714. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05199054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6094,112 +6335,112 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hemp seed: An allergen source with potential cross-reactivity to hazelnut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Francophone d'Allergologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05199124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId220"/>
+      <w:footerReference w:type="default" r:id="rId228"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6346,51 +6587,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05500165v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wieneke Dijk" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rimbert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Sotin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Le May" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Cariou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.125.323051" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05358081v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le Corre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Tareb" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rogniaux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Annic" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bouchaud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/18762891-bja00102" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198894v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Cherkaoui" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elysa Le Corre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ach&#233; Ahmat-Sougoudi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Perrin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sol&#233;-Jamault" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2025.144304" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05193295v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoke Ge" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Sch&#246;nke" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Vince" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Thouzeau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cvr/cvaf097" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05492510v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bodinier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2025.07.003" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04096316v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Princy Beriziky" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Linxe" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rogniaux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2023.112932" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737488v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Anton" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Berton-Carabin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Boire" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Garnier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04668243v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Leau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Denery-Papini" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/clt2.12312" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04321019v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arancha Hevia" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Ruas-Madiedo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Angelo Faria" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Petit" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Alves" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.3c05479" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03918814v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Villa" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bened&#233;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Vassilopoulou" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Mafra" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1541-4337.13097" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03831077v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Di-Filippo Charcosset" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sander Kooijman" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Van Eenige" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/circulationaha.121.057978" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03578742v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Selle" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Brosseau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;line Duval" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Bouchaud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2021.745535" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03659209v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vanhoye" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Janin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Caillaud" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Venet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23084281" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03717804v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Tessier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lollier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Larr&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Brossard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.133624" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03350100v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Moreau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Th&#233;drez" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Gar&#231;on" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Ayer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jlr.2021.100096" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03100949v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Smati" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamacardio.2020.5341" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012708v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Prieur" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.120.314194" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350225v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atherosclerosis.2019.11.010" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350222v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xanthe A.M.H. van Dierendonck" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montserrat de La Rosa Rodriguez" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Georgiadi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frits Mattijssen" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2020.01.046" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350259v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dom.13636" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350237v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antwi-Boasiako Oteng" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip M.M. Ruppert" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Boutens" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.M094128" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350278v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Schutte" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edo Aarts" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignace M.C. Janssen" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Afman" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jacl.2018.02.006" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350271v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Grefhorst" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna van den Beukel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacobie Steenbergen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gardi Voortman" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/JOE-18-0076" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833913v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tem.2018.03.013" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350273v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa van den Berg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Noordam" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashna Ramkisoensing" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Abreu-Vieira" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2018.03.004" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350280v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merel Defour" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Ruppert" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmani B.M. Nascimento" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Schrauwen" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmet.2018.01.023" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350262v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynette Oost" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sander Kersten" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.RA118.002426" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350283v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aafke W.F. Janssen" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos Boekhorst" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Folkert Kuipers" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Groen" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbalip.2017.07.005" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350285v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Loza Valdes" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Loft" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/en.2016-1809" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01527524v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aafke Wf Janssen" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Houben" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeed L Katiraei" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily L Boutens" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.M075713" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350291v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MOL.0000000000000290" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350288v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Beigneux" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Larsson" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Bensadoun" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Young" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.M067363" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350296v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Padmini P.S.J. Khedoe" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geerte Hoeke" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Buijs" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.M052746" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350294v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Heine" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vergnes" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari&#235;tte Boon" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gert Schaart" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.08428" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350301v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rinke Stienstra" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lianne van Beek" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Jansen" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattijs Heemskerk" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db14-0256" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350305v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tem.2013.12.005" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350308v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheril Alex" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laeticia Lichtenstein" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Mensink" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguan Soon Tan" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00418-013-1157-y" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350312v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Machteld Huber" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mette Bakker" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrieke A.B. Prins" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred A.C. Wiegant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.5563" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/888D627151BD12E9549F8971699A9B7EAE4FDA63/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05199022v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05199028v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356554v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356574v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05199036v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05199010v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04798429v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gallardo" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Avice" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490130v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Le Corre" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raouf Tareb" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Sol&#233;" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05199044v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490369v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198928v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05199122v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05199054v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moulin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05199124v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565935v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewen Trebossen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Jan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wieneke Dijk" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gagnaire" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05199022v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05199028v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356554v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548551v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Brison" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sol&#233;-Jamault" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Perrin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Morisset" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356574v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05199036v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05199010v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04798429v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gallardo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Anton" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Avice" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bodinier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490130v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Le Corre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raouf Tareb" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Sol&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bouchaud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05199044v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490369v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Denery-Papini" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198928v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05199122v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05500165v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rimbert" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Sotin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Le May" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Cariou" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.125.323051" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05358081v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le Corre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Tareb" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rogniaux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Annic" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/18762891-bja00102" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198894v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Cherkaoui" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elysa Le Corre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ach&#233; Ahmat-Sougoudi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2025.144304" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05193295v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoke Ge" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Sch&#246;nke" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Vince" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Thouzeau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cvr/cvaf097" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05492510v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2025.07.003" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04096316v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Princy Beriziky" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Linxe" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rogniaux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2023.112932" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737488v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Berton-Carabin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Boire" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Garnier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04668243v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Leau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/clt2.12312" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04321019v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arancha Hevia" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Ruas-Madiedo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Angelo Faria" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Petit" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Alves" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.3c05479" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03918814v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Villa" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bened&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Vassilopoulou" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Mafra" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1541-4337.13097" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03831077v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Di-Filippo Charcosset" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sander Kooijman" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Van Eenige" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/circulationaha.121.057978" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03578742v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Selle" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Brosseau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;line Duval" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Bouchaud" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2021.745535" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03659209v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vanhoye" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Janin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Caillaud" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Venet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23084281" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03717804v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Tessier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lollier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Larr&#233;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Brossard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.133624" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03350100v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Moreau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Th&#233;drez" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Gar&#231;on" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Ayer" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jlr.2021.100096" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03100949v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Smati" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamacardio.2020.5341" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012708v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Prieur" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.120.314194" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350225v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atherosclerosis.2019.11.010" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350222v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xanthe A.M.H. van Dierendonck" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montserrat de La Rosa Rodriguez" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Georgiadi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frits Mattijssen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2020.01.046" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350259v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dom.13636" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350237v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antwi-Boasiako Oteng" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip M.M. Ruppert" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Boutens" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.M094128" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350278v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Schutte" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edo Aarts" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignace M.C. Janssen" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Afman" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jacl.2018.02.006" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350271v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Grefhorst" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna van den Beukel" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacobie Steenbergen" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gardi Voortman" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/JOE-18-0076" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833913v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tem.2018.03.013" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F025VSQ4-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350273v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa van den Berg" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Noordam" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashna Ramkisoensing" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Abreu-Vieira" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2018.03.004" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350280v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merel Defour" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Ruppert" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmani B.M. Nascimento" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Schrauwen" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmet.2018.01.023" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350262v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynette Oost" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sander Kersten" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.RA118.002426" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350283v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aafke W.F. Janssen" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos Boekhorst" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Folkert Kuipers" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Groen" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbalip.2017.07.005" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350285v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Loza Valdes" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Loft" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/en.2016-1809" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01527524v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aafke Wf Janssen" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Houben" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeed L Katiraei" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily L Boutens" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.M075713" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350291v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MOL.0000000000000290" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350288v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Beigneux" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Larsson" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Bensadoun" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Young" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.M067363" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350296v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Padmini P.S.J. Khedoe" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geerte Hoeke" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Buijs" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.M052746" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350294v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Heine" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vergnes" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari&#235;tte Boon" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gert Schaart" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.08428" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350301v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rinke Stienstra" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lianne van Beek" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Jansen" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattijs Heemskerk" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db14-0256" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350305v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tem.2013.12.005" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350308v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheril Alex" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laeticia Lichtenstein" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Mensink" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguan Soon Tan" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00418-013-1157-y" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350312v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Machteld Huber" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mette Bakker" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrieke A.B. Prins" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred A.C. Wiegant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.5563" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/888D627151BD12E9549F8971699A9B7EAE4FDA63/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05199054v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moulin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05199124v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>