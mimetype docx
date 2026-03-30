--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1831,434 +1831,563 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04597234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des Plots de Berriac au Golf d'Auriac. Relecture d'un ensemble mobilier de la fin du 5e millénaire dans le bassin de l'Aude</w:t>
-[...45 lines deleted...]
-              <w:t xml:space="preserve">Muriel Gandelin. </w:t>
+                <w:t xml:space="preserve">La bergerie de la Grande Rivoire : un nouvel éclairage sur les origines du pastoralisme nord-alpin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Nicod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Angelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Argant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Balasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">in P.-Y. Nicod (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pêle-Mêle. Textes offerts à Jean Vaquer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AEP, pp.111-132, 2024</w:t>
+              <w:t xml:space="preserve">La bergerie néolithique de la Grande Rivoire à Sassenage (Isère). Deux millénaires et demi de vie pastorale dans les Alpes françaises du Nord</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Toulouse, Archives d’Écologie Préhistorique, pp.709-744, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04828400v1</w:t>
+                <w:t xml:space="preserve">hal-05536020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Usages et fonctions des structures à pierres chauffées du Toulousain au Néolithique. Nouvelles perspectives</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Garnier</w:t>
+                <w:t xml:space="preserve">Des Plots de Berriac au Golf d'Auriac. Relecture d'un ensemble mobilier de la fin du 5e millénaire dans le bassin de l'Aude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joséphine Caro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfrid Galin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Muriel Gandelin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pêle-Mêle. Textes offerts à Jean Vaquer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Archives d'Ecologie Préhistorique, pp.425-448, 2024, 978-2-35842-035-8</w:t>
+              <w:t xml:space="preserve">, AEP, pp.111-132, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04906772v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04828400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un édifice inédit du Vérazien : Couteille-Terralbe à Limoux (Aude)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Usages et fonctions des structures à pierres chauffées du Toulousain au Néolithique. Nouvelles perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ferran Antolín</w:t>
+                <w:t xml:space="preserve">Maïténa Sohn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johanna Olivia Doumerc</w:t>
+                <w:t xml:space="preserve">Francois Leveque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Flaux</w:t>
+                <w:t xml:space="preserve">Julia Wattez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfrid Galin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Jean Guilaine; Muriel Gandelin. </w:t>
+              <w:t xml:space="preserve">Muriel Gandelin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Véraza et le Vérazien. Les fouilles aux grottes de La Valette (1963-1964) et le Vérazien aujourd'hui</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Archives d’Écologie Préhistorique, pp.357-374, 2023, 978-2-35842-032-7</w:t>
+              <w:t xml:space="preserve">Pêle-Mêle. Textes offerts à Jean Vaquer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Archives d'Ecologie Préhistorique, pp.425-448, 2024, 978-2-35842-035-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04552901v1</w:t>
+                <w:t xml:space="preserve">hal-04906772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un édifice inédit du Vérazien : Couteille-Terralbe à Limoux (Aude)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferran Antolín</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Olivia Doumerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Flaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfrid Galin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean Guilaine; Muriel Gandelin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Véraza et le Vérazien. Les fouilles aux grottes de La Valette (1963-1964) et le Vérazien aujourd'hui</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Archives d’Écologie Préhistorique, pp.357-374, 2023, 978-2-35842-032-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04552901v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une enceinte fossoyée et des bâtiments du début du Néolithique moyen dans le centre-ouest &amp;quot; Le Peu &amp;quot; à Charmé (Charente)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Ard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2321,51 +2450,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Marticorena P., Ard V., Hasler A., Cauliez J., Gilabert C., Sénépart I. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">"Entre deux mers" &amp; actualité de la recherche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Archives d’Ecologie Préhistoriques, pp.141-151, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01994174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2375,990 +2504,990 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PCR Milieu et Peuplement en Languedoc occidental du Néolithique au Bronze ancien, Quatrième période triennale 2023-2025</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Gandelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Barbey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberta Bevilacqua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joséphine Caro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Chandevau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap; CNRS; Acter Archéologie. 2025, 4 vol., 1600 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05445770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PCR Milieu et Peuplement en Languedoc occidental du Néolithique au Bronze ancien, Quatrième période triennale 2023-2025</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Gandelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Barbey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joséphine Caro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Chandevau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Convertini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap; CNRS; Acter Archéologie. 2025, 3 vol., 341, 163 et 321 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05241206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vias La Gardie-Font Longue Tranche 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfrid Galin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Dausse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Olivia Doumerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauve Labatte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ACTER Archéologie; Service Régional d'Archéologie Occitanie. 2022, pp.267</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04190959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Territoires mégalithiques et espaces néolithiques en Aveyron : le dolmen du Bois de Galamans (Camarès)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Boscus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonel Fouedjeu Foumou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfrid Galin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] DRAC Occitanie; Traces. 2020, 127 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02541976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport 2020 PCR mines et métallurgies pré et protohistoriques en Occitanie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Maillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Dransart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfrid Galin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Guilaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] Projet collectif de recherches Mines et métallurgies pré et protohistoriques en Occitanie. 2020, 208 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03121969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Domaine de la Tuilerie- la Teuleria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfrid Galin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Roudier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Dunyach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Roguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferran Antolín</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ACTER Archéologie; Service Régional d'Archéologie Occitanie. 2020, pp.425</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04190949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une fenêtre sur le Néolithique final du Ségala. L'occupation de La Mothe à Quins (Aveyron,12)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfrid Galin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Decaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Flaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Orgeval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Acter Archeologie; SRA Occitanie. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01997740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet Collectif de Recherche « Monumentalismes et territoires au Néolithique entre Loire et Charente. Formes et environnements des mégalithes et des enceintes »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Ard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Aguillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Aoustin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] SRA Nouvelle-Aquitaine. 2016, pp.466</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02560544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId92"/>
+      <w:footerReference w:type="default" r:id="rId97"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3426,51 +3555,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9B67D098"/>
+    <w:nsid w:val="F81B21CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3657,51 +3786,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/wilfrid-galin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3901-1359" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905471v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Galin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Caro" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Masson Mourey" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503642v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Remicourt" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Deparnay" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121680v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Perrin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Angelin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Constans" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Defranould" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909889v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Binder" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255964v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanna Lisa Coli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Ledevin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190938v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906789v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906781v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gaillard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914127v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04915931v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189347v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022886v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Math&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylise Onfray" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Poncet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023513v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aoustin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bouchet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906681v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02058624v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Buffat" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597234v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noisette Bec Drelon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivonne Papin-Drastik" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#232;meteau Nathalie" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Braja Ana&#239;s" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sauzedde Florent" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.faton.fr" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828400v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906772v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233;na Sohn" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Leveque" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Wattez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garnier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552901v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferran Antol&#237;n" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Olivia Doumerc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Flaux" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994174v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445770v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Gandelin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Barbey" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Bevilacqua" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chandevau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05241206v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Convertini" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190959v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Costa" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Dausse" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauve Labatte" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541976v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Boscus" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onel Fouedjeu Foumou" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Labille" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Legrand" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03121969v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Maill&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dransart" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guilaine" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190949v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Roudier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Dunyach" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Roguet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01997740v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Decaix" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Orgeval" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-02560544v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Aguillon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blanchet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/wilfrid-galin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3901-1359" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905471v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Galin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Caro" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Masson Mourey" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503642v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Remicourt" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Deparnay" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121680v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Perrin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Angelin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Constans" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Defranould" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909889v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Binder" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255964v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanna Lisa Coli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Ledevin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190938v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906789v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906781v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gaillard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914127v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04915931v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189347v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022886v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Math&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylise Onfray" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Poncet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023513v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aoustin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bouchet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906681v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02058624v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Buffat" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597234v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noisette Bec Drelon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivonne Papin-Drastik" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#232;meteau Nathalie" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Braja Ana&#239;s" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sauzedde Florent" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.faton.fr" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05536020v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Nicod" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Argant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Balasse" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bernard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828400v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906772v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233;na Sohn" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Leveque" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Wattez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garnier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552901v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferran Antol&#237;n" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Olivia Doumerc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Flaux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994174v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445770v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Gandelin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Barbey" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Bevilacqua" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chandevau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05241206v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Convertini" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190959v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Costa" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Dausse" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauve Labatte" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541976v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Boscus" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onel Fouedjeu Foumou" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Labille" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Legrand" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03121969v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Maill&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dransart" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guilaine" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190949v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Roudier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Dunyach" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Roguet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01997740v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Decaix" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Orgeval" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-02560544v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Aguillon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blanchet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>