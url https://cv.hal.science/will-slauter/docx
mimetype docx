--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1735,174 +1735,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02423946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction: Copying and Copyright, Publishing Practice and the Law</w:t>
+                <w:t xml:space="preserve">Copyright and the Political Economy of News in Britain, 1836–1911</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Will Slauter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Victorian Periodicals Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, Copyright Law and Publishing Practice in the Nineteenth-Century Press, 51 (4), pp.583-596. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2018, Copyright Law and Publishing Practice in the Nineteenth-Century Press, 51 (4), pp.640-660</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02007651v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...45 lines deleted...]
-                <w:t xml:space="preserve">Copyright and the Political Economy of News in Britain, 1836–1911</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction: Copying and Copyright, Publishing Practice and the Law</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Will Slauter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Victorian Periodicals Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, Copyright Law and Publishing Practice in the Nineteenth-Century Press, 51 (4), pp.640-660</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2018, Copyright Law and Publishing Practice in the Nineteenth-Century Press, 51 (4), pp.583-596. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1353/vpr.2018.0044]⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02007651v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02007624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Satirical News Aggregator in Eighteenth-Century London</w:t>
               </w:r>
@@ -2659,51 +2659,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04046698v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Will Slauter" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03005571v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654141v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494933v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494939v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654145v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01430855v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494951v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00704042v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00704037v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00704028v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03139255v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://press.princeton.edu/books/hardcover/9780691179544/information" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03395461v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11647/OBP.0247.05" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03395655v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-St&#233;phanie Delamaire" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11647/OBP.0247.01" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379261v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/OBO/9780199730414-0258" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379274v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379266v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00662229v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03395438v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11647/OBP.0247" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02007669v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sup.org/books/title/?id=29452" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02423946v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02007624v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/vpr.2018.0044]" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02007651v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379281v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13688804.2016.1209403" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379239v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/bh.2013.0011" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00662234v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446908v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00639429v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00639111v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00639108v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02007679v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04046698v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Will Slauter" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03005571v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654141v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494933v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494939v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654145v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01430855v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494951v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00704042v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00704037v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00704028v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03139255v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://press.princeton.edu/books/hardcover/9780691179544/information" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03395461v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11647/OBP.0247.05" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03395655v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-St&#233;phanie Delamaire" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11647/OBP.0247.01" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379261v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/OBO/9780199730414-0258" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379274v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379266v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00662229v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03395438v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11647/OBP.0247" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02007669v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sup.org/books/title/?id=29452" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02423946v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02007651v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02007624v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/vpr.2018.0044]" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379281v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13688804.2016.1209403" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379239v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/bh.2013.0011" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00662234v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446908v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00639429v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00639111v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00639108v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02007679v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>