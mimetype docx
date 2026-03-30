--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -211,295 +211,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preliminary study of the effect of saddle fitting on a rider’s pelvic range of motion</w:t>
+                <w:t xml:space="preserve">Quantification of the Effect of Saddle Fitting on Rider–Horse Biomechanics Using Inertial Measurement Units</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Becard</w:t>
+                <w:t xml:space="preserve">Blandine Becard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Sapone</w:t>
+                <w:t xml:space="preserve">Marie Sapone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Martin</w:t>
+                <w:t xml:space="preserve">Pauline Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Hanne-Poujade</w:t>
+                <w:t xml:space="preserve">Sandrine Hanne-Poujade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Joly</w:t>
+                <w:t xml:space="preserve">Alexa Babu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 49th congress of the Société de Biomécanique (Sport biomechanics), </w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 25 (15), pp.4712. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.46298/mbj.14569⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/s25154712⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05249802v1</w:t>
+                <w:t xml:space="preserve">hal-05249810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification of the Effect of Saddle Fitting on Rider–Horse Biomechanics Using Inertial Measurement Units</w:t>
+                <w:t xml:space="preserve">Preliminary study of the effect of saddle fitting on a rider’s pelvic range of motion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blandine Becard</w:t>
+                <w:t xml:space="preserve">B. Becard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Sapone</w:t>
+                <w:t xml:space="preserve">M. Sapone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Martin</w:t>
+                <w:t xml:space="preserve">P. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Hanne-Poujade</w:t>
+                <w:t xml:space="preserve">S. Hanne-Poujade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexa Babu</w:t>
+                <w:t xml:space="preserve">P. Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 25 (15), pp.4712. </w:t>
+              <w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 49th congress of the Société de Biomécanique (Sport biomechanics), </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/s25154712⟩</w:t>
+                <w:t xml:space="preserve">⟨10.46298/mbj.14569⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05249810v1</w:t>
+                <w:t xml:space="preserve">hal-05249802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of the Prophylactic Brace on Knee Kinematics and Stability in Dynamic Situations</w:t>
               </w:r>
@@ -2223,51 +2223,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03085425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of two static methods of saddle height adjustment for cyclists of different morphologies</w:t>
+                <w:t xml:space="preserve">Comparison of static and dynamic methods based on knee kinematics to determine optimal saddle height in cycling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffrey Millour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Duc</w:t>
@@ -2285,82 +2285,82 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sports Biomechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, pp.1-16. </w:t>
+              <w:t xml:space="preserve">Acta of Bioengineering and Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 21 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/14763141.2018.1556324⟩</w:t>
+                <w:t xml:space="preserve">⟨10.37190/ABB-01428-2019-02⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03103058v1</w:t>
+                <w:t xml:space="preserve">hal-03103059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Thigh-Compression Shorts on Muscle Activity and Soft-Tissue Vibration During Cycling</w:t>
               </w:r>
@@ -2474,248 +2474,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03086219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of static and dynamic methods based on knee kinematics to determine optimal saddle height in cycling</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Strategies for improving the pedaling technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta of Bioengineering and Biomechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.37190/ABB-01428-2019-02⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Sports Medicine and Physical Fitness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 59 (12), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23736/S0022-4707.19.08515-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03103059v1</w:t>
+                <w:t xml:space="preserve">hal-03124329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strategies for improving the pedaling technique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparison of two static methods of saddle height adjustment for cyclists of different morphologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffrey Millour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Puel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Sports Medicine and Physical Fitness</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 59 (12), </w:t>
+              <w:t xml:space="preserve">Sports Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.1-16. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.23736/S0022-4707.19.08515-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/14763141.2018.1556324⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03124329v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03103058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Circus Student-Artists Anthropometric characterization; Preliminary study</w:t>
               </w:r>
@@ -2812,1300 +2812,1300 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03016138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of muscular activity and dynamic response of the lower limb adding vibration to cycling</w:t>
+                <w:t xml:space="preserve">Effet du port de semelles orthopédiques pendant la course à pied sur la posture et sur l’architecture podale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcela Munera</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">William Bertucci</w:t>
+                <w:t xml:space="preserve">Stéphane Vermand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Samper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank-Jourdan Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Gaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sports Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/02640414.2017.1398407⟩</w:t>
+              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, n° 95 (1), pp.13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sm.095.0013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03124429v1</w:t>
+                <w:t xml:space="preserve">hal-03124449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet du port de semelles orthopédiques pendant la course à pied sur la posture et sur l’architecture podale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Vermand</w:t>
+                <w:t xml:space="preserve">Analysis of muscular activity and dynamic response of the lower limb adding vibration to cycling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcela Munera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Chiementin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, n° 95 (1), pp.13. </w:t>
+              <w:t xml:space="preserve">Journal of Sports Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 36 (13), pp.1465-1475. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/sm.095.0013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/02640414.2017.1398407⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03124449v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03124429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sédentarité et condition physique d’élèves de 5ème : analyse des résultats obtenus dans différents environnements sociaux</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Validity, Sensitivity, Reproducibility and Robustness of the Powertap, Stages and Garmin Vector Power Meters in Comparison With the SRM Device</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Bouillod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abderrahim Brikci</w:t>
+                <w:t xml:space="preserve">Julien Pinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Soto-Romero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dominique Flenghi</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Grappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éducation, Santé, Sociétés</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Sports Physiology and Performance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 12 (8), pp.1023-1030. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1123/ijspp.2016-0436⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01391267v1</w:t>
+                <w:t xml:space="preserve">hal-01419869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validity, Sensitivity, Reproducibility and Robustness of the Powertap, Stages and Garmin Vector Power Meters in Comparison With the SRM Device</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Acute Effects of Aerobic Exercise on Feelings of Energy in Relation to Age and Sex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Pinot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Georges Soto-Romero</w:t>
+                <w:t xml:space="preserve">Fabien Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frederic Grappe</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanne Hudson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Sports Physiology and Performance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1123/ijspp.2016-0436⟩</w:t>
+              <w:t xml:space="preserve">Journal of Aging and Physical Activity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 24 (1), pp.72-78. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1123/japa.2014-0121⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01419869v1</w:t>
+                <w:t xml:space="preserve">hal-02395391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acute Effects of Aerobic Exercise on Feelings of Energy in Relation to Age and Sex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabien Legrand</w:t>
+                <w:t xml:space="preserve">Transmission of whole body vibration to the lower body in static and dynamic half-squat exercises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcela Munera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Joanne Hudson</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Chiementin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Aging and Physical Activity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1123/japa.2014-0121⟩</w:t>
+              <w:t xml:space="preserve">Sports Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 15 (4), pp.409-428. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14763141.2016.1171894⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02395391v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03124469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transmission of whole body vibration to the lower body in static and dynamic half-squat exercises</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marcela Munera</w:t>
+                <w:t xml:space="preserve">Sédentarité et condition physique d’élèves de 5ème : analyse des résultats obtenus dans différents environnements sociaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahim Brikci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Xavier Chiementin</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Flenghi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sports Biomechanics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Éducation, Santé, Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 2 (2), pp.43-60</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03124469v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01391267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model of the risk assessment of hand-arm system vibrations in cycling: Case of cobblestone road</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Xavier Chiementin</w:t>
+                <w:t xml:space="preserve">Do Changes in Tympanic Temperature Predict Changes in Affective Valence During High-Intensity Exercise?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Murer</w:t>
+                <w:t xml:space="preserve">Philippe Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part P: Journal of Sports Engineering and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 229 (4), pp.231-238. </w:t>
+              <w:t xml:space="preserve">Research Quarterly for Exercise and Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 86 (3), pp.252-259. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/1754337115579606⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/02701367.2015.1046588⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03086734v1</w:t>
+                <w:t xml:space="preserve">hal-03059163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of whole body vibration in energy expenditure and perceived exertion during intense squat exercise.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Efficiency and Thermography in Cycling during a Graded Exercise Test</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahlem Arfaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Polidori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Abderrahim Brikci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta of Bioengineering and Biomechanics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Exercise, Sports &amp; Orthopedics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 2 (3), pp.1-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15226/2374-6904/2/3/00128⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03124518v1</w:t>
+                <w:t xml:space="preserve">hal-02314094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do Changes in Tympanic Temperature Predict Changes in Affective Valence During High-Intensity Exercise?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Joly</w:t>
+                <w:t xml:space="preserve">Physiological and dynamic response to vibration in cycling: A feasibility study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcela Munera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Chiementin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research Quarterly for Exercise and Sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 86 (3), pp.252-259. </w:t>
+              <w:t xml:space="preserve">Mechanics &amp; Industry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 16 (5), pp.503. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/02701367.2015.1046588⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/meca/2015028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03059163v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03086733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficiency and Thermography in Cycling during a Graded Exercise Test</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of whole body vibration in energy expenditure and perceived exertion during intense squat exercise.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Bertucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahlem Arfaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Polidori</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">William Bertucci</w:t>
+                <w:t xml:space="preserve">Thierry Letellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahim Brikci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Exercise, Sports &amp; Orthopedics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Acta of Bioengineering and Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 17 (1), pp.87-93</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02314094v1</w:t>
+                <w:t xml:space="preserve">hal-03124518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physiological and dynamic response to vibration in cycling: A feasibility study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId103" w:history="1">
+                <w:t xml:space="preserve">Model of the risk assessment of hand-arm system vibrations in cycling: Case of cobblestone road</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcela Munera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Duc</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Chiementin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Murer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xavier Chiementin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanics &amp; Industry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 16 (5), pp.503. </w:t>
+              <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part P: Journal of Sports Engineering and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 229 (4), pp.231-238. </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/meca/2015028⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/1754337115579606⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03086733v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03086734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gross Efficiency and Cycling Economy Are Higher in the Field as Compared with on an Axiom Stationary Ergometer</w:t>
               </w:r>
@@ -4221,51 +4221,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactive-Virtual Reality (IVR) Exercise: An Examination of In-Task and Pre-to-Post Exercise Affective Changes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien D Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4332,610 +4332,610 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03059156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validity and reproductibility of the Ergomo Pro power meter compared with the SRM and the Powertap power meters</w:t>
+                <w:t xml:space="preserve">Validity and Reproducibility of the Ergomo®Pro Power Meter Compared With the SRM and Powertap Power Meters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Vilerius</w:t>
+                <w:t xml:space="preserve">Vincent Villerius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Sports Physiology and Performance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 2, pp. 270-281</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2007, 2 (3), pp.270-281. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1123/ijspp.2.3.270⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00261120v1</w:t>
+                <w:t xml:space="preserve">hal-03124650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laboratory vs cycling condition ; differences in pedalling biomechanics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Validity and reproductibility of the Ergomo Pro power meter compared with the SRM and the Powertap power meters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Vilerius</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grappe</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alain Groslambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Biomechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 23, pp. 87-92</w:t>
+              <w:t xml:space="preserve">International Journal of Sports Physiology and Performance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 2, pp. 270-281</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00262218v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00261120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validity and Reproducibility of the Ergomo®Pro Power Meter Compared With the SRM and Powertap Power Meters</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laboratory vs cycling condition ; differences in pedalling biomechanics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grappe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Groslambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Sports Physiology and Performance</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Applied Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 23, pp. 87-92</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03124650v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00262218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de la posture sur le choix de la fréquence de pédalage préférée en montée</w:t>
+                <w:t xml:space="preserve">Comparaison de l'activité musculaire du pédalage entre un exercice réalisé sur ergomètre stationnaire et sur tapis roulant motorisé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Bouteille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Pernin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science &amp; Sports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 21, pp. 26-28</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2006, 21 (5), pp.309-312. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scispo.2006.07.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00179314v1</w:t>
+                <w:t xml:space="preserve">hal-00178545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison de l'activité musculaire du pédalage entre un exercice réalisé sur ergomètre stationnaire et sur tapis roulant motorisé</w:t>
+                <w:t xml:space="preserve">Effet de la posture sur le choix de la fréquence de pédalage préférée en montée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Bertucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Bouteille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Pernin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science &amp; Sports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 21 (5), pp.309-312. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2006, 21, pp. 26-28</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-00178545v1</w:t>
+                <w:t xml:space="preserve">hal-00179314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global muscular activation of the lower limb is higher when cycling on the Axiom ergometer compared to ride on a treadmill</w:t>
               </w:r>
@@ -4960,51 +4960,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Pernin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 8 (sup1), pp.79-80. </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5090,51 +5090,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Pernin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 95 (2-3), pp.260-264. </w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5206,77 +5206,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Vilerius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Pernin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Sports Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 26(10), pp. 868-873</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5314,51 +5314,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect on the crank torque profile when changing pedaling cadence in level ground and uphill road cycling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5448,64 +5448,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Vilerius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Sports Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 26(1), pp. 59-65</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5556,51 +5556,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Taiar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Sports Medicine and Physical Fitness</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 45(3), pp. 277-283</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5625,64 +5625,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A perceptive individual time trial to estimate the aerobic threshold in triathletes : a preliminary study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Groslambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.J. Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5744,286 +5744,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00020934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A perceptive individual time trial performed by triathlètes to estimate the anaerobic thereshold : a preliminary study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId147" w:history="1">
+                <w:t xml:space="preserve">Physiological responses of triathletes to a simulated 30-min time-trial at self-selected power output</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Perrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grappe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Bringard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Groslambert</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">A. Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Sports Medicine and Physical Fitness</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Sports Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 24 (2), pp.138-143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/s-2003-38200⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00079548v1</w:t>
+                <w:t xml:space="preserve">hal-00092446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physiological responses of triathletes to a simulated 30-min time-trial at self-selected power output</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+                <w:t xml:space="preserve">A perceptive individual time trial performed by triathlètes to estimate the anaerobic thereshold : a preliminary study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Groslambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Alain Groslambert</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Perrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Bertucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Sports Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Journal of Sports Medicine and Physical Fitness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 43, pp. 1-20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1055/s-2003-38200⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00092446v1</w:t>
+                <w:t xml:space="preserve">hal-00079548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6832,146 +6832,159 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03103407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validity and reliability of the CycleOps Hammer direct drive trainer during sprint tests when compared with an SRM powermeter -a preliminary study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact biomécanique et physiologique de l’utilisation de deux manivelles de longueurs différentes pour compenser une asymétrie anatomique des membres inférieurs en cyclisme - Etude de cas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffrey Millour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science &amp; Cycling Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Bruxelles, Belgium. pp.55-56</w:t>
+              <w:t xml:space="preserve">12ème Congrès SFMES-SFTS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Reims, France. pp.38</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03124364v1</w:t>
+                <w:t xml:space="preserve">hal-03199817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact biomécanique et physiologique de l’utilisation de deux manivelles de longueurs différentes pour compenser une asymétrie anatomique des membres inférieurs en cyclisme - Etude de cas</w:t>
+                <w:t xml:space="preserve">Impact de l’écartement médio-latéral des pieds lors du pédalage sur le rendement énergétique brut et le confort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffrey Millour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Duc</w:t>
@@ -6989,73 +7002,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12ème Congrès SFMES-SFTS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Reims, France. pp.38</w:t>
+              <w:t xml:space="preserve">18ème Congrès de l'ACAPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACAPS, Oct 2019, Paris, France. pp.200--201</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03199817v1</w:t>
+                <w:t xml:space="preserve">hal-03199818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationship between preferred saddle height and pedalling kinematics in professional cyclists</w:t>
               </w:r>
@@ -7160,446 +7173,433 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03124385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact de l’écartement médio-latéral des pieds lors du pédalage sur le rendement énergétique brut et le confort</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Duc</w:t>
+                <w:t xml:space="preserve">Investigation des blessures chez les étudiant-artistes du cirque ; étude préliminaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassen Hakim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18ème Congrès de l'ACAPS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ACAPS, Oct 2019, Paris, France. pp.200--201</w:t>
+              <w:t xml:space="preserve">12e Congrès SFMES-SFTS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, REIMS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03199818v1</w:t>
+                <w:t xml:space="preserve">hal-04437302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation des blessures chez les étudiant-artistes du cirque ; étude préliminaire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hassen Hakim</w:t>
+                <w:t xml:space="preserve">Evaluation of the effectiveness of an anti-vibration MTB handlebar compared to a traditional MTB handlebar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noé Perrotin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12e Congrès SFMES-SFTS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, REIMS, France</w:t>
+              <w:t xml:space="preserve">Science &amp; Cycling Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Bruxelles, Belgium. pp.29-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04437302v1</w:t>
+                <w:t xml:space="preserve">hal-03124388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the effectiveness of an anti-vibration MTB handlebar compared to a traditional MTB handlebar</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Duc</w:t>
+                <w:t xml:space="preserve">Fatigue mentale et perception de l’effort physique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassen Hakim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabri Gaied Chortane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science &amp; Cycling Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Bruxelles, Belgium. pp.29-30</w:t>
+              <w:t xml:space="preserve">18ème Congrès de l'ACAPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACAPS, Oct 2019, Paris, France. pp.179</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03124388v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03199816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatigue mentale et perception de l’effort physique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hassen Hakim</w:t>
+                <w:t xml:space="preserve">Validity and reliability of the CycleOps Hammer direct drive trainer during sprint tests when compared with an SRM powermeter -a preliminary study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sabri Gaied Chortane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18ème Congrès de l'ACAPS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ACAPS, Oct 2019, Paris, France. pp.179</w:t>
+              <w:t xml:space="preserve">Science &amp; Cycling Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Bruxelles, Belgium. pp.55-56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03199816v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03124364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomechanical analysis and injury prevention of circus artists and acrobats; preliminary study</w:t>
               </w:r>
@@ -8080,256 +8080,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03199814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of noncircular o-symetric chainring on muscular activation during steady-state pedalling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Measurement of mechanical vibrations and muscular activity in cycling on cobblestones at race pace – A single case study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Puel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Jarlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33rd International Conference on Biomechanics in Sports (ISBS 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Poitiers, France. pp.196-199</w:t>
+              <w:t xml:space="preserve">33 International Conference of Biomechanics in Sports (2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03124506v1</w:t>
+                <w:t xml:space="preserve">hal-03124495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of mechanical vibrations and muscular activity in cycling on cobblestones at race pace – A single case study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of noncircular o-symetric chainring on muscular activation during steady-state pedalling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Jarlot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33 International Conference of Biomechanics in Sports (2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Poitiers, France</w:t>
+              <w:t xml:space="preserve">33rd International Conference on Biomechanics in Sports (ISBS 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Poitiers, France. pp.196-199</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03124495v1</w:t>
+                <w:t xml:space="preserve">hal-03124506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of comfort: Acceleration transmissibility of different road bikes</w:t>
               </w:r>
@@ -8354,51 +8354,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Jarlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Duc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8436,51 +8436,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RISQUES PHYSIQUES ASSOCIES AUX VIBRATIONS CHEZ LE CYCLISTE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcela Munera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Chiementin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8525,230 +8525,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00852262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison des puissances mécaniques mesurées par trois types de wattmètres mobiles</w:t>
+                <w:t xml:space="preserve">Effects of cyclist specificity on the selection of the preferred pedalling cadence in seated and standing position</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Pernin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4èmes Journées Internationales des Sciences du Sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, France</w:t>
+              <w:t xml:space="preserve">European Congress of Sport Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Lausanne, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00178562v1</w:t>
+                <w:t xml:space="preserve">hal-00178552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of cyclist specificity on the selection of the preferred pedalling cadence in seated and standing position</w:t>
+                <w:t xml:space="preserve">Comparaison des puissances mécaniques mesurées par trois types de wattmètres mobiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Congress of Sport Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Lausanne, Switzerland</w:t>
+              <w:t xml:space="preserve">4èmes Journées Internationales des Sciences du Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00178552v1</w:t>
+                <w:t xml:space="preserve">hal-00178562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activité musculaire du membre supérieur et du tronc lors du pédalage assis et en &amp;quot;danseuse</w:t>
               </w:r>
@@ -8773,51 +8773,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Pernin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8874,51 +8874,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Pernin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8962,51 +8962,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Pernin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Redha Taïar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9096,51 +9096,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Pernin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9152,506 +9152,506 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00020895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation de la puissance maximale d'un cycliste à partir d'un test de terrain</w:t>
+                <w:t xml:space="preserve">Analyse critique des principaux ergomètres cyclistes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Pernin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00021077v1</w:t>
+                <w:t xml:space="preserve">hal-00021080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validity of the Powertap mobile cycling powermeter when compared with an SRM powermeter</w:t>
+                <w:t xml:space="preserve">Validity and reliability of the new Axiom and PowerTap cycle ergometer when compared with an SRM powermeter during maximal intensity exercise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00020904v1</w:t>
+                <w:t xml:space="preserve">hal-00021072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of the gear ratio on the neuromuscular activity in cycling</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Estimation de la puissance maximale d'un cycliste à partir d'un test de terrain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Taiar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00020901v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00021077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse critique des principaux ergomètres cyclistes</w:t>
+                <w:t xml:space="preserve">Validity of the Powertap mobile cycling powermeter when compared with an SRM powermeter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Monnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00021080v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00020904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validity and reliability of the new Axiom and PowerTap cycle ergometer when compared with an SRM powermeter during maximal intensity exercise</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of the gear ratio on the neuromuscular activity in cycling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Vilerius</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Pernin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00021072v1</w:t>
+                <w:t xml:space="preserve">hal-00020901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validité et reproductibilité d'un nouveau wattmètre cycliste utilisable surle terrain : le PowerTap</w:t>
               </w:r>
@@ -9676,51 +9676,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Pernin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9764,51 +9764,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Pernin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVIIème Congrès de la Société de Biomécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, Valenciennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10018,51 +10018,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10106,51 +10106,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10258,51 +10258,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0F6B79C0"/>
+    <w:nsid w:val="E7CDDE62"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10489,51 +10489,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/william-bertucci" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0620-2530" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/143708015" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/173266874" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249802v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Becard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sapone" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hanne-Poujade" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Joly" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14569" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249810v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Becard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sapone" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Martin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Hanne-Poujade" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexa Babu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s25154712" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05224217v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Romain" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Arfaoui" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Bertucci" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23937/2469-5718/1510260" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083154v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Denis Desgorces" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Slawinski" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Rousseau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Toussaint" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23736/S0022-4707.22.13685-6" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274623v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29011/2575-8241.001289" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04161083v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Trama" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Full Professor Hautier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Blache" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Chiementin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14763141.2022.2083010" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03545969v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bouillod" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Soto-Romero" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Grappe" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Brunet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22010386" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03715856v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Thiry" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Houry" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Philippe" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Nocent" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Buisseret" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22135027" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620943v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Thevenon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e24040437" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03527761v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Duc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Scholler" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Puel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Millour" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.28985/1221.jsc.07" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016075v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Ouvrard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Segui" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.28985/0620.jsc.03" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03103046v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2020.1845440" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03103047v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12283-020-00327-w" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016041v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Janson" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.28985/0620.jsc.02" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124443v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bent R&#248;nnestad" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0000000000002236" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03085425v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Mateo-March" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Lopez-Elvira" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Javaloyes Torres" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/IES-202131" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03103058v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14763141.2018.1556324" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03086219v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Hintzy" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gregoire" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Samozino" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0000000000002402" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03103059v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37190/ABB-01428-2019-02" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124329v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grappe" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23736/S0022-4707.19.08515-3" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016138v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Hakim" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Forestier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36811/jphsm.2019.110002" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124429v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Munera" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2017.1398407" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124449v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vermand" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Samper" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank-Jourdan Ferrari" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Gaillet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sm.095.0013" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01391267v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Brikci" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Flenghi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01419869v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pinot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/ijspp.2016-0436" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395391v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Legrand" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Hudson" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/japa.2014-0121" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124469v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14763141.2016.1171894" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03086734v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Murer" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1754337115579606" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124518v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Letellier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059163v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Joly" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02701367.2015.1046588" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02314094v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Polidori" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15226/2374-6904/2/3/00128" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03086733v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2015028" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124659v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Betik" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jab.28.6.636" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059156v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien D Legrand" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Soudain-Pineau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Marcel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10413200.2010.523754" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261120v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vilerius" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00262218v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Groslambert" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124650v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Villerius" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/ijspp.2.3.270" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179314v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bouteille" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Pernin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00178545v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2006.07.009" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G7QHSG1V-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020890v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255840512331388353" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020940v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Villerius" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-005-1401-9" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-1VDPBRFD-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020937v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020936v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Girard" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Betik" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Rouillon" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020884v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020938v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Taiar" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020934v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Girard" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Perrey" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079548v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092446v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Perrey" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Girard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bringard" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2003-38200" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250865v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yonnel Giovanelli" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gouelle" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vareille" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.admp.2024.102652" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274701v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454518v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cam&#233;lia Mahdi" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54941/ahfe1001483" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875716v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Navillon" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gouelle Arnaud" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Puel Fr&#233;d&#233;ric" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543456v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hautier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103407v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Moreau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124364v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199817v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124385v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199818v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437302v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124388v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Perrotin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199816v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabri Gaied Chortane" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199815v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124463v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124457v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124568v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Chartogne" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199814v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaias Perez Rojo" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rogowski" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124506v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Jarlot" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124495v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124485v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00852262v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00178562v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00178552v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020893v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020897v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021091v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redha Ta&#239;ar" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lodini" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020895v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021077v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020904v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Monnier" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020901v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021080v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021072v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021075v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092571v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124551v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020906v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020896v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/william-bertucci" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0620-2530" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/143708015" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/173266874" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249810v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Becard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sapone" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Martin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Hanne-Poujade" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexa Babu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s25154712" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249802v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Becard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sapone" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hanne-Poujade" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Joly" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14569" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05224217v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Romain" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Arfaoui" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Bertucci" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23937/2469-5718/1510260" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083154v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Denis Desgorces" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Slawinski" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Rousseau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Toussaint" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23736/S0022-4707.22.13685-6" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274623v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29011/2575-8241.001289" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04161083v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Trama" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Full Professor Hautier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Blache" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Chiementin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14763141.2022.2083010" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03545969v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bouillod" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Soto-Romero" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Grappe" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Brunet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22010386" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03715856v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Thiry" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Houry" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Philippe" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Nocent" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Buisseret" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22135027" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620943v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Thevenon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e24040437" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03527761v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Duc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Scholler" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Puel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Millour" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.28985/1221.jsc.07" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016075v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Ouvrard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Segui" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.28985/0620.jsc.03" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03103046v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2020.1845440" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03103047v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12283-020-00327-w" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016041v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Janson" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.28985/0620.jsc.02" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124443v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bent R&#248;nnestad" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0000000000002236" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03085425v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Mateo-March" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Lopez-Elvira" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Javaloyes Torres" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/IES-202131" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03103059v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37190/ABB-01428-2019-02" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03086219v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Hintzy" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gregoire" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Samozino" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0000000000002402" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124329v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grappe" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23736/S0022-4707.19.08515-3" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03103058v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14763141.2018.1556324" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016138v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Hakim" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Forestier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36811/jphsm.2019.110002" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124449v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vermand" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Samper" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank-Jourdan Ferrari" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Gaillet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sm.095.0013" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124429v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Munera" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2017.1398407" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01419869v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pinot" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/ijspp.2016-0436" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395391v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Legrand" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Hudson" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/japa.2014-0121" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124469v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14763141.2016.1171894" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01391267v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Brikci" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Flenghi" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059163v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Joly" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02701367.2015.1046588" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02314094v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Polidori" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15226/2374-6904/2/3/00128" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03086733v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2015028" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124518v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Letellier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03086734v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Murer" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1754337115579606" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124659v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Betik" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jab.28.6.636" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059156v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien D Legrand" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Soudain-Pineau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Marcel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10413200.2010.523754" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124650v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Villerius" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/ijspp.2.3.270" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261120v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vilerius" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00262218v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Groslambert" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00178545v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bouteille" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Pernin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2006.07.009" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G7QHSG1V-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179314v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020890v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255840512331388353" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020940v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Villerius" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-005-1401-9" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-1VDPBRFD-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020937v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020936v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Girard" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Betik" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Rouillon" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020884v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020938v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Taiar" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020934v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Girard" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Perrey" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092446v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Perrey" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Girard" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bringard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2003-38200" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079548v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250865v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yonnel Giovanelli" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gouelle" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vareille" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.admp.2024.102652" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274701v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454518v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cam&#233;lia Mahdi" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54941/ahfe1001483" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875716v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Navillon" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gouelle Arnaud" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Puel Fr&#233;d&#233;ric" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543456v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hautier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103407v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Moreau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199817v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199818v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124385v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437302v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124388v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Perrotin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199816v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabri Gaied Chortane" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124364v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199815v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124463v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124457v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124568v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Chartogne" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199814v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaias Perez Rojo" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rogowski" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124495v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Jarlot" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124506v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124485v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00852262v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00178552v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00178562v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020893v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020897v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021091v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redha Ta&#239;ar" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lodini" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020895v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021080v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021072v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021077v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020904v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Monnier" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020901v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021075v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092571v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124551v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020906v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020896v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>