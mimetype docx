--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1880,182 +1880,178 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charge transfer dissociation (CTD): a new activation method in Evry for probing the structure of natural or synthetic compounds</w:t>
+                <w:t xml:space="preserve">Coupling of Surface Plasmon Resonance with Mass Spectrometry to study protein glycosylation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Yves Salpin</w:t>
+                <w:t xml:space="preserve">Marina Diaz Hermida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salomé Poyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Przybylski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Buchmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Daniel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">39th informal meeting on mass spectrometry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Eurocarb 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04247713v1</w:t>
+                <w:t xml:space="preserve">hal-04428481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface Plasmon Resonance coupled to Mass Spectrometry to studylectin-sugar interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Diaz Hermida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salomé Poyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2105,156 +2101,160 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04428460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling of Surface Plasmon Resonance with Mass Spectrometry to study protein glycosylation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marina Diaz Hermida</w:t>
+                <w:t xml:space="preserve">Charge transfer dissociation (CTD): a new activation method in Evry for probing the structure of natural or synthetic compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Salpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salomé Poyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Buchmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Spezia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Daniel</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurocarb 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">39th informal meeting on mass spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04428481v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04247713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2700,51 +2700,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IRMPD spectroscopy and quantum chemistry: two ideal partners for probing the structure of gaseous ions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Salpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Nicol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3210,51 +3210,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088992v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Aloui" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Legros" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Przybylski" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bourderioux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Giuliani" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.10059" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233009v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Buchmann" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2023.117028" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03418932v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jasms.0c00392" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02946416v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.8773" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966798v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johana Musso" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gonnet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jarroux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bellon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-014-8373-8" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112301v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Desmazi&#232;res" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2013.11.036" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967547v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Daniel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jms.3052" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C12B54101694D1853833F859C1F7CDA44F3937B1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090356v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Illy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Boileau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Penelle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valessa Barbier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma1016506" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00266175v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Desmazieres" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peran Terrier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanine Tortajada" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac0715367" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-CW9MRDN2-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00266165v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasms.2007.07.028" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0B3T7DT0-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00137646v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Spezia" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guewen Tournois" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cartailler" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jms.1183" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HHBSR9SG-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00266201v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cheguillaume" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00266217v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guegan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Cheradame" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/macp.200300193" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2GF06Q9J-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00266208v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1365/s10337-004-0409-3" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-LCDCN8C1-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247713v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Salpin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Poyer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428460v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Diaz Hermida" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428481v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-03098106v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasiia Halushkina" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-1064-0_5" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142422v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01292183v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dequier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morad Mechref" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Zasadzinski" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Jacquemot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Mazur" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00514248v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Nicol" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Besson" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Gaigeot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068072v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068218v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Rouam" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088992v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Aloui" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Legros" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Przybylski" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bourderioux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Giuliani" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.10059" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233009v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Buchmann" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2023.117028" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03418932v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jasms.0c00392" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02946416v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.8773" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966798v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johana Musso" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gonnet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jarroux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bellon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-014-8373-8" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112301v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Desmazi&#232;res" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2013.11.036" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967547v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Daniel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jms.3052" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C12B54101694D1853833F859C1F7CDA44F3937B1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090356v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Illy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Boileau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Penelle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valessa Barbier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma1016506" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00266175v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Desmazieres" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peran Terrier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanine Tortajada" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac0715367" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-CW9MRDN2-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00266165v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasms.2007.07.028" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0B3T7DT0-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00137646v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Spezia" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guewen Tournois" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cartailler" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jms.1183" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HHBSR9SG-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00266201v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cheguillaume" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00266217v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guegan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Cheradame" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/macp.200300193" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2GF06Q9J-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00266208v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1365/s10337-004-0409-3" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-LCDCN8C1-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428481v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Diaz Hermida" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Poyer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428460v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247713v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Salpin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-03098106v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasiia Halushkina" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-1064-0_5" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142422v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01292183v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dequier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morad Mechref" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Zasadzinski" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Jacquemot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Mazur" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00514248v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Nicol" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Besson" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Gaigeot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068072v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068218v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Rouam" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>