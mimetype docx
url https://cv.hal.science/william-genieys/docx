--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -581,235 +581,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03938300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The programmatic action framework: An empirical assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Hassenteufel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Policy Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7 (S1), pp.28 - 47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/epa2.1088⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02934530v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The Future is Knocking: How Artificial Intelligence Will Fundamentally Change Psychiatry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Brunn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Diefenbacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Courtet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Genieys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Academic Psychiatry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 44 (4), pp.461-466. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s40596-020-01243-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02615164v1</w:t>
-              </w:r>
-[...89 lines deleted...]
-                <w:t xml:space="preserve">hal-02934530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les gardiens des politiques de santé face à la réforme Obama</w:t>
               </w:r>
@@ -2193,2555 +2193,5285 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01393315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Vers un retour du politique dans le néo-institutionnalisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Smyrl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Golob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Joana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, La Turquie face à l’Europe, 23 (1), pp.115-130. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/pole.2005.1245⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01405308v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The Invention of the Leclerc Tank: The Singular Role of a Project Elite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Genieys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">French Politics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 3 (3), pp.187-210. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1057/palgrave.fp.8200086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02613321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...77 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment penser le politique? Un retour sur l’État, les partis politiques, la démocratie et l’Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, La Turquie face à l’Europe, 23 (1), pp.115-130. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/pole.2005.1245⟩</w:t>
+              <w:t xml:space="preserve">, 2004, Penser le politique ?, 21, pp.11-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/pole.2004.1198⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...18 lines deleted...]
-            </w:hyperlink>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01388228v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte-rendu : A la recherche de la démocratie. Mélanges offerts à Guy Hermet.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Française de Science Politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 53, pp 169-173. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfsp.531.0167⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403235v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">6e congrès de l'Association Espagnole de Science politique et de l'Administration : &amp;quot;Gouverner en Europe,gouverner l'Europe&amp;quot;. Barcelone 18-20 septembre 2003..</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Franck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Joana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Maffre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Négrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, Penser le politique ?, 21, pp.11-14. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2003, L'Italie du politique, 19, pp.230-233</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Compte-rendu : A la recherche de la démocratie. Mélanges offerts à Guy Hermet.</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02549817v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'administration espagnole depuis la fin du franquisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beltran Miguel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 16, pp. 65-77. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/pole.2002.1139⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01402152v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Espagne : un eldorado pour l’analyse du politique en Europe ? »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, L'espagne du Politique, 16, pp.3-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/pole.2002.1136⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01389563v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dossier - L'administration sanitaire et sociale.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Elbaum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Barbot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Bercot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.M. Brocas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Burdillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française des affaires sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 4, pp.7-136. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfas.014.0013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02171395v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre les politiques publiques et la politique : l'émergence d'une &amp;quot; élite du welfare&amp;quot; ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Hassenteufel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française des affaires sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, L’administration sanitaire et sociale, 4, pp.41-50. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfas.014.0041⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01388064v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eau delà des frontières étatiques. Jeux et enjeux de politiques autour du projet d'aqueduc Languedoc-Roussillon et Catalogne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Valarié</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de l'Economie Méridionale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 49 (194-195), pp. 251-264</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403279v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Par-delà des frontières étatiques : Jeux et enjeux politiques autour du projet d’aqueduc Languedoc-Roussillon -Catalogne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Valarié</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, La comission européenne en politique(s), 15, pp.95-106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/pole.2001.1126⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01393295v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le pouvoir local en débats. Pour une sociologie du rapport entre leadership et territoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andy Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baraize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Négrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, Qui gouverne les viLLES ,, 13, pp.103 - 119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/pole.2000.1090⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01393520v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Idées et intégration européenne : 'la grande transformation' du midi viticole.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andy Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Politique européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, La recherche en science politique et l'Union européenne, 1, pp.43-62. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/poeu.001.0043⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01389364v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violences Urbaines. Angleterre, Belgique et Espagne : un état des lieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers de l'IHESI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, pp.147-160</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01405052v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La &amp;quot;grande transformation&amp;quot; du Midi rouge ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 9 (1), pp.3-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/pole.1998.1008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01393603v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les élections régionales du 15 mars 1998 en Languedoc-Roussillon. Une nouvelle singularité politique régionale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Alliès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baraize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Negrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Cheylan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, Elections et politiques régionales, 8, pp. 5-40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/pole.1998.992⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01393354v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le retournement du Midi viticole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, "La grande transformation" du Midi rouge, 9, pp.7-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/pole.1998.1009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01389602v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Las élites prefericas españolas ante el cambio de Régimen politico</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revista de estudios políticos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 102, pp. 102- 131</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01393564v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le territoire imaginaire du &amp;quot;Pays Cathare&amp;quot;. Nouvelles dynamiques du développement local en milieu rural.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, Elites, politiques et territoires, 7, pp.118-131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/pole.1997.984⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01393494v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation Élites, politiques et territoires : vers de nouvelles dynamiques ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, Élites, politiques et territoires, 7, pp.3-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01393610v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élites intermédiaires, frontières institutionnelles : Catalogne et Languedoc-Roussillon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Européenne des Migrations Internationales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, Les Catalognes, laboratoire de l'Europe, 13 (3), pp.211-227. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/remi.1997.1573⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04635736v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un Janus notabiliaire : Yves Piétrasanta</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Joana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 38 (1), pp.143-158. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/sciso.1996.1286⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04105113v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les élites périphériques espagnoles face au changement de régime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Genieys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Française de Science Politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2003, 53, pp 169-173. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rfsp.531.0167⟩</w:t>
+              <w:t xml:space="preserve">, 1996, 4, pp. 650-680. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/rfsp.1996.395084⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Cécile Franck</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01393332v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Essays in Honor of Juan J.Linz. Politics, Society and Democracy. Comparative Studies.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Politix</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 33, pp.172-177. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/polix.1996.1948⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403194v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociologie des élus régionaux du Languedoc-Roussillon et de Pays-de-Loire (II) Itinéraires et trajectoires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad-Saïd Darviche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Genieys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Joana</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2003, L'Italie du politique, 19, pp.230-233</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 1995, 2, pp.74-100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/pole.1995.891⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">William Genieys</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01393630v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociologie des élus régionaux du Languedoc-Roussillon et de Pays-de-Loire. (I) Héritage et héritiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad-Saïd Darviche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Joana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, 16, pp. 65-77. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/pole.2002.1139⟩</w:t>
+              <w:t xml:space="preserve">, 1995, Le Midi du politique, 2, pp.57-73. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/pole.1995.890⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L’Espagne : un eldorado pour l’analyse du politique en Europe ? »</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01393623v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un &amp;quot;portrait intellectuel&amp;quot; : entre Clio et Minerve, J.-J. Linz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Genieys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, L'espagne du Politique, 16, pp.3-18. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/pole.2002.1136⟩</w:t>
+              <w:t xml:space="preserve">, 1994, 1, pp.79-87. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/pole.1994.1327⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...99 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01392729v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ouvrages (9)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Government of Insiders - The People Who Made the Affordable Care Act Possible</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Johns Hopkins University Press, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.56021/9781421447681⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04514680v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elites, Policies and State Reconfiguration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad-Saïd Darviche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer Nature Switzerland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 198p, 2023, International Series on Public Policy, Philippe Zittoun, 9783031415845. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-41582-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04285638v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gouverner à l’abri des regards. La réussite de l’Obamacare</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses de Sciences Po, pp.288, 2020, 9782724626254</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02978083v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociologie politique des élites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Armand Colin, pp.368, 2011, U : Sociologie, 9782200268534</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02183953v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multinational state-building</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad-Saïd Darviche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pole sud, pp.119, 2008, 978-2-918036-05-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03516118v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elites, Ideas and the Evolution of Public Policy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Palgrave Macmillan, pp.208, 2008, Political Evolution and Institutional Change, 9780230605947</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03415796v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elites, Ideas and the Evolution of Public Policy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Smyrl</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Palgrave Macmillan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, XX-208 p., 2008, 978-0-230-60594-7 (rel.). - 0-230-60594-X (rel.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02524787v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penser les régimes politiques avec Juan J. Linz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad-Saïd Darviche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.286, 2008, Logiques politiques, 978-2-296-05881-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03516125v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Invention du Pays Cathare. Essai sur la constitution d'un territoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Carmen Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan, pp.148, 2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00606615v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (25)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elites, Policies and State Reconfiguration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad-Saïd Darviche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue française des affaires sociales</w:t>
-[...79 lines deleted...]
-                <w:t xml:space="preserve">Pierre Valarié</w:t>
+              <w:t xml:space="preserve">Le territoire dans tous ses États</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CEPEL, Dec 2024, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04907655v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Crisis and RE-differenciation of the French State. The Welfare Elite as Custodians of Social Insurance Policy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad-Saïd Darviche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Hassenteufeul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de l'Economie Méridionale</w:t>
-[...70 lines deleted...]
-                <w:t xml:space="preserve">Patrick Hassenteufel</w:t>
+              <w:t xml:space="preserve">ECPR General Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ECPR, Aug 2022, Innsbruck, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04907673v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New Policy Elites and the Affordable Care Act: The Making of Long-Term Insiders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad-Saïd Darviche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Hassenteufeul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue française des affaires sociales</w:t>
-[...79 lines deleted...]
-                <w:t xml:space="preserve">Pierre Valarié</w:t>
+              <w:t xml:space="preserve">5th International Conference in Public Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Barcelona d’Estudis Internacionals; Universitat de Barcelona; Universitat Pompeu Fabra; Universitat Autònoma de Barcelona, Jul 2021, Barcelone, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04907693v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Continuity and Change: Are Health Policy Elites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad-Saïd Darviche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Hassenteufeul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
-[...118 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Négrier</w:t>
+              <w:t xml:space="preserve">Health Policy in International Comparison: Actors, Content and Networking at Expert Level</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ProAcTA, Sep 2021, Berlin, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04907681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Travail gouvernemental et direction administrative : le cas de la direction de la Sécurité sociale depuis 2007</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad-Saïd Darviche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Hassenteufeul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulrike Lepont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
-[...79 lines deleted...]
-                <w:t xml:space="preserve">Andy Smith</w:t>
+              <w:t xml:space="preserve">Pour une sociologie du gouvernement : pratiques et rôles du travail gouvernemental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CERSA; CEESP, Dec 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04907720v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New american custodians of the policy state in comparative perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad-Saïd Darviche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brent Epperson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Politique européenne</w:t>
-[...66 lines deleted...]
-                <w:t xml:space="preserve">William Genieys</w:t>
+              <w:t xml:space="preserve">4th International Conference on Public Policy (ICPP4),</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International public policy association (ICPP), Jun 2019, Montréal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03225154v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Policy elites and programmatic actors: the role of custodians of State Policies in Health Care Policy change in the United States since the 1970s</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lawrence Brown</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers de l'IHESI</w:t>
-[...45 lines deleted...]
-                <w:t xml:space="preserve">La &amp;quot;grande transformation&amp;quot; du Midi rouge ?</w:t>
+              <w:t xml:space="preserve">Bringing policy actors back in. Relevance and prospects of actor-centered approaches in policy studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Public Policy Association, Jun 2018, Pittsburgh, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03230095v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Government of Insiders: the Rise of the Custodians of State Policies in Health Sectors since the 90's</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Genieys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
-[...124 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Séminaire Général du Centre d’études européennes et de politique comparée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sciences Po, Feb 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03230937v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyzing programmatic actors: methodological and theoretical challenges for the understanding of policy change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Hassenteufel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Le retournement du Midi viticole</w:t>
+              <w:t xml:space="preserve">IPPA Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Pittsburg, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03219006v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penser l’action des élites d’Etat : l’émergence du rôle de gardiens des politique de l’Etat ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Genieys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Las élites prefericas españolas ante el cambio de Régimen politico</w:t>
+              <w:t xml:space="preserve">Les acteurs de la bureaucratie,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire d’Analyse de la Gouvernance de l’Action publique en Europe (LAGAPE), Nov 2016, Lausanne, Suisse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03229985v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des gardiens de l’Etat à l’élite des politiques. Une sociologie historique comparée des rapports Elite(s) et Etat(s)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Genieys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revista de estudios políticos</w:t>
-[...57 lines deleted...]
-                <w:t xml:space="preserve">William Genieys</w:t>
+              <w:t xml:space="preserve">L’ ÉLITE DES POLITIQUES AU MAGHREB. POUR UNE AUTRE SOCIOLOGIE DE L’ACTION PUBLIQUE.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Colloque International à Rabat (Maroc), May 2016, Rabat, Maroc</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01345415v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Custodians of Policy in the Heart of Democratic States: A Comparison between France and the US</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Joana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Européenne des Migrations Internationales</w:t>
-[...59 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">Contemporary Policy Process and Democracy. What Policy “Partial Regimes” and Subsystems are Doing to Democracy?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, HKU-USC-IPPA, Jun 2016, Hong Kong, China</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03231952v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Custodians of State Policies Dealing with the Financial Crisis: A Comparison Between France and the US</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Joana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Genieys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
-[...66 lines deleted...]
-                <w:t xml:space="preserve">William Genieys</w:t>
+              <w:t xml:space="preserve">24thWorld Congress of Political Science (IPSA), July 23-28, Poznan (PL.).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Political Science Association (IPSA), Jul 2016, Poznan, Poland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03230249v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les nouveaux gardiens de l'Etat face à la crise : une comparaison France-États-Unis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Joana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
-[...45 lines deleted...]
-                <w:t xml:space="preserve">Un Janus notabiliaire : Yves Piétrasanta</w:t>
+              <w:t xml:space="preserve">12ème Congrès de l’Association française de science politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Congrès de l’Association française de science politique-AFSP Aix en Provence 2015 Jun 2015, Aix en provence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01405263v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les nouveaux gardiens de l'Etat face à la crise : une comparaison France - États-Unis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Genieys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Joana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t>
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Les élites périphériques espagnoles face au changement de régime</w:t>
+              <w:t xml:space="preserve">13ème Congrès national de l’Association française de science politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association française de science politique, Jun 2015, Aix-en -Provence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03346873v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Governing policies with New custodians of the State : Partial regimes or reshaping democratic state ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Genieys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française de Science Politique</w:t>
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Essays in Honor of Juan J.Linz. Politics, Society and Democracy. Comparative Studies.</w:t>
+              <w:t xml:space="preserve">Challenges of Contemporary Governance. Les defies de la gouvernance contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IPSA &amp; AISP, 23ème Congrès Mondial de Science politique, Jul 2014, Montréal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01402107v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The New custodians of the State and the transformation of Health Policy in France (1981-2007)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Genieys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Politix</w:t>
-[...92 lines deleted...]
-                <w:t xml:space="preserve">Jean Joana</w:t>
+              <w:t xml:space="preserve">The restructuring of European states: conceptual and empirical issues </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre d’Etudes Européennes at Science Po Paris, Dec 2012, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01404855v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qui gouverne la gouvernance ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
-[...92 lines deleted...]
-                <w:t xml:space="preserve">Jean Joana</w:t>
+              <w:t xml:space="preserve">« PENSER LA DEMOCRATIE AUTOUR DE L’ŒUVRE DE JUAN LINZ »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFSP/ CEPEL, Oct 2006, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401799v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elites, Ideas, and Power in Action Re-Structuring the French Welfare State</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
-[...66 lines deleted...]
-                <w:t xml:space="preserve">William Genieys</w:t>
+              <w:t xml:space="preserve">3rd European Consortium of Political Research Conference (ECPR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2005, Budapest, Hungary</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401817v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les voies de la professionnalisation des armées en France et Grande-Bretagne. Jalons pour une comparaison européenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Joana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01392729v1</w:t>
+              <w:t xml:space="preserve">Faire de la politique comparée au 21ème siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Revue internationale de Politique comparée à l’IEP de Bordeaux, Feb 2002, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01405295v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociologies de la transformation des politiques du midi viticole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vignobles du Sud XVIeme-XXeme siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Geneviève Gavignaud-Fontaine/ Centre d'histoire contemporaine de l'Europe méditerranéenne et de ses périphéries, Mar 2001, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401738v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trajectoires politiques face au rapport leadership/territoire : Étude de cas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Leadership politique et pouvoir territorialisé"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2000, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401770v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les traductions régionales du partenariat : la mise en oeuvre des programmes 5B</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Josée Guglielmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Pape</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire : Les acteurs régionaux des politiques communautaires agricoles et rurales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 1998, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02766496v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les experts du développement local face à l'Etat. L'invention du « Pays Cathare »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Politiques locales et transformation de l'action publique en Europe"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de Science Politique (AFSP), Sep 1997, Lyon, France. pp. 361-384</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401802v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Développement local et gouvernance territoriale: l'exemple du « pays cathare »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Groupe et espace Politique, Atelier : Action publique et territoires </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jean Philippe Leresche/ Association Suisse de Science Politique, Nov 1996, Balsthal, Suisse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article de blog scientifique (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Est-ce le moment de mettre fin au présidentialisme à la française ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Genieys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4750,73 +7480,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad-Saïd Darviche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04688447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Débat : La « Grande Sécu », mythe ou réalité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Genieys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4825,73 +7555,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad-Saïd Darviche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03601899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’élite « de l’anti-élitisme », un paradoxe français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Genieys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4900,3335 +7630,605 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad-Saïd Darviche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03676487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fact check US : La gauche du parti démocrate peut-elle enfin impulser une réforme de l’assurance-santé ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Genieys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Larry Brown</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03263651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fact check US : L’Obamacare est-il « dysfonctionnel et trop cher », comme l’affirme Trump ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02978049v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fact check US: Can Joe Biden ‘stop the virus’ in the US as he claims?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Genieys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03053954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Fact check US : L’Obamacare est-il « dysfonctionnel et trop cher », comme l’affirme Trump ?</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fact check US: Is Obamacare ‘dysfunctional and too expensive’, as Trump claims?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Genieys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">William Genieys</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03139688v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fact check US : Joe Biden peut-il « arrêter le virus » aux États-Unis comme il l’affirme, et comment ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larry Brown</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...48 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03053963v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fact check US: Can progressive and centrist Democrats finally agree on health care reform?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Larry Brown</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Larry Brown</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03263649v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’intelligence artificielle va-t-elle bouleverser la profession médicale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Brunn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">2020</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02978042v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment la surenchère anti-élite imprègne la campagne présidentielle américaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Genieys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02383041v1</w:t>
-              </w:r>
-[...2728 lines deleted...]
-                <w:t xml:space="preserve">hal-01401810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -9579,51 +9579,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Ballart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Genieys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Valarié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10204,64 +10204,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le patrimoine en Région. Le cas du Languedoc-Roussillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Négrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Valarié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Carmen Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad-Saïd Darviche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10718,51 +10718,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901554v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Genieys" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad-Sa&#239;d Darviche" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505899v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0003975623000541" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207390v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hassenteufel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.725.0701" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03563941v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brent Epperson" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0898030621000245" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03938300v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Brunn" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0142159X.2022.2151885" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02615164v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Diefenbacher" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Courtet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40596-020-01243-8" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02934530v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/epa2.1088" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03122479v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.203.0059" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02186282v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.181.0113" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125662v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Joana" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17265/2328-2134/2017.06.002" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03130497v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.153.0057" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03130551v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hassenreufel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5129/001041515814709301" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388531v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hoeffler" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.131.0007" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00814375v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hassenteufeul" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.122.0089" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389515v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inso.157.0080" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00814371v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Smyrl" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/03616878-2010-015" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405799v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Smith" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.032.0109" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02524838v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1468-0491.2007.00386.x" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392780v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.028.0087" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388112v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Michel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.471.0117" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389497v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.131.07" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393315v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.561.0121" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613321v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/palgrave.fp.8200086" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405308v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Golob" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.2005.1245" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388228v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.2004.1198" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403235v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.531.0167" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549817v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Franck" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Maffre" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel N&#233;grier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402152v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beltran Miguel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.2002.1139" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389563v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.2002.1136" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02171395v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Elbaum" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Barbot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bercot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Brocas" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Burdillat" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.014.0013" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403279v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Valari&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388064v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.014.0041" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393295v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.2001.1126" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393520v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baraize" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Faure" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.2000.1090" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389364v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/poeu.001.0043" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405052v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393603v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.1998.1008" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393354v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Alli&#232;s" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Negrier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Cheylan" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.1998.992" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389602v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.1998.1009" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393564v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04635736v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/remi.1997.1573" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393494v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.1997.984" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393610v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105113v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/sciso.1996.1286" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393332v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rfsp.1996.395084" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403194v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/polix.1996.1948" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393630v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.1995.891" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393623v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.1995.890" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392729v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.1994.1327" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688447v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03601899v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03676487v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03263651v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larry Brown" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03053954v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02978049v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03139688v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03053963v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03263649v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02978042v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02383041v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04514680v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56021/9781421447681" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285638v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-031-41582-1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-41582-1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02978083v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02183953v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03516118v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03415796v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03516125v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-penser_les_regimes_politiques_avec_juan_j_linz-9782296058811-26321.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02524787v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.palgrave.com/gp/book/9780230605947#aboutBook" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00606615v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Carmen Garcia" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907655v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907673v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907693v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907681v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907720v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike Lepont" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225154v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03230937v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03219006v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03230095v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Brown" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03231952v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01345415v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229985v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230249v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405263v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03346873v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402107v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404855v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401799v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401817v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405295v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401738v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766496v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233;e Guglielmi" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Pape" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401770v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401802v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401810v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04577813v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781800887565.00033" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04001109v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04001138v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02385138v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Meijer" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02404549v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218205v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larcier.com/media/wysiwyg/extras/9782802760771/TM%20de%20POLCOM_20181018_BAT-2.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03127381v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780199646135.013.15" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222712v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224993v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=3460" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403330v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613328v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04264696v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-que_gouvernent_les_regions_d_europe_echanges_politiques_et_mobilisations_regionales_emmanuel_negrier-9782738463562-546.html" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907755v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03263654v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03385691v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03063930v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405200v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Ballart" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401805v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401814v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405173v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402127v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Irondelle" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Muller" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05538334v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Famechon-Koudjil" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405121v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518495v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166215v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bachir" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bussat" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Martin" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03516131v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901554v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Genieys" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad-Sa&#239;d Darviche" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505899v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0003975623000541" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207390v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hassenteufel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.725.0701" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03563941v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brent Epperson" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0898030621000245" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03938300v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Brunn" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0142159X.2022.2151885" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02934530v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/epa2.1088" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02615164v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Diefenbacher" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Courtet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40596-020-01243-8" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03122479v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.203.0059" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02186282v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.181.0113" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125662v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Joana" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17265/2328-2134/2017.06.002" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03130497v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.153.0057" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03130551v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hassenreufel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5129/001041515814709301" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388531v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hoeffler" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.131.0007" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00814375v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hassenteufeul" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.122.0089" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389515v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inso.157.0080" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00814371v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Smyrl" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/03616878-2010-015" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405799v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Smith" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.032.0109" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02524838v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1468-0491.2007.00386.x" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392780v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.028.0087" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388112v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Michel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.471.0117" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389497v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.131.07" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393315v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.561.0121" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405308v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Golob" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.2005.1245" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613321v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/palgrave.fp.8200086" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388228v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.2004.1198" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403235v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.531.0167" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549817v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Franck" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Maffre" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel N&#233;grier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402152v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beltran Miguel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.2002.1139" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389563v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.2002.1136" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02171395v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Elbaum" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Barbot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bercot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Brocas" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Burdillat" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.014.0013" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388064v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.014.0041" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403279v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Valari&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393295v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.2001.1126" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393520v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baraize" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Faure" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.2000.1090" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389364v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/poeu.001.0043" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405052v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393603v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.1998.1008" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393354v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Alli&#232;s" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Negrier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Cheylan" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.1998.992" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389602v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.1998.1009" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393564v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393494v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.1997.984" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393610v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04635736v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/remi.1997.1573" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105113v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/sciso.1996.1286" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393332v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rfsp.1996.395084" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403194v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/polix.1996.1948" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393630v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.1995.891" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393623v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.1995.890" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392729v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.1994.1327" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04514680v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56021/9781421447681" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285638v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-031-41582-1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-41582-1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02978083v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02183953v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03516118v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03415796v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02524787v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.palgrave.com/gp/book/9780230605947#aboutBook" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03516125v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-penser_les_regimes_politiques_avec_juan_j_linz-9782296058811-26321.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00606615v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Carmen Garcia" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907655v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907673v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907693v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907681v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907720v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike Lepont" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225154v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03230095v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Brown" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03230937v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03219006v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229985v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01345415v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03231952v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230249v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405263v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03346873v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402107v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404855v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401799v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401817v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405295v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401738v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401770v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766496v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233;e Guglielmi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Pape" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401802v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401810v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688447v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03601899v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03676487v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03263651v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larry Brown" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02978049v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03053954v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03139688v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03053963v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03263649v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02978042v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02383041v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04577813v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781800887565.00033" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04001109v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04001138v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02385138v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Meijer" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02404549v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218205v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larcier.com/media/wysiwyg/extras/9782802760771/TM%20de%20POLCOM_20181018_BAT-2.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03127381v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780199646135.013.15" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222712v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224993v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=3460" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403330v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613328v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04264696v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-que_gouvernent_les_regions_d_europe_echanges_politiques_et_mobilisations_regionales_emmanuel_negrier-9782738463562-546.html" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907755v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03263654v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03385691v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03063930v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405200v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Ballart" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401805v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401814v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405173v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402127v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Irondelle" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Muller" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05538334v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Famechon-Koudjil" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405121v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518495v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166215v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bachir" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bussat" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Martin" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03516131v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>