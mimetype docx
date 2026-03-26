--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2229,659 +2229,659 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02990236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of the Amazon River Discharge to Regional Sea Level in the Tropical Atlantic Ocean</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Trends of Coastal Sea Level Between 1993 and 2015: Imprints of Atmospheric Forcing and Oceanic Chaos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Penduff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Llovel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sally Close</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierrick Giffard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Julien Jouanno</w:t>
+                <w:t xml:space="preserve">Ixetl Garcia-Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Morvan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Decharme</w:t>
+                <w:t xml:space="preserve">Stéphanie Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/w11112348⟩</w:t>
+              <w:t xml:space="preserve">Surveys in Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10712-019-09571-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02394843v1</w:t>
+                <w:t xml:space="preserve">hal-02323701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trends of Coastal Sea Level Between 1993 and 2015: Imprints of Atmospheric Forcing and Oceanic Chaos</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sally Close</w:t>
+                <w:t xml:space="preserve">Measuring Global Ocean Heat Content to Estimate the Earth Energy Imbalance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Meyssignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ixetl Garcia-Gomez</w:t>
+                <w:t xml:space="preserve">Tim Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Leroux</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Zhongxiang Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Z Hakuba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felix Landerer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surveys in Geophysics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10712-019-09571-7⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2019.00432⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02323701v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03048785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring Global Ocean Heat Content to Estimate the Earth Energy Imbalance</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Interannual Variability of Upper Ocean Water Masses as Inferred From Argo Array</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhongxiang Zhao</w:t>
+                <w:t xml:space="preserve">Nicolas N. Kolodziejczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Llovel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Z Hakuba</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Esther Portela</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmars.2019.00432⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 124 (8), pp.6067-6085. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2018JC014866⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03048785v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02394802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interannual Variability of Upper Ocean Water Masses as Inferred From Argo Array</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Global ocean freshening, ocean mass increase and global mean sea level rise over 2005–2015</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Llovel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Purkey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Meyssignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas N. Kolodziejczyk</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">W. Llovel</w:t>
+                <w:t xml:space="preserve">A. Blazquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Esther Portela</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">N. Kolodziejczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 124 (8), pp.6067-6085. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2018JC014866⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-54239-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02394802v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02394805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global ocean freshening, ocean mass increase and global mean sea level rise over 2005–2015</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contribution of the Amazon River Discharge to Regional Sea Level in the Tropical Atlantic Ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Giffard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Llovel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">B. Meyssignac</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jouanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Blazquez</w:t>
+                <w:t xml:space="preserve">Guillaume Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Kolodziejczyk</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bertrand Decharme</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 9 (1), </w:t>
+              <w:t xml:space="preserve">Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (11), pp.2348. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-54239-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/w11112348⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02394805v1</w:t>
+                <w:t xml:space="preserve">hal-02394843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contributions of Atmospheric Forcing and Chaotic Ocean Variability to Regional Sea Level Trends Over 1993–2015</w:t>
               </w:r>
@@ -2893,51 +2893,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Llovel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Penduff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Meyssignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐marc Molines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3027,51 +3027,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Llovel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Penduff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Meyssignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐marc Molines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3148,51 +3148,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global sea-level budget 1993–present</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anny Cazenave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Meyssignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Ablain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4057,1624 +4057,1624 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00991079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sea level variations at tropical Pacific islands since 1950</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An Assessment of Two-Dimensional Past Sea Level Reconstructions Over 1950-2009 Based on Tide-Gauge Data and Different Input Sea Level Grids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Meyssignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melanie Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Llovel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anny Cazenave</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global and Planetary Change</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Surveys in Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 33 (5), pp.945-972. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10712-011-9171-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gloplacha.2011.09.004⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00784541v1</w:t>
+                <w:t xml:space="preserve">hal-00784656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Assessment of Two-Dimensional Past Sea Level Reconstructions Over 1950-2009 Based on Tide-Gauge Data and Different Input Sea Level Grids</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Estimating ENSO Influence on the Global Mean Sea Level, 1993-2010</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anny Cazenave</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Munier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Delcroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. L. Gordon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surveys in Geophysics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10712-011-9171-x⟩</w:t>
+              <w:t xml:space="preserve">Marine Geodesy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 35, pp.82-97. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/01490419.2012.718209⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00784656v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00798737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimating ENSO Influence on the Global Mean Sea Level, 1993-2010</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tropical Pacific spatial trend patterns in observed sea level: internal variability and/or anthropogenic signature?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Meyssignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Salas y Melia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melanie Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Llovel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anny Cazenave</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Geodesy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/01490419.2012.718209⟩</w:t>
+              <w:t xml:space="preserve">Climate of the Past</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 8, pp.787-802. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/cp-8-787-2012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00798737v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00784670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tropical Pacific spatial trend patterns in observed sea level: internal variability and/or anthropogenic signature?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoit Meyssignac</w:t>
+                <w:t xml:space="preserve">Interannual variability in water storage over 2003-2008 in the Amazon Basin from GRACE space gravimetry, in situ river level and precipitation data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Salas y Melia</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Melanie Becker</w:t>
+                <w:t xml:space="preserve">M Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Cazenave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Longuevergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Llovel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Climate of the Past</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/cp-8-787-2012⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 114 (114), pp.1629-1637. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rse.2010.02.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00784670v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00708050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interannual variability in water storage over 2003-2008 in the Amazon Basin from GRACE space gravimetry, in situ river level and precipitation data</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M Becker</w:t>
+                <w:t xml:space="preserve">Tide gauge-based sea level variations since 1950 along the Norwegian and Russian coasts of the Arctic Ocean: Contribution of the steric and mass components</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Cazenave</w:t>
+                <w:t xml:space="preserve">Pierre Prandi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Llovel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anny Cazenave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Longuevergne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">W. Llovel</w:t>
+                <w:t xml:space="preserve">Svetlana Jevrejeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 114 (114), pp.1629-1637. </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 117, pp.C06023. </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.rse.2010.02.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2011JC007706⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00708050v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00784588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tide gauge-based sea level variations since 1950 along the Norwegian and Russian coasts of the Arctic Ocean: Contribution of the steric and mass components</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId169" w:history="1">
+                <w:t xml:space="preserve">L'influence d'El Niño et de La Niña sur le niveau de la mer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anny Cazenave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dieng Habib Boubacar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Munier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Svetlana Jevrejeva</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Meyssignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2011JC007706⟩</w:t>
+              <w:t xml:space="preserve">La Météorologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 79, pp.34-39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4267/2042/48511⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00784588v1</w:t>
+                <w:t xml:space="preserve">hal-01162498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'influence d'El Niño et de La Niña sur le niveau de la mer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sea level variations at tropical Pacific islands since 1950</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melanie Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Meyssignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Letetrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Llovel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anny Cazenave</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Benoit Meyssignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Météorologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Global and Planetary Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 80-81, pp.85-98. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gloplacha.2011.09.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4267/2042/48511⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01162498v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00784541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Terrestrial waters and sea level variations on interannual time scale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Regional distribution of steric and mass contributions to sea level changes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Marcos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesc M. Calafat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Llovel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damia Gomis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Meyssignac</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global and Planetary Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 75 (1-2), pp.76-82. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gloplacha.2010.10.008⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 76 (3-4), pp.206-218. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gloplacha.2011.01.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00991077v1</w:t>
+                <w:t xml:space="preserve">hal-00634235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regional distribution of steric and mass contributions to sea level changes</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Steric sea level variations over 2004-2010 as a function of region and depth: Inference on the mass component variability in the North Atlantic Ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Llovel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Benoit Meyssignac</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Meyssignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Cazenave</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global and Planetary Change</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gloplacha.2011.01.007⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 38 (1), pp.WOS:000293642200001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2011GL047411⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00634235v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00634230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steric sea level variations over 2004-2010 as a function of region and depth: Inference on the mass component variability in the North Atlantic Ocean</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Two-dimensional reconstruction of the Mediterranean sea level over 1970-2006 from tide gage data and regional ocean circulation model outputs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Meyssignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco M. Calafat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Somot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volfango Rupolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Stocchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2011GL047411⟩</w:t>
+              <w:t xml:space="preserve">Global and Planetary Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 77 (1-2), pp.49-61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gloplacha.2011.03.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00634230v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00784644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-dimensional reconstruction of the Mediterranean sea level over 1970-2006 from tide gage data and regional ocean circulation model outputs</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Satellite-based high latitude snow volume trend, variability and contribution to sea level over 1989/2006</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paolo Stocchi</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sylvain Biancamaria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anny Cazenave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Mognard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Llovel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Frappart</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global and Planetary Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 77 (1-2), pp.49-61. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gloplacha.2011.03.002⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 75 (3-4), pp.99-107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gloplacha.2010.10.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00784644v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00575518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Satellite-based high latitude snow volume trend, variability and contribution to sea level over 1989/2006</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anny Cazenave</w:t>
+                <w:t xml:space="preserve">Terrestrial waters and sea level variations on interannual time scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Llovel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Cazenave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nelly Mognard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">W. Llovel</w:t>
+                <w:t xml:space="preserve">S. Jevrejeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Frappart</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">R. Alkama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global and Planetary Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 75 (3-4), pp.99-107. </w:t>
+              <w:t xml:space="preserve">, 2011, 75 (1-2), pp.76-82. </w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gloplacha.2010.10.011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.gloplacha.2010.10.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00575518v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00991077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recent hydrological behavior of the East African great lakes region inferred from GRACE, satellite altimetry and rainfall observations</w:t>
               </w:r>
@@ -5828,51 +5828,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Llovel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Guinehut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Cazenave</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ocean Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 60 (5), pp.1193-1204. </w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6035,51 +6035,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Llovel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Cazenave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. F. Cretaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6145,338 +6145,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00991076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-dimensional reconstruction of past sea level (1950-2003) from tide gauge data and an Ocean General Circulation Model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sea level budget over 2003-2008: A reevaluation from GRACE space gravimetry, satellite altimetry and Argo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Cazenave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Dominh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Guinehut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Berthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Llovel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Climate of the Past</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Global and Planetary Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 65 (1-2), pp.83-88. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gloplacha.2008.10.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00991078v1</w:t>
+                <w:t xml:space="preserve">hal-00401223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sea level budget over 2003-2008: A reevaluation from GRACE space gravimetry, satellite altimetry and Argo</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId180" w:history="1">
+                <w:t xml:space="preserve">Two-dimensional reconstruction of past sea level (1950-2003) from tide gauge data and an Ocean General Circulation Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Llovel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Cazenave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Dominh</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Guinehut</w:t>
+                <w:t xml:space="preserve">P. Rogel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Berthier</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A. Lombard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. B. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global and Planetary Change</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Climate of the Past</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 5 (2), pp.217-227</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00401223v1</w:t>
+                <w:t xml:space="preserve">hal-00991078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstruction of past decades sea level using tide gauge, altimetry and in situ hydrographic data,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bergé-Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Cazenave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Llovel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6527,64 +6527,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Present-day sea level rise: A synthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Cazenave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Llovel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6989,148 +6989,135 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04549979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forced and chaotic variability of interannual variability of regional sea level and its causes scale over 1993-2015</w:t>
+                <w:t xml:space="preserve">Forced and chaotic interannual variability of regional sea level and its components over 1993-2015</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Carret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Llovel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Penduff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Benoit Meyssignac</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Molines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2020, En ligne, Austria</w:t>
+              <w:t xml:space="preserve">Ocean Surface Topography Science Team Meeting (OSTST 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Online, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03001055v1</w:t>
+                <w:t xml:space="preserve">hal-04549924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forced and chaotic variability of interannual variability of regional sea level and its causes scale over 1993-2015</w:t>
               </w:r>
@@ -7168,51 +7155,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Penduff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐marc Molines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Meyssignac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DRAKKAR Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2020, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7231,135 +7218,148 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03000918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forced and chaotic interannual variability of regional sea level and its components over 1993-2015</w:t>
+                <w:t xml:space="preserve">Forced and chaotic variability of interannual variability of regional sea level and its causes scale over 1993-2015</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Carret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Llovel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Penduff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Molines</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐marc Molines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Meyssignac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ocean Surface Topography Science Team Meeting (OSTST 2020)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2020, Online, United States</w:t>
+              <w:t xml:space="preserve">EGU General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, En ligne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04549924v1</w:t>
+                <w:t xml:space="preserve">hal-03001055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Attribution of regional sea level trends to atmospheric forcing and oceanic chaos: results from an ocean simulation ensemble, and application to observed trends</w:t>
               </w:r>
@@ -7371,51 +7371,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Penduff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Llovel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Meyssignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sally Close</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7483,64 +7483,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contributions of atmospheric forcing and chaotic ocean variability to global and regional sea level changes over 1993-2015</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Llovel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Meyssignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas N. Kolodziejczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Penduff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7617,64 +7617,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Llovel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Cazenave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Rogel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Penduff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8145,51 +8145,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05270679v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bouih" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Barnoud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chunxue Yang" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Storto" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Blazquez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/os-21-1425-2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05084928v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Hochet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souma&#239;a Tajouri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kolodziejczyk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Llovel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JC021455" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05270673v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025GL116115" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05270675v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Zilberman" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Llovel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Steinberg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Meyssignac" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ablain" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024GL114158" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690137v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaia Tajouri" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. S&#233;vellec" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Molines" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mathiot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JC021237" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427466v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dat Pham" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Truong Nguyen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huy Le" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Le" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2023.10.041" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603954v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lique" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian S&#233;vellec" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JC020852" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086763v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Berthet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jouanno" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland S&#233;f&#233;rian" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gehlen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esd-14-399-2023" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963511v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Germineaud" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Volkov" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cravatte" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs15020352" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235495v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Balem" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023GL104709" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056663v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Huck" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JC019335" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03665078v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally Close" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Penduff" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ac5f93" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03683243v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengnan Zhao" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui M. Ponte" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021GL096341" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03215002v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleh Abdalla" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdolnabi Abdeh Kolahchi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Ablain" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susheel Adusumilli" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suchandra Aich Bhowmick" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2021.01.022" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321243v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Pfeffer" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gu&#233;rou" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;laure Frery" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Sim&#233;on" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021GL092824" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03215005v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Carret" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;marc Molines" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JC017123" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990236v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karina von Schuckmann" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Le Traon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neville Smith" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ananda Pascual" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Djavidnia" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1755876X.2020.1785097" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394843v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Giffard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Morvan" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Decharme" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w11112348" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323701v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ixetl Garcia-Gomez" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Leroux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10712-019-09571-7" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03048785v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Meyssignac" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Boyer" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongxiang Zhao" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Z Hakuba" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Landerer" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2019.00432" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394802v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Kolodziejczyk" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Portela" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JC014866" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394805v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Purkey" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Blazquez" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kolodziejczyk" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-54239-2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003525v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Terray" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GL080838" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003015v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018gl080838" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126139v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anny Cazenave" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Ablain" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Balmaseda" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Bamber" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-10-1551-2018" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003527v2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume S&#233;razin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Jaymond" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Leroux" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bessi&#232;res" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017GL073026" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03668259v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/11/12/124023" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394807v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ichiro Fukumori" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ou Wang" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Fenty" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Forget" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2015.01.013" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z43ZPL36-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394806v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tong Lee" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014GL062611" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394808v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Willis" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Landerer" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Fukumori" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nclimate2387" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990913v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aucan" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr2.2013.01.003" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P58V3FV6-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991079v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2012.12.011" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-52TSGR5V-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00784541v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Becker" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Letetrel" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2011.09.004" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-425K40TZ-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00784656v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10712-011-9171-x" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-54HJHQ76-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798737v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Henry" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Munier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Delcroix" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L. Gordon" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01490419.2012.718209" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00784670v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Salas y Melia" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-8-787-2012" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00708050v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Xavier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Becker" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cazenave" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Longuevergne" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2010.02.005" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00784588v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Prandi" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Jevrejeva" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011JC007706" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162498v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieng Habib Boubacar" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/48511" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991077v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jevrejeva" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Alkama" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2010.10.008" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634235v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Marcos" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesc M. Calafat" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damia Gomis" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2011.01.007" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N491FJWJ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634230v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011GL047411" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00784644v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco M. Calafat" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Somot" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volfango Rupolo" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Stocchi" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2011.03.002" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LTZRM18M-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575518v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Biancamaria" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Mognard" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Frappart" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2010.10.011" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634223v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Guentner" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Cretaux" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2009.12.010" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JTVR2HGR-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991080v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guinehut" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10236-010-0324-0" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-C01NRXPB-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394809v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-marine-120308-081105" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991076v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Becker" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Cretaux" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ramillien" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2009.12.004" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S0QSNC82-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991078v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rogel" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lombard" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. B. Nguyen" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401223v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Dominh" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Berthier" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2008.10.004" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00287147v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Berg&#233;-Nguyen" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Cretaux" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409130v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/tel-05291371v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549977v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-1297" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549979v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-1188" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001055v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000918v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549924v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000775v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000843v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00267002v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Lombard" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000802v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serazin Guillaume" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00558287v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05270679v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bouih" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Barnoud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chunxue Yang" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Storto" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Blazquez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/os-21-1425-2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05084928v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Hochet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souma&#239;a Tajouri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kolodziejczyk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Llovel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JC021455" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05270673v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025GL116115" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05270675v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Zilberman" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Llovel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Steinberg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Meyssignac" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ablain" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024GL114158" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690137v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaia Tajouri" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. S&#233;vellec" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Molines" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mathiot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JC021237" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427466v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dat Pham" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Truong Nguyen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huy Le" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Le" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2023.10.041" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603954v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lique" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian S&#233;vellec" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JC020852" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086763v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Berthet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jouanno" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland S&#233;f&#233;rian" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gehlen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esd-14-399-2023" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963511v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Germineaud" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Volkov" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cravatte" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs15020352" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235495v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Balem" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023GL104709" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056663v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Huck" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JC019335" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03665078v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally Close" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Penduff" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ac5f93" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03683243v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengnan Zhao" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui M. Ponte" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021GL096341" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03215002v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleh Abdalla" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdolnabi Abdeh Kolahchi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Ablain" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susheel Adusumilli" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suchandra Aich Bhowmick" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2021.01.022" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321243v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Pfeffer" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gu&#233;rou" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;laure Frery" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Sim&#233;on" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021GL092824" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03215005v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Carret" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;marc Molines" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JC017123" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990236v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karina von Schuckmann" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Le Traon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neville Smith" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ananda Pascual" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Djavidnia" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1755876X.2020.1785097" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323701v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ixetl Garcia-Gomez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Leroux" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10712-019-09571-7" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03048785v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Meyssignac" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Boyer" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongxiang Zhao" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Z Hakuba" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Landerer" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2019.00432" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394802v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Kolodziejczyk" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Portela" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JC014866" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394805v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Purkey" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Blazquez" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kolodziejczyk" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-54239-2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394843v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Giffard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Morvan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Decharme" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w11112348" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003525v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Terray" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GL080838" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003015v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018gl080838" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126139v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anny Cazenave" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Ablain" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Balmaseda" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Bamber" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-10-1551-2018" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003527v2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume S&#233;razin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Jaymond" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Leroux" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bessi&#232;res" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017GL073026" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03668259v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/11/12/124023" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394807v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ichiro Fukumori" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ou Wang" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Fenty" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Forget" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2015.01.013" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z43ZPL36-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394806v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tong Lee" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014GL062611" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394808v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Willis" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Landerer" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Fukumori" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nclimate2387" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990913v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aucan" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr2.2013.01.003" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P58V3FV6-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991079v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2012.12.011" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-52TSGR5V-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00784656v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Becker" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10712-011-9171-x" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-54HJHQ76-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798737v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Henry" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Munier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Delcroix" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L. Gordon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01490419.2012.718209" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00784670v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Salas y Melia" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-8-787-2012" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00708050v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Xavier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Becker" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cazenave" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Longuevergne" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2010.02.005" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00784588v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Prandi" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Jevrejeva" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011JC007706" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162498v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieng Habib Boubacar" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/48511" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00784541v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Letetrel" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2011.09.004" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-425K40TZ-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634235v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Marcos" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesc M. Calafat" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damia Gomis" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2011.01.007" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N491FJWJ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634230v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011GL047411" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00784644v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco M. Calafat" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Somot" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volfango Rupolo" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Stocchi" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2011.03.002" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LTZRM18M-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575518v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Biancamaria" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Mognard" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Frappart" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2010.10.011" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991077v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jevrejeva" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Alkama" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2010.10.008" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634223v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Guentner" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Cretaux" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2009.12.010" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JTVR2HGR-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991080v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guinehut" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10236-010-0324-0" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-C01NRXPB-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394809v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-marine-120308-081105" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991076v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Becker" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Cretaux" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ramillien" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2009.12.004" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S0QSNC82-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401223v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Dominh" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Berthier" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2008.10.004" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991078v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rogel" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lombard" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. B. Nguyen" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00287147v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Berg&#233;-Nguyen" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Cretaux" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409130v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/tel-05291371v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549977v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-1297" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549979v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-1188" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549924v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000918v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001055v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000775v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000843v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00267002v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Lombard" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000802v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serazin Guillaume" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00558287v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>