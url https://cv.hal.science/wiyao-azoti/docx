--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -1325,278 +1325,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03553776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction modelling of the thermomechanical behaviour of spatially-oriented graphene platelets (GPLs) reinforced polymer matrix</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Elmasry</w:t>
+                <w:t xml:space="preserve">Recycling of wood-reinforced poly-(propylene) composites: A numerical and experimental approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Barteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wiyao Azoti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gautreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Francart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Alès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2021.111183⟩</w:t>
+              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 167, pp.113518. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2021.113518⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03928319v1</w:t>
+                <w:t xml:space="preserve">hal-03223022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recycling of wood-reinforced poly-(propylene) composites: A numerical and experimental approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Barteau</w:t>
+                <w:t xml:space="preserve">Interaction modelling of the thermomechanical behaviour of spatially-oriented graphene platelets (GPLs) reinforced polymer matrix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Elmasry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wiyao Azoti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Alès</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mohab Elmarakbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Elmarakbi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 167, pp.113518. </w:t>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 232, pp.111183. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2021.113518⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2021.111183⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03223022v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03928319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiscale simulation of the interlaminar failure of graphene nanoplatelets reinforced fibers laminate composite materials</w:t>
               </w:r>
@@ -3514,377 +3514,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05170211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the viscoelectroelastic behavior of piezocomposites for sensing and actuation applications</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Numerical and experimental analysis of residual deformations in composite plates: integration of part/mold interaction and compensated mold design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">João Pedro de Magalhães Correia</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Saïd Ahzi</w:t>
+                <w:t xml:space="preserve">Elias Delsol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wiyao Azoti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Castanié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léon Ratsifandrihana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2025, Metz, France</w:t>
+              <w:t xml:space="preserve">International Conference on Composite Materials ICCM-24</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Delaware Center for Composite Materials (CCM), Aug 2025, Baltimore (MA), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05327096v1</w:t>
+                <w:t xml:space="preserve">hal-05223819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical and experimental analysis of residual deformations in composite plates: integration of part/mold interaction and compensated mold design</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Numerical and experimental study of residual deformations in thin composite plates : considering the part/mold interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Delsol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wiyao Azoti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Castanié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léon Ratsifandrihana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Composite Materials ICCM-24</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Delaware Center for Composite Materials (CCM), Aug 2025, Baltimore (MA), United States</w:t>
+              <w:t xml:space="preserve">Journées Nationales sur les Composites JNC 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AMAC, Jun 2025, Gif- sur-Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05223819v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05170224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical and experimental study of residual deformations in thin composite plates : considering the part/mold interaction</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Léon Ratsifandrihana</w:t>
+                <w:t xml:space="preserve">Modeling the viscoelectroelastic behavior of piezocomposites for sensing and actuation applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salah Elbarnaty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">João Pedro de Magalhães Correia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wiyao Leleng Azoti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Ahzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales sur les Composites JNC 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AMAC, Jun 2025, Gif- sur-Yvette, France</w:t>
+              <w:t xml:space="preserve">26ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05170224v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05327096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation de structures composites thermoplastiques à renforts en fibres de carbone, verre, et biosourcés mises en forme par pultrusion</w:t>
               </w:r>
@@ -4008,90 +4008,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A DIGITAL METHOD FOR THE COMPENSATED MOLD DESIGN OF COMPOSITE PARTS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Castanié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elias Delsol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismail Taouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wiyao Azoti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">34th congress of the International council of the aeronautical sciences ICAS 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International council of the aeronautical sciences, Sep 2024, Firenze (Florence), Italy</w:t>
@@ -4362,51 +4362,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Engy Ghoniem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wiyao Azoti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohab Elmarakbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongqing Fu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4569,51 +4569,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Elmasry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wiyao Azoti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohab Elmarakbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongqing Fu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4681,51 +4681,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wiyao Leleng Azoti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamdi Jmal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Francart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Bahlouli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4927,51 +4927,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wiyao Azoti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamdi Jmal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Francart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Bahlouli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7160,51 +7160,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet Coccybio - Rapport technique - confidentiel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamdi Jmal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Francart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wiyao Leleng Azoti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7434,51 +7434,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05462297v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Sudri&#232;s" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Diboune" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubin Cloos" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. de Almeida" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Serra" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2025.115401" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280919v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Elbarnaty" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Pedro M Correia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiyao Azoti" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Ahzi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1591/adf959" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280924v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bahlouli" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/adf870" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-05031023v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Castani&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Crouzeix" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajiboye Bello" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Piega Taborda" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcomc.2025.100585" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597963v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Elmasry" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Engy Ghoniem" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Elmarakbi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compscitech.2024.110562" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597854v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muritala Arowolo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15376494.2024.2364067" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755319v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Ehlinger" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiayo Azoti" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lil Le Crom" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Berthe" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Ollivier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.otsr.2024.103956" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928321v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sherif El-Safty" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pmatsci.2022.101022" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03956518v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2023.116705" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553776v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammadjavad Aghazade" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Favreau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.otsr.2021.103031" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928319v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohab Elmarakbi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2021.111183" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03223022v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Barteau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gautreau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Francart" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Al&#232;s" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2021.113518" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928317v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Basso" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana Elmarakbi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.47664" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928318v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mats.201900011" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928312v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiyao Leleng Azoti" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2017.02.022" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928310v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2017.01.007" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928313v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Serry" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apmt.2016.11.003" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928308v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hisham El Hage" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustafa Elkady" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJAUTOC.2017.091413" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928301v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sherif El Safty" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunetto Martorana" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJAUTOC.2016.10002972" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928297v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Jianhua" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2015.12.019" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03927346v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tchalla" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.L. Azoti" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Koutsawa" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Makradi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Belouettar" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2014.08.055" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9HVCZXJL-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03927364v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2015.02.002" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03927299v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bonfoh" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lipinski" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2013.02.002" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J0SQJ2CQ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03927334v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2013.09.030" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KX08GSDM-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03927311v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rauchs" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2013.05.044" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03926317v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Koutsawa" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Belouettar" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Martin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgeny Barkanov" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2011.11.003" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03927139v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2011.07.006" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G4RHPR69-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-05170211v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Serra" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05327096v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Pedro de Magalh&#227;es Correia" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-05223819v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Delsol" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Olivier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Ratsifandrihana" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-05170224v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-05170203v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Sudries" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Chambe" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilian Diboune" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04746141v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Taouil" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608914v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah El Barnaty" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#226;o Pedro de Magalhaes Correia" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Ahzi" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630326v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350828v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongqing Fu" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350845v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massamaesso Bilasse" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350802v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511518v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamdi Jmal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bourmaud" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172164v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Wagner-Kocher" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Dupuis" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420743v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928316v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youhui Sun" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928305v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/IMECE2016-65876" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928325v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham El Hage" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928303v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03927506v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Belingardi" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele Ciardiello" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03927553v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03927280v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Giunta" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928324v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W L Azoti" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Tchalla" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Koutsawa" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Makradi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Belouettar" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03927177v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Napo Bonfoh" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Lipinski" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.384574" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422516v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03926302v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Bonfoh" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lipinski" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05328873v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05328875v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750859v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03983986v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/IMECE2022-95091" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928314v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-48061-1.00001-4" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928315v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-48061-1.00004-X" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01749311v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012LORR0218" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03927437v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05473351v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bouchet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05462297v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Sudri&#232;s" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Diboune" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubin Cloos" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. de Almeida" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Serra" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2025.115401" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280919v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Elbarnaty" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Pedro M Correia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiyao Azoti" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Ahzi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1591/adf959" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280924v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bahlouli" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/adf870" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-05031023v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Castani&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Crouzeix" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajiboye Bello" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Piega Taborda" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcomc.2025.100585" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597963v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Elmasry" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Engy Ghoniem" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Elmarakbi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compscitech.2024.110562" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597854v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muritala Arowolo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15376494.2024.2364067" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755319v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Ehlinger" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiayo Azoti" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lil Le Crom" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Berthe" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Ollivier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.otsr.2024.103956" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928321v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sherif El-Safty" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pmatsci.2022.101022" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03956518v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2023.116705" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553776v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammadjavad Aghazade" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Favreau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.otsr.2021.103031" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03223022v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Barteau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gautreau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Francart" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Al&#232;s" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2021.113518" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928319v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohab Elmarakbi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2021.111183" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928317v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Basso" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana Elmarakbi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.47664" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928318v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mats.201900011" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928312v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiyao Leleng Azoti" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2017.02.022" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928310v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2017.01.007" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928313v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Serry" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apmt.2016.11.003" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928308v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hisham El Hage" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustafa Elkady" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJAUTOC.2017.091413" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928301v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sherif El Safty" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunetto Martorana" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJAUTOC.2016.10002972" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928297v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Jianhua" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2015.12.019" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03927346v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tchalla" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.L. Azoti" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Koutsawa" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Makradi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Belouettar" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2014.08.055" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9HVCZXJL-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03927364v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2015.02.002" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03927299v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bonfoh" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lipinski" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2013.02.002" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J0SQJ2CQ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03927334v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2013.09.030" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KX08GSDM-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03927311v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rauchs" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2013.05.044" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03926317v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Koutsawa" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Belouettar" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Martin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgeny Barkanov" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2011.11.003" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03927139v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2011.07.006" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G4RHPR69-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-05170211v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Serra" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-05223819v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Delsol" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Olivier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Ratsifandrihana" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-05170224v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05327096v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Pedro de Magalh&#227;es Correia" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-05170203v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Sudries" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Chambe" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilian Diboune" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04746141v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Taouil" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608914v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah El Barnaty" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#226;o Pedro de Magalhaes Correia" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Ahzi" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630326v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350828v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongqing Fu" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350845v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massamaesso Bilasse" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350802v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511518v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamdi Jmal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bourmaud" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172164v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Wagner-Kocher" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Dupuis" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420743v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928316v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youhui Sun" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928305v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/IMECE2016-65876" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928325v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham El Hage" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928303v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03927506v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Belingardi" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele Ciardiello" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03927553v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03927280v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Giunta" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928324v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W L Azoti" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Tchalla" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Koutsawa" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Makradi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Belouettar" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03927177v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Napo Bonfoh" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Lipinski" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.384574" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422516v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03926302v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Bonfoh" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lipinski" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05328873v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05328875v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750859v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03983986v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/IMECE2022-95091" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928314v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-48061-1.00001-4" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03928315v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-48061-1.00004-X" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01749311v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012LORR0218" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03927437v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05473351v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bouchet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>