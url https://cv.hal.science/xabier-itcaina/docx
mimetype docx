--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -1489,5779 +1489,5779 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04566713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Actualidad y perspectiva de la economía social y solidaria en México, Carola Conde Bonfil (coord.) ed. Universidad Autonóma Metropolitana unidad Xochimilco, 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivette Ayvar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 367, pp.133-136. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/recma.367.0137⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04018958v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Hommage à Danièle Demoustier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Richez-Battesti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Artis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-J. Bouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 2 (368), pp.28-30. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/recma.368.0032⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/recma.368.0032⟩</w:t>
+                <w:t xml:space="preserve">halshs-04454394v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La pluralisation des modèles agricoles au Pays basque : vers une recomposition du système agri-alimentaire territorial ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dabas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Charbonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Thivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annales de géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 752, pp.33-67. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ag.752.0033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Claire Dabas</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04182237v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre matrice territoriale et enjeux sectoriels. Une approche sociohistorique du travail politique des coopératives de production en Pays basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Approches mésoéconomiques des coopératives, 34 | 1er semestre, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/regulation.21959⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04204726v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A proudly niche journal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Duchesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marion Charbonneau</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Fouad El Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Delphine Thivet</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viviane Le Hay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de géographie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/ag.752.0033⟩</w:t>
+              <w:t xml:space="preserve">Bulletin de Méthodologie Sociologique / Bulletin of Sociological Methodology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 157-158 (1), pp.3-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/07591063231160230⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/regulation.21959⟩</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04377683v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Où il s’avère que la méthode n’entame pas le plafond de verre . . .</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Duchesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Fouad El Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viviane Le Hay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de Méthodologie Sociologique / Bulletin of Sociological Methodology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 159 (1), pp.3-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/07591063231184240a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">A proudly niche journal</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04380663v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ancrages et polarisations territoriales de l’économie sociale et solidaire. Le PTCE Sud Aquitaine en perspective comparée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danièle Demoustier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Les polarisations territoriales de l’ESS, 1, pp.43-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/reru.221.0043⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03639185v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’économie sociale et solidaire comme écosystème territorial d’intermédiation : le cas du PTCE Sud Aquitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danièle Demoustier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Le tiers employeur, figure émergente de la relation formation-emploi, 156, pp.27-52. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/formationemploi.10388⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03656648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une médiation invisible ? Le travail de paix de l’Église catholique dans le conflit basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Études internationales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Faire la paix : succès et échecs des processus de médiation, 53 (1), pp.13-37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1090707ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03865489v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Temps forts. À Bordeaux, un séminaire sur les courants de pensée façonnant l’ESS dans les territoires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 363, pp.8-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/recma.363.0008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03602093v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand le BMS s’enrichit d’une rubrique nouvelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Duchesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de Méthodologie Sociologique / Bulletin of Sociological Methodology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 155 (1), pp.3-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/07591063221106200⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03927606v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">À vos claviers : le prix Guy Michelat est lancé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Duchesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Fouad El Haddad</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de Méthodologie Sociologique / Bulletin of Sociological Methodology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 156 (1), pp.3-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/07591063221128324⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03927635v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chenaux, Les Chanteurs montagnards de Bigorre. Anthropologie d’une tradition orphéonique en Pays d’Oc, Paris : Classiques Garnier, coll. Musicologie 13, 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers d'ethnomusicologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Cultures du numérique, 35, pp.324-327</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03904555v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les polarisations territoriales de l’économie sociale et solidaire : travail politique, institutionnalisation, régimes territoriaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Viviane Le Hay</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Richez-Battesti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1, pp.7-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/reru.221.0007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03657412v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Constant Martin, Plus que de la musique. Musique, sociétés et politique, Caraïbes, Etats-Unis, Afrique du Sud, Collection Musique et Société, Guichen, Editions Mélanie Seteun, 2020, 550 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers d'ethnomusicologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 34, pp.294-297</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03494135v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etnografiatik gizarte zien tzietarat: Ipar Euskal Herria ikergai</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anuario de Eusko Folklore - Eusko Folklore Urtekaria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 55, pp.67-83</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03499595v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Economía social y solidaria, responsabilidad social de las empresas y territorio en Francia : Prácticas en tensión y retos de legitimación</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Richez-Battesti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de Méthodologie Sociologique / Bulletin of Sociological Methodology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Prisma Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Los Procesos de Responsabilidad Social en la Economía Social y sus Confrontaciones, 35, pp.7-30</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Sophie Duchesne</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03414247v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’économie sociale et solidaire et l’inscription territoriale des problèmes publics : émergence et enjeux d’un pôle territorial de coopération économique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Gouvernance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Cadre spatial et cadrage de la cause : l’inscription territoriale des problèmes publics, 18 (1), pp.62-83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1077287ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03256793v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manterola J.-J. (2020), Le social à l’épreuve des valeurs. D’un Pays basque à l’autre, Pessac, presses MSHA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GizaEkoA – Revista vasca de economía social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 18, pp.317-320. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1387/gizaekoa.23100⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03494130v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Assan, Bernard Heyberger, Jakob Vogel (dir.), Minorités en Méditerranée au XIXe siècle. Identités, identifications, circulations.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archives de Sciences Sociales des Religions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 196, pp.159-161. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/assr.63884⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03592177v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catholic Mediation in the Basque Peace Process: Questioning the Transnational Dimension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Religions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Special Issue Peace, Politics, and Religion, 11 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rel11050216⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02860021v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un colloque sur les mutations des régimes territoriaux de l'ESS vient clore le projet Essaqui</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Fouad El Haddad</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Gaulier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 353, pp.15-16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02436839v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Spanish Catholic Church, the public sphere, and the economic recession: rival legitimacies?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Contemporary Religion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 34 (1), pp.153-172. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13537903.2019.1585127⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02125746v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demokrazia itsu-mandoka Frantzian eta Ipar Euskal Herrian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hemen : erlijio gogoetarako aldizkaria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Demokrazia: S.O.S., 62, pp.61-72</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02436556v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erlijioa eta politika gizarte-zientzien ikuspegitik : gogoeta zonbeit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hemen : erlijio gogoetarako aldizkaria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Erlijioak, nora doaz ?, 57, pp.31-41</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02866495v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Secondary foreign policy activities in Third sector cross-border cooperation as conflict transformation in the European Union: The cases of the Basque and Irish borderscapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathal Mccall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Regional and Federal Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 27 (3), pp.261-281. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13597566.2017.1343723⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01617382v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kulturelle Unsicherheit, gesellschaftlicher Wandel und territoriale Institutionalisierung am Beispiel des französischen Baskenlandes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Letopis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 64 (2), pp.160-173</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01699436v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre incomplétude institutionnelle et mobilisation sociale : le cas de la langue basque en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Politique et Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, La complétude institutionnelle en perspective, 36 (3), pp.47-72. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1042235ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682349v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte-rendu de lecture : Hubert Pérès et Christophe Roux (dir.), La démocratie espagnole. Institutions et vie politique, Rennes, Presses universitaires de Rennes, 2016, (Didact. Science politique)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Française de Science Politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 67 (4), pp.784-786. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfsp.674.0740zg⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01635336v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Religion and local politics in Southern Europe: a research agenda</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberta Giorgi</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...28 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/07591063231184240a⟩</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Religion, State and Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Special section: Religion and local politics in Southern Europe, 44 (3), pp.276-295. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09637494.2016.1212588⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Ivette Ayvar</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01412556v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction. Second special section on religion and territorial politics in southern Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberta Giorgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
+              <w:t xml:space="preserve">Religion, State and Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 44 (1), pp.8-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09637494.2016.1169047⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01359908v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique d'un escamotage annoncé quand une note de lecture nous prive d'un débat scientifique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andy Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Française de Science Politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 66 (6), pp.1067-1070. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfsp.666.1067⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01524998v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de « Michele Tossi, Il popolo re. La canzone sociale a Parigi (1830-1848), Bologne (Italie), CLUEB »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Mouvement social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 253, pp.138-140. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/lms.253.0113⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01359875v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction. Special section: religion and territorial politics in southern Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberta Giorgi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Religion, State and Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 43 (2), pp.114-117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09637494.2015.1064224⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01250679v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The crisis as a constrained opportunity? Catholic organisations and territorial welfare in the Basque Country and Emilia-Romagna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Religion, State and Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Special section: Religion and Territorial Politics in Southern Europe, 43 (2), pp.118-132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09637494.2015.1059656⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01250713v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Territorial Identity and Grassroots Economic Activism: The Politicization of Farmers’ Mobilizations in the French Basque Country</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Partecipazione e conflitto - PArticipation and COnflict</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 8 (2), pp.478-503. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1285/i20356609v8i2p478⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01250765v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Utopiques alliances ? La construction de la cohérence discursive des mobilisations autour des circuits courts en Pays basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lien social et Politiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Utopies économiques, 72, pp.93-108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1027208ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01118979v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards a Disconnected Religion? The Catholic Church and the Secularization of Basque Culture in the French Basque Country</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Religion - Staat - Gesellschaft</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 15 (1-2), pp.173-193</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01250748v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte-rendu de lecture. Barandiaran (Xabier), Korta (Kepa), eds - Social Capital and Values in Gipuzkoa. Assessment and Strategic Directions. - Donostia-San Sebastián, Diputación Foral de Gipuzkoa, 2011 (Gipuzkoa Sarean Project). 346 p. Bibliogr. Index</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Française de Science Politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 63 (1), pp.125-126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfsp.631.0112k⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00833201v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Insitutionalizations Compared : Implementating the EU's 2008 Wine Reform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andy Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comparative European Politics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 11 (1), pp.119-142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1057/cep.2012.4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00783760v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Between logics of deliberation and appropriateness: the discourse and practices of the Catholic Church over the Basque issue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Critical Policy Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 7 (3), pp.292-308. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19460171.2012.752971⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00935987v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The missing Link: Religious Socialization and nationalist Commitment in the Basque Country</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kirchliche Zeitgeschichte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 25 (2), pp.336-354</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00833297v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Économie sociale et solidaire : un couple allant de soi?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Pecqueur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
               <w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 367, pp.133-136. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/recma.367.0137⟩</w:t>
+              <w:t xml:space="preserve">, 2012, ESS : de l’approche entrepreneuriale à une perspective institutionnaliste, 325, pp.48-64. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1017421ar⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00741414v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards an institutionalized language policy for the French Basque country? Actors, processes and outcomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Harguindéguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Urban and Regional Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 19 (4), pp.434-447. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0969776411428497⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00744927v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Religion and nationalism in secular Europe. Lessons from the Basque case</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Heidelberg Papers in South Asian and Comparative Politics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Democracy, Governance and Citizenship: A Comparative Perspective of Conceptual Flow, 59, pp.10-31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11588/heidok.00011659⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00593992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoire immédiate et enjeux mémoriels : retour sur quelques questions méthodologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vasconia. Cuadernos de Historia-Geografía</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 37, pp.417-430</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00670308v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les régimes territoriaux de l'économie sociale et solidaire : le cas du Pays Basque français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Géographie, Économie, Société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Les organisations de l’Économie sociale et solidaire : gouvernance, régulation et territoire, 12 (1), pp.71-87</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00541295v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Appartenances linguistiques et identités collectives en Pays Basque : retour sur une enquête</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cultures &amp; conflits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Langue et politique Les mobilisations ethnolinguistiques en Europe, 79-80, pp.19-36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/conflits.18001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00604740v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La construction politique du territoire en Pays Basque nord : vers un agenda de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Iura Vasconiae : revista de derecho histórico y autonómico de Vasconia = euskal herriko zuzenbide historiko eta autonomikorako aldizkaria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 7, pp.175-201</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00595875v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy MacClancy, Expressing Identities in the Basque Arena, Oxford, SAR, James Currey, 2007</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Homme - Revue française d'anthropologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 190, pp.245-249. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/lhomme.28749⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Danièle Demoustier</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00389577v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte-rendu de lecture: Joseba Azkarraga Etxegibel, Être son propre patron : les coopérateurs de Mondragón à l'ère de la globalisation, Vitoria-Gasteiz, Gobierno Vasco, 2007</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 31, pp.153-155. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/psud.031.0151⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00516428v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héritages et institutionnalisations de l'ESS dans trois régions d'Europe du sud : quatre pistes de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...28 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/formationemploi.10388⟩</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Gouzien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Économie sociale, territoire et politique en Europe du Sud, 31, pp.9-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/psud.031.0009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7202/1090707ar⟩</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00511313v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Doidy, Julian Mischi, Nicolas Renahy (dir.), Mondes ruraux. Politix, revue des sciences sociales du politique, n° 83, septembre 2008, 284 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire &amp; sociétés rurales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 31 (1), pp.273-279. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/hsr.031.0195⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/recma.363.0008⟩</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00512596v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction : Économie sociale, territoire et politique en Europe du Sud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Économie sociale, territoire et politique en Europe du Sud, 31, pp.5-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/psud.031.0005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Sophie Duchesne</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00511305v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La représentation agricole en débat : le cas du Pays Basque français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Économie rurale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Le syndicalisme agricole, 312, pp.52-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/economierurale.838⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00512593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Représentation agricole et territoire : les enseignements du débat basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pour. La revue du Groupe Ruralités, Éducation et Politiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 196-197 (L'univers des organisations professionnelles agricoles), pp.308-312. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/pour.196.0308⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00278225v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérangère Massignon, &amp;quot;Des Dieux et des fonctionnaires. Religions et laïcités face au défi de la construction européenne&amp;quot;, Rennes, PU de Rennes, 2007</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Politique européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 26, pp.231-237. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/poeu.026.0221⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00385991v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dieu loin de Bruxelles. L'européanisation informelle du religieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Foret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de Méthodologie Sociologique / Bulletin of Sociological Methodology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/07591063221106200⟩</w:t>
+              <w:t xml:space="preserve">Politique européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Dieu loin de Bruxelles. L’européanisation informelle du religieux, 24, pp.5-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/poeu.024.0005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Sophie Duchesne</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00261930v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un ordre institutionnel local en mutation ? Autour de la &amp;quot;question agricole&amp;quot; en Pays Basque français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers du CEVIPOF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Salariés et producteurs agricoles: des minorités en politiques, 48, pp.91-111</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00321579v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Développement local, identité et réciprocité territoriale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hemen : erlijio gogoetarako aldizkaria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, pp.5-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00321231v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’utopie pratiquée : pour une relecture des expériences coopératives basques à la lumière d’Henri Desroche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anamnèse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Henri Desroche, 4, pp.145-158</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03434817v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sectoral Issues and Environmental Causes: The Mobilization of the French Basque Fishermen after the Sinking of the Prestige</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cadiou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">French Politics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 5 (4), pp.315-332. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1057/palgrave.fp.8200129⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00256910v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sinestun metodikoak. Eliz mugimenduak eta gizartea 50eko hamarkadan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jakin 159</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 50eko hamarkada, Heuskal Herrian, pp.63-80</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00155122v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristautasuna, esparru publikoa eta europar salbuespena</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hemen : erlijio gogoetarako aldizkaria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 10, pp.23-34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00084744v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le gouvernement local dans une commune basque sous le Second Empire. Présentation du manuscrit Berrouet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lapurdum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 11, pp.203-240. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/lapurdum.342⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00256241v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Roman Catholic Church and the Immigration Issue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">American Behavioral Scientist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 49 (11), pp.1471-1488. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0002764206288459⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03435987v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les mobilisations discrètes: Affirmation identitaire et choix économique en Pays Basque français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociologia : problemas e práticas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 50, pp.45-66</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02176611v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre christianisme et altermondialisme : le syndicat paysan basque elb</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Études rurales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Nouveaux chapitres d’histoire du paysage, 175-176, pp.195-214. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/etudesrurales.8222⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02095751v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La marée noire du Prestige au prisme des mobilisations de protestations en France et en Espagne. Une crise locale a focale européenne - et inversement ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...28 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/07591063221128324⟩</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Weisbein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Politique européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, À la recherche de la politique étrangère européenne, 17, pp.196-199. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/poeu.017.0196⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...4570 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/poeu.017.0196⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">halshs-00009962v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">halshs-02095751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Del repertorio de la hospitalidad: las movilizaciones católicas y la inmigración</w:t>
               </w:r>
@@ -7558,8234 +7558,8717 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00003908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (109)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (115)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Quel travail de territorialisation de la politique PTCE ? Une mise en perspective sur 3 territoires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Richez-Battesti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Fraisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Saniossian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">24èmes Rencontres du Réseau inter-universitaire de l'Économie sociale et solidaire "L’ESS au travail ! Enquêter sur les pratiques de résistance, de transformation et d’émancipation"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Lumière Lyon 2; Réseau Inter-Universitaire de l'Economie Sociale et Solidaire, May 2025, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05113242v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Las cooperativas con base comunitaria: ¿una conexión natural? Aprendizajes para la articulación entre cooperativas y comunidad a través del análisis de casos y su gobernanza de México y Euskal Herria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirene Begiristain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aitor Bengoetxea Alkorta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enekoitz Etxezarreta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Kieffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10th CIRIEC International Research Conference on Social Economy « SSE’s role in the socio-ecological transition »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CIRIEC International, Oct 2025, Sciences Po Bordeaux, Pessac, Francia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05547987v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lanetik kontsumora, eta bertzaldera: gizarte ekonomiaren politizazioaren bilakaera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jornadas transfronterizas « Muga jan edo elikatu ? Elikadura mugaldean, bertakoa urrunekoa denean » = Journées d’études transfrontalières « La frontière nourricière : s’éloigner ou se rapprocher pour s’alimenter ? »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Conseil de développement du Pays Basque; Euskal Herriko Unibertsitatea, Oct 2025, Donostia-Saint-Sébastien, Espainia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05566448v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Un nouveau cycle coopératif? Pour une socio-histoire comparée des dynamiques coopératives en Pays basque espagnol et français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel de la Fuente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th CIRIEC International Research Conference on Social Economy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CIRIEC International; Sciences Po Bordeaux, Oct 2025, Pessac, France</w:t>
+              <w:t xml:space="preserve">10th CIRIEC International Research Conference on Social Economy « SSE’s role in the socio-ecological transition »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CIRIEC International, Oct 2025, Sciences Po Bordeaux, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05517672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kulturatik hizkuntzara eta bertzaldera. Ipar Euskal herritik mundura</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque « langue et culture dans un contexte de revitalisation, jamais l’un sans l’autre ? »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut culturel basque, Nov 2025, Bayonne, Frantzia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05566213v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catholicism and the politicization of ethnic identity: revisiting the French Basque case</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop « Religion on the ethnic frontier in Modern Europe »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre for the Study of Religion (CSR); Centre for the Investigation of Transnational Encounters (CITE), Apr 2025, University of Galway, Ireland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05560360v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les disparités spatiales du positionnement des EPCI-FP vis-à-vis de l’agroécologie en Nouvelle-Aquitaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myrtille Schlur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine Huguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Clarimont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Degrémont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’étude « Action publique territoriale et agroécologie : perspectives multiscalaires et transdisciplinaires »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, UMR TREE; UMR 5116 Centre Emile Durkheim; CECOJI, Nov 2025, Pau, France</w:t>
+              <w:t xml:space="preserve">, UMR 6031 TREE; UMR 5116 Centre Emile Durkheim; CECOJI, Nov 2025, Université de Pau et des Pays de l'Adour, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05499094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lequil cuxlejalil et yeknemilis : coopérativisme indien et conditions d’une contre-narration économique au Mexique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XIVe Congrès de l’AFEP « Capitalismes, savoirs et représentations économiques à l'épreuve des reconfigurations Nords/Suds ? »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française d’Economie Politique, Jun 2025, Sciences Po Bordeaux, Pessac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05565832v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’engagement des EPCI-FP dans la transition agroécologique : une analyse croisée des instruments, des compétences et de la gouvernance des politiques agricoles en Nouvelle-Aquitaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myrtille Schlur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine Huguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Clarimont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Degrémont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">61e colloque annuel ASRDLF « Trajectoires de développement et imbrications des territoires », session spéciale « Agriculture et développement territorial »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ASRDLF, Jun 2025, Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05499080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Nadine Richez-Battesti</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Acteurs religieux et politisations de l’économie. Catholicisme social et économie sociale et solidaire au Mexique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17ème Congrès national de l’AFSP, ST 21 : Religion et politique en Amérique latine : enjeux au regard des tournants autoritaires et conservateurs ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association française de science politique, Sciences Po Grenoble, PACTE, Jul 2024, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04652242v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Territorialización de los colectivos de agricultores que valoran el origen en el País Vasco: análisis de los modelos agrícolas llevados por estos grupos y su anclaje en el territorio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurent Fraisse</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dabas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Université Lumière Lyon 2; Réseau Inter-Universitaire de l'Economie Sociale et Solidaire, May 2025, Lyon, France</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Thivet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Seminario INTA-IPAF NOA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IPAF NOA, Jun 2023, Maimara, Argentina</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Association française de science politique, Sciences Po Grenoble, PACTE, Jul 2024, Grenoble, France</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04150789v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La pluralisation des modèles agricoles en Pays basque : vers une recomposition du système agri-alimentaire territorial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Charbonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dabas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Thivet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude TRANSAGRINA : Mondes agricoles en transition : Regards croisés acteurs/ chercheur.es.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre Émile Durkheim, Feb 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Marion Charbonneau</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04150709v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre matrice territoriale et enjeux sectoriels : une approche sociohistorique du travail politique des coopératives de production en Pays basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18e Congrès du RIODD "Changer ou s’effondrer ?", panel : Approche régulationniste des coopératives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RIODD, CLERSÉ, LUMEN, FASEST, Université de Lille, Oct 2023, Villeneuve-d'Ascq, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04271626v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constructive protest? Civil society mobilizations and transformations of left-wing nationalism in the French Basque country</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claire Dabas</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECPR Joint Sessions, Workshop : The Lefts and Nationalisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ECPR, Apr 2022, Edinburgh, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03677100v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les sources plurielles de l’ESS en Pays basque de France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude “Aux sources de l’ESS : des courants de pensée aux matrices territoriales”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 100 ans de la Recma; Chaire TerrESS; UMR 5116 Centre Émile Durkheim, Nov 2021, Sciences Po Bordeaux, Pessac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04935038v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ancrages et polarisations territoriales de l'ESS : le PTCE Sud Aquitaine en perspective comparée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danièle Demoustier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire pluridisciplinaire « Les Pôles territoriaux de coopération économique, état des lieux de la recherche et coopération avec les acteurs »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR 7317 LEST, Oct 2021, Université Aix Marseille, Marseilles, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05560456v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coopération, matrices territoriales et construction des problèmes publics territoriaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire permanent : Territoires, Régulations, Expérimentations et Coopérations « Coopération, gouvernance et territoires »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR 7317 LEST, May 2021, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03269717v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Économie sociale et solidaire et construction des problèmes publics : une approche en termes de régimes territoriaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15e Congrès de l'AFSP, Session thématique 77 : Cadre spatial et cadrage de la cause : l’inscription territoriale des problèmes publics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association française de science politique, Jul 2019, Pessac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02185543v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une médiation invisible ? Le travail de paix de l’Eglise catholique dans le conflit basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15e Congrès de l'AFSP, Session thématique 15 : Faire la paix : succès et échecs des processus de médiation internationale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association française de science politique, Jul 2019, Pessac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02180622v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les régimes territoriaux de l’ESS : une approche de sociologie politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Les Agoras de l’ESS « Les dynamiques territoriales de l’ESS »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CIRIEC France, Sep 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02436630v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faire territoire par la coopération : l’expérience du PTCE Sud Aquitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, IPAF NOA, Jun 2023, Maimara, Argentina</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danièle Demoustier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque final du projet ESSAQUI « Les mutations des régimes territoriaux de l’économie sociale et solidaire. Institutionnalisations en miroir », panel 2 : Polarisations et clusterisations territoriales de l’ESS (I)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre Émile Durkheim, IFAID Aquitaine, Région Aquitaine, Sciences Po Bordeaux, May 2019, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Marion Charbonneau</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02297699v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Médiations catholiques contemporaines en Pays basque : religion et territoire en régime de sécularisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude "La laïcité du Québec au miroir de sa religiosité", panel d’ouverture : Penser la religion et la laïcité dans le monde – enjeux et méthode</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Faculté de théologie et de sciences religieuses; Université Laval, Nov 2019, Laval, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02402638v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation de l’ouvrage : Faire territoire par la coopération : l’expérience du PTCE Sud Aquitaine (La Librairie des Territoires, 2018)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude « Coopératives : les territoires en question »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Faculté d’économie et de gestion; Université d’Aix-Marseille, May 2019, Aix-en-Provence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02436501v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Social economy, local development, and Catholic ethics in Southern Europe: between moralizing capitalism and solidarity alternatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Convegno annuale Società Italiana de Scienza Politica (SISP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Lecce, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02297888v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faire territoire par la coopération : l’expérience du PTCE Sud Aquitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18e Rencontres du Réseau Inter-Universitaire de l’Economie Sociale et Solidaire "Modernité des idées et pratiques fondatrices de l’économie sociale et solidaire : s’associer, s’autogérer, s’émanciper"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LiRIS; UFR Sciences Sociales, département AES, May 2018, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02269978v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les dynamiques transfrontalières de l’ESS en Pays basque : une perspective historique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude - Les dynamiques territoriales de l’économie sociale et solidaire dans l’espace transfrontalier Nouvelle-Aquitaine-Euskadi-Navarre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, COMUE, May 2018, Bayonne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02358704v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Économie sociale et territoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire international - Lutter contre les inégalités : un enjeu partagé entre acteurs des territoires ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Comité Français pour la Solidarité Internationale; Agence française du développement, Apr 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02359174v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Approaching the territorial dynamics of the social and solidarity-economy: a perspective from political sociology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">COST-CNRS-EMES International Training School, Social enterprises and research methods: Qualitative methods, mixed methods and international comparisons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Carry-Le-Rouet, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02302277v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Social economy, local development, and Catholic ethics in Southern Europe: between moralizing capitalism and solidarity alternatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECPR General Conference, Panel : Religion, Economy, and Welfare: Universal Values, Plural Interpretations, and Local Politics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ECPR, Sep 2017, Oslo, Norway</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02302298v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les politiques territoriales du religieux. Médiations catholiques en Europe du Sud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire : « Catholicisme contemporain », 2016-2017. Comparaisons européennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CéSor - Centre d’études en sciences sociales du religieux; École Pratique des Hautes Études; École des Hautes Études en Sciences Sociales, May 2017, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02435002v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le politique travaillé par la comparaison : les usages multiples de la comparaison dans les tentatives de résolution du conflit basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire général "Gouverner par la comparaison"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR 5116 Centre Émile Durkheim, Jun 2017, Sciences Po Bordeaux, Pessac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02436453v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catholic Ethics and Pluralistic Economic Approaches in Southern Europe: between Moralizing Capitalism and Solidarity Alternatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference : It’s Economy, Unbeliever! Alternative Spiritualities and Economic Practices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Turin, Dec 2017, Turin, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02364770v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Économie sociale et solidaire et activation des valeurs : quelle réponse politique à la contrainte économique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire conjoint : Entre politique et marché : penser la « contrainte économique »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre Émile Durkheim; Laboratoire Pacte, Jan 2017, Pessac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02435111v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gizarte ekonomia, gizartea eta lurraldea Ipar Euskal Herrian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque « La realidad de la economía social en Euskal Herria: una mirada transfronteriza desde la perspectiva Europea »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GEZKI, UPV, Jun 2017, Saint-Sébastien, Espainia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02320037v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gizarte ekonomia eta lurralde mobilizazioak Ipar Euskal Herrian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Kooperatibismoa eta eraldaketa soziala. Cooperativismo y transformación social, IV. Kooperatibagintza Topaketak, Eskoriatza</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lanki-Mondragon Unibertsitatea (Espagne), Jun 2016, Arrasate, Espainia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01359985v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Territorial Mobilizations, Social Economy and Social Innovation in Southern Europe: Lessons from the Basque Case</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tsukuba Global Science Week 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Tsukuba, Sep 2016, Tsukuba, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01380563v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La crise comme opportunité sous contrainte ? Crise économique et renouveau des médiations catholiques au Pays basque et en Italie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque : Un monde en crises- Um mundo de crises, IIIe Journées luso-françaises en sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Faculté d’économie de l’université de Coïmbra; Institut d’Études politiques de Bordeaux, Oct 2016, Coimbra, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01384291v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régimes territoriaux et registres d’institutionnalisation de l’économie sociale et solidaire&amp;quot; et &amp;quot;Les reconfigurations territoriales de l’économie sociale et solidaire : réflexions à partir du PTCE Sud-Aquitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’études de l’Axe Identifications « Institutionnalisations en miroir : les mutations des régimes territoriaux de l’économie sociale et solidaire »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre Émile Durkheim; Programme ESSAQUI-Conseil Régional d’Aquitaine; Sciences Po Bordeaux, Oct 2016, Pessac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01384298v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cultural (In)security and Territorial institutionalization: The Case of the French Basque Country</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference “Dimensions of Cultural Security for Ethnic and Linguistic Minorities”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Serbski Institut/Sorbisches Institut, Nov 2016, Bautzen, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01409616v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Europeanization, territorial governance and the economic crisis: the changing crossborder dynamics of the social and solidarity-based economy in the Basque Country</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claire Dabas</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Errotabehere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13e Congrès de l’AFSP, Session thématique 14 : Crise et gouvernance territoriale en Europe : convergence ou différenciation ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association française de science politique, Jun 2015, Aix-en-Provence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01182205v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matrice territoriale, culture et développement économique : les dynamiques d’économie sociale et solidaire en Pays basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire national du Réseau rural français : Accompagnement de l’entrepreneuriat rural et gouvernance locale : regards sur les réalités québécoises et françaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National du Développement Local (INDL), Feb 2015, Agen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01171834v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Politiques foncières, identité basque et mobilisations territoriales. La construction d’un système d’action foncière alternatif aux politiques institutionnelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gayon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque : Citoyenneté et démocratie à l’épreuve des identités spatiales et des identités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CITERES, MSH Val de Loire, Apr 2015, Tours, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01182093v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">When institutional innovation comes from the local: the emergence of Basque language policy in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Harguindéguy</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Centre Émile Durkheim, Feb 2023, Bordeaux, France</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECPR General Conference, Panel: The paradoxes of language institutionalization at the local level</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ECPR, Aug 2015, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, RIODD, CLERSÉ, LUMEN, FASEST, Université de Lille, Oct 2023, Villeneuve-d'Ascq, France</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02866563v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre incomplétude institutionnelle et mobilisation sociale : le cas de la langue basque en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque : La sécurité linguistique des minorités : les promesses et des pièges de la complétude institutionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société québécoise de science politique, Université Concordia, May 2015, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Thomas Chevallier</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01182113v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régulation sectorielle, territoire et coopération : le travail politique des coopératives vitivinicoles face à la réforme de l’OCM vin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international Recherche et Régulation 2015 « La théorie de la régulation à l’épreuve des crises », AT14 Les enjeux de l’économie sociale et solidaire à la lumière d’une approche régulationniste</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Recherche et régulation, Jun 2015, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01182151v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mobilisations linguistiques et culturelles en Pays basque français : entre amorce d’institutionnalisation territoriale et économie culturelle émergente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire du GRIGL (Groupe de recherche interdisciplinaire en gestion des langues)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université d’Ottawa, May 2015, Ottawa, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01182109v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Religious Ethics and Economic Models: Catholic Pluralism at Work in Southern European Territories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conference on Transnational Religious Movements, Dialogue and Economic Development: The Hizmet Movement in Comparative Perspective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Turin, Dec 2015, Turin, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01252968v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multiple Sovereignties? Civil Society Mobilizations and Territorial Construction in the French Basque Country</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PRIO Conference Imagined Sovereignties: Basque Nationhood in a Globalizing World</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Bilbao, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00992226v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction : pour une sociologie politique des dynamiques territoriales de l'économie sociale et solidaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude de l'axe Identifications "L'économie sociale et solidaire à la frontière : le cas basque en perspectives"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR 5116 Centre Émile Durkheim, Jun 2014, Sciences Po Bordeaux, Pessac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01023877v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Utilité et limites de l’identité comme recours explicatif : comment étudier les mobilisations territoriales en Pays basque ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire franco-québécois JEDI (Jeunes et éducateurs dans la démocratie des identités)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Bordeaux; Université de Sherbrooke; MSHA Bordeaux, Dec 2014, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01113890v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La réception des travaux de J.-M. Guilcher en Pays basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jubilé scientifique de Jean-Michel Guilcher</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Bretagne Occidentale, Nov 2014, Brest, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01113875v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Basque Question in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire d'enseignement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Department of Border Region Studies, University of Southern Denmark, Apr 2014, Sønderborg, Denmark</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00973520v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’innovation sociale à la frontière : dynamiques transfrontalières de l’économie sociale et solidaire en Pays basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, ECPR, Apr 2022, Edinburgh, United Kingdom</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Errotabehere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude "Innovation sociale et transformation sociale"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maison des sciences de l'homme, Nov 2014, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, UMR 7317 LEST, May 2021, Marseille, France</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01113879v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Social Catholicism and Local Welfare in Times of Crisis: Comparing Basque and Italian Territories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">25th Anniversary Oñati International Institute for the Sociology of Law, Global-Regional-Local lnstitutions, Relations, Network, International Conference, panel "Tierra, derechos y culturas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Oñati, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 100 ans de la Recma; Chaire TerrESS; UMR 5116 Centre Émile Durkheim, Nov 2021, Sciences Po Bordeaux, Pessac, France</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00992238v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Civil Society Mobilisations, Institutional Change and the Economic Crisis: Opportunities and Challenges to Conflict Amelioration in the Basque Case</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Errotabehere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Association of Borderlands Studies First World Conference "Post-cold War Borders: Global Trends and Regional Responses"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Joensuu, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Association française de science politique, Jul 2019, Pessac, France</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01023895v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Third Sector Dynamics, Cross-border Relations and Identity Construction in the Basque Country</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de recherche "Perspectives from the Basque Country: Peace Process and Transborder Identity"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Department of Border Region Studies, University of Southern Denmark, Apr 2014, Sønderborg, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Association française de science politique, Jul 2019, Pessac, France</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00973719v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Catholic Third Way? Catholic Ethics and Social Economy Experiences in Southern Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annual Meeting 2014, Panel "Religion and local politics"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SISP (Società Italiana di Scienza Politica), Sep 2014, Pérouse, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, CIRIEC France, Sep 2019, Paris, France</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01113872v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les dynamiques territoriales de l’économie sociale et solidaire en Europe du Sud : retour d’expériences de recherches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence PROACT-IFAID « Le renforcement des structures de l’économie sociale et solidaire en Europe : témoignages et enjeux »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Conseil général de la Gironde, Sep 2014, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Faire territoire par la coopération : l’expérience du PTCE Sud Aquitaine</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01113885v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelle gouvernance en réseau ? Dynamiques transfrontalières d'économie sociale et solidaire et enjeux territoriaux en Pays basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude de l'axe Identifications "L'économie sociale et solidaire à la frontière : le cas basque en perspectives"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR 5116 Centre Émile Durkheim, Jun 2014, Sciences Po Bordeaux, Pessac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01023885v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The invisible politics of religion: Catholic Third sector and territorial welfare in the Basque Country and Italy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SISP (Società Italiana di Scienza Politica) Annual Meeting, Université de Florence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Florence, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00977421v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Social Economy, Culture and Identity across the Border: Lessons from the Basque Case</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">UNRISD conference “Potential and Limits of Social and Solidarity Economy”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Labour Organization and the UN Non-Governmental Liaison Service, May 2013, Genève, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03525685v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analizar el papel mediador de la Iglesia en el 'conflicto vasco': algunas hipótesis de trabajo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">El movimiento reformado y el discurso político de la modernidad. Creencias y democracia, una mirada a nuestro tiempo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universidad del País vasco, UPPA, Mar 2012, Agen, Francia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00977069v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Participation au Séminaire du groupe de travail &amp;quot;Economie sociale&amp;quot; du CIRIEC France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire du groupe de travail "Economie sociale"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CIRIEC France (Centre International de recherches et d'informations sur l'économie publique, sociale et coopérative), Jan 2011, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00580581v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Which 'European Government' of Wine ? The Making and Implementation of the 2008 Wine CMO Reform</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Centre Émile Durkheim, IFAID Aquitaine, Région Aquitaine, Sciences Po Bordeaux, May 2019, Pessac, France</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andy Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6th ECPR General Conference : Panel "Industries as Spaces for European Government. The Political Work of Industrial Actors"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ECPR, Aug 2011, Reykjavik, Iceland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Faculté de théologie et de sciences religieuses; Université Laval, Nov 2019, Laval, Canada</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00968887v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Implementating the EU's 2008 wine reform: Differentiated institutionalisation compared</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andy Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6th ECPR General Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Reykjavik, Iceland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Faculté d’économie et de gestion; Université d’Aix-Marseille, May 2019, Aix-en-Provence, France</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00631386v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lessons from the Implementation of the EU's 2008 Wine Policy Reform : Deep Change or Incremental Modification ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andy Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire du groupe de recherche "Gouvernement Européen des Industries"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Lecce, Italy</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00968880v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ESS, régulation et gouvernance territoriales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international « Au-delà de la crise : un modèle économique en question. Enseignements et perspectives de l'économie sociale et solidaire », "Entretiens Jacques Cartier 2010"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ESEAC-Sciences Po Grenoble, Nov 2010, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, COMUE, May 2018, Bayonne, France</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00561911v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La construction politique des régionalismes basques (XIXe-XXe siècles) : quels usages de l'ethnologie du proche ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire : Quelle place pour la Bretagne dans l'élaboration d'une ethnologie du proche ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRBC (Université de Bretagne occidentale) - CERHIO (Université de Bretagne-Sud), Oct 2010, Lorient, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Comité Français pour la Solidarité Internationale; Agence française du développement, Apr 2018, Paris, France</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00547068v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multiple Modernities, Religion and Politics in Western Europe : Towards a Research Framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Foret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IPSA International Conference "Is There a European Model of Governance? A Comparative Perspective", Panel 9 "Is there a European Model of Governance for Religion? The role of Religion in the Contemporary European Space"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IPSA, Mar 2010, Luxembourg, Jean Monnet Building, European Commission, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Carry-Le-Rouet, Marseille, France</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00517120v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Expériences de management coopératif en Pays Basque : valeurs et réalités de gestion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Michel Larrasquet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque "Manager autrement ?"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Philolab-Unesco, Nov 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, LiRIS; UFR Sciences Sociales, département AES, May 2018, Rennes, France</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00561914v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les dynamiques territoriales de l'économie sociale et solidaire : quelles approches de sociologie politique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque "Économie sociale et solidaire et dynamique des territoires : quelle place pour l'animation professionnelle ?"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISIAT, Jan 2010, Gradignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, CéSor - Centre d’études en sciences sociales du religieux; École Pratique des Hautes Études; École des Hautes Études en Sciences Sociales, May 2017, Paris, France</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00516631v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eskualdeak eta europeanizazioa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Université d'été "Les Régions et l'Union européenne"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université du Pays Basque, Sep 2010, Saint-Sébastien, Espainia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, UMR 5116 Centre Émile Durkheim, Jun 2017, Sciences Po Bordeaux, Pessac, France</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00541947v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'expérience des SCOP en Pays Basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque "Les SCOP. Coopérons pour nos emplois"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LAPSAC-Université Victor Segalen Bordeaux 2, URSCOP Aquitaine, Nov 2010, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Turin, Dec 2017, Turin, Italy</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00561909v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre logiques délibératives et logiques de conformité. Discours et pratiques de l'Église catholique face à la question basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'études du groupe inter-centres "Gouvernance et délibération"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SPIRIT - CEAN, May 2010, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Centre Émile Durkheim; Laboratoire Pacte, Jan 2017, Pessac, France</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00521293v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dinamicas institucionales y sociedad civil movilizada en el País vasco francés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Joranadas Sociedades plurinacionales y cambios constitucionales, VII Simposio de Derecho histórico y autonómico de Vasconia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fundacion para el Estudio del Derecho Historico y Autonomico de Vasconia (FEDHAV), Nov 2009, Saint-Sébastien, España</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, GEZKI, UPV, Jun 2017, Saint-Sébastien, Espainia</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00514854v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Territorial Politics of Social and Solidarity-based Economy in a Global Era</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GARNET JERP "Civil Society Actors, Political Agency in the Era of Globalisation: The Changing Nexus between Politics, Economics and Society in the 21st Century"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, ECPR, Sep 2017, Oslo, Norway</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00514841v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toward a New Governance of Religion? The Two-fold Relationship between Religion and Immigration in Spain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Burchianti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECPR Joint Sessions of Workshop "Governing Religious Differences at the Intersection of Gender and Ethnicity"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Tsukuba, Sep 2016, Tsukuba, Japan</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00389711v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Action collective et dynamiques territoriales : autour de l'économie sociale en Pays Basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire général "Action et décision, regards croisés entre sociologues et politistes", séance 2 : l'action et la décision collectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LAPSAC; UMR 5116 SPIRIT, Feb 2009, IEP de Bordeaux, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Faculté d’économie de l’université de Coïmbra; Institut d’Études politiques de Bordeaux, Oct 2016, Coimbra, Portugal</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00382775v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Religion and the Politics of Identity in the Basque Country</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop franco-allemand : Democracy, Governance and Citizenship. A Comparative Perspective of Conceptual Flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université d'Heidelberg, Oct 2009, Heidelberg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Centre Émile Durkheim; Programme ESSAQUI-Conseil Régional d’Aquitaine; Sciences Po Bordeaux, Oct 2016, Pessac, France</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00512810v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Political regulation of religion vs. religious regulation of politics? Catholicism and immigration in Spain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Burchianti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5th ECPR General Conference, Section 45: "Religious Actors in the Political Sphere: Means, Objectives, and Effects", Panel 130: "From the Local to Europe: Religious Belongings in the Changing Hierarchy of Identities"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ECPR, Sep 2009, Potsdam, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Serbski Institut/Sorbisches Institut, Nov 2016, Bautzen, Germany</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00512785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Europeanisation, Cross-border Relations and Civil Society Mobilizations in the Basque Country</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Garnet Workshop JERP on Civil Society and Non State Actors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2009, Trente, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Lanki-Mondragon Unibertsitatea (Espagne), Jun 2016, Arrasate, Espainia</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00385764v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Religions et construction européenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire au département de science politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Liège, Oct 2009, Liège, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Harguindéguy</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00514046v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">European Integration, Cross-border Relations and Third Sector Dynamics in the Basque Country</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Center for International Border Research, Dec 2009, Belfast, Ireland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00515358v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les syndicats agricoles basques face à la PAC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude "Mouvements paysans, politique agricole commune et mondialisation dans les régions de l'Arc Atlantique"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRHIA-CHT-CENS, Dec 2009, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00515373v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Église catholique et la &amp;quot;question basque&amp;quot; : genèse et contours d'une médiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire : Espaces, temps, civilisations et développement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RSA/CRI École doctorale, Université Paul Valéry-Montpellier III, département de sociologie, Oct 2009, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00514044v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Appartenances linguistiques, identités collectives et pratiques culturelles. Retour sur une enquête menée en Pays basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10ème Congrès de l'AFSP, section 39 : Les mobilisations ethnolinguistiques en Europe, axe 1 : Les mobilisations ethno-linguistiques : sociogénèse et répertoires d'action</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association française de science politique, Sep 2009, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00511845v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La place de la langue minoritaire dans les identités collectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire : Langues minoritaires en Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MSHA, Nov 2008, Pessac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00373147v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'économie sociale au miroir de l'immigration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, ECPR, Aug 2015, Montréal, Canada</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Burchianti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Bonsignori</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude : La tête de l'emploi ? L'utilitarisme migratoire en débats "Approche comparée des politiques migratoires utilitaristes"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Programme intercentres SPIRIT/CEAN, Jun 2008, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Société québécoise de science politique, Université Concordia, May 2015, Montréal, Canada</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00333380v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la socialisation catholique à l'altermondialisme : les racines religieuses des mobilisations économiques en Pays Basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude CNRS-GSRL « Les Églises au temps de la mondialisation : institutions, théologies, ONG chrétiennes et mouvance altermondialiste »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe de Sociologie des Religions et de la Laïcité, Oct 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Association Recherche et régulation, Jun 2015, Paris, France</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00373141v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La médiation catholique dans le conflit basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop international : Mediation in National and International Political Conflicts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISLL, Jun 2008, Oñati, Espagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université d’Ottawa, May 2015, Ottawa, Canada</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00332931v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Église et République en Pays Basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque "La modération politique dans les Pyrénées-Atlantiques de 1848 à nos jours"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universités du patrimoine sur l'histoire de la Navarre, Centre d'éducation au patrimoine Ospitalea, May 2008, Irissarry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Turin, Dec 2015, Turin, Italy</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00332964v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ohidura dantzatuak eta gizartea Ipar Euskal Herrian : zertan da ikerketa ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Euskal Herrian Folklore eta Etnografia-Ikerketa, atzo, gaur eta bihar / La investigación folclórica y etnográfica en Euskal Herria: ayer, hoy y mañana Eusko Ikaskuntza</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Eusko Ikaskuntza – Sociedad de Estudios Vasco, Oct 2008, Basauri, Espainia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Gayon</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00373134v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Among Others: The Catholic Church, Civil Society and Public Sphere in Southern Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd GARNET Annual Conference "Mapping Integration and Regionalism in a Global World: The EU and Regional Governance outside the EU" Panel “The Role of Civil Society in Regional Governance"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Pessac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00335439v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'économie sociale au miroir de l'immigration : études de cas comparatives en Espagne et en Italie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Bonsignori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, CITERES, MSH Val de Loire, Apr 2015, Tours, France</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Burchianti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude : La tête de l'emploi ? L'utilitarisme migratoire en débats "Approche comparée des politiques migratoires utilitaristes"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Programme intercentres SPIRIT/CEAN, May 2008, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Europeanization, territorial governance and the economic crisis: the changing crossborder dynamics of the social and solidarity-based economy in the Basque Country</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00388740v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Union européenne et la régulation politique de l'industrie : acquis et défis interdisciplinaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de recherche : L'Union européenne et la régulation politique de l'industrie : acquis et défis interdisciplinaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CERI, Mar 2007, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00159798v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Questions de méthodologie : sur l'enquête en terrain religieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées d'études : Saisir les articulations contemporaines du religieux et du politique en Afrique : objets d'étude, outils méthodologiques et cadres d'analyse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CEAN, Nov 2007, Pessac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00196587v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trajectoires militantes et syndicalisme paysan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de recherche interdisciplinaire : Les mondes agricoles en politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CEVIPOF, INRA, CIHEAM, CEVIPOF, Apr 2007, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00160566v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'utopie pratiquée : expériences basques d'économie sociale et solidaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque "La modernité d'Henri Desroche"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Anamnèse, Sep 2007, Caen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00186465v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiritartasuna, gizarte zibila eta mobilizazio kolektiboak Ipar Euskal herrian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hiritartasuna, gizarte zibila eta mobilizazio kolektiboak Ipar Euskal herrian</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fondation Manu Robles Arangi, Dec 2007, Bilbao, Espainia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00195737v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La représentation agricole en débat : une singularité basque ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque "Le syndicalisme agricole. Histoire, rôle, représentativité et avenir du syndicalisme agricole en France"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFER, SPIRIT, Apr 2007, Pessac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00160568v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catholicisme et engagement identitaire en Pays basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Collectifs d'engagements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Printemps, Feb 2007, Saint-Quentin-en-Yvelines, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00159751v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’européanisation informelle du religieux. Etat de la question</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Association française de science politique, Jun 2015, Aix-en-Provence, France</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Foret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9e Congrès de l'AFSP, atelier 31 : Dieu et l'Europe loin de Bruxelles. L'européanisation informelle du religieux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association française de science politique, Sep 2007, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Institut National du Développement Local (INDL), Feb 2015, Agen, France</w:t>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00186461v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Citoyennetés, société civile et mobilisations collectives en Iparralde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque "Democracia, Ciudadanía y Territorialidad en Sociedades Plurinacionales"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Instituto Internacional de Sociología Jurídica de Oñate (IISJ), Mar 2007, Oñati, Espagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Bilbao, Spain</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03433237v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les ordres institutionnels de la pêche maritime en France, Espagne et Grande-Bretagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de travail : Les ordres institutionnels de la pêche maritime en France, Espagne et Grande-Bretagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2007, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, UMR 5116 Centre Émile Durkheim, Jun 2014, Sciences Po Bordeaux, Pessac, France</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00160642v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Between Mediation and Commitment: The Catholic Church and the Basque Conflict”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECPR Joint Sessions, panel "Religion and politics: conflict or cooperation ?"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ECPR, May 2007, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Bretagne Occidentale, Nov 2014, Brest, France</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00160623v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'économie sociale et solidaire et les territoires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de travail sur l'économie sociale et solidaire et les territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sciences Po Grenoble, Mar 2007, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Department of Border Region Studies, University of Southern Denmark, Apr 2014, Sønderborg, Denmark</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00159809v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'économie sociale et solidaire et les mobilisations transfrontalières en Pays Basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Ségas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude SPIRIT-Gobieno vasco (Pentsamendu taldea) : Transfrontalier et innovation territoriale : le jeu aux interfaces territoriales tranfrontalières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SPIRIT-Gobieno vasco, Jul 2007, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Bordeaux; Université de Sherbrooke; MSHA Bordeaux, Dec 2014, Bordeaux, France</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00195550v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’économie sociale et solidaire et les territoires du politique. Une comparaison franco-espagnole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ségas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international "Économie sociale et solidaire en Europe : quel avenir ?"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RIUESS 2006 - VIe Rencontres du Réseau Inter-Universitaire de l’Economie Sociale et Solidaire, Jun 2006, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L’innovation sociale à la frontière : dynamiques transfrontalières de l’économie sociale et solidaire en Pays basque</w:t>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03658038v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Religion et intégration statonationale des Basques au XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude "Les paysans pyrénéens à l'ombre de la République et de la Monarchie, Espagne-France, XIXe siècle : autour d'un modèle pyrénéen de politisation et d'entrée en politique"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Pau et des Pays de l'Adour, Master Histoire/ITEM programme MSHA "Fractures sud-Aquitaines", Jan 2006, Pau, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03429315v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La marée noire du Prestige au prisme des mobilisations de protestation en France et en Espagne : une crise locale à focale européenne et inversement ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Maison des sciences de l'homme, Nov 2014, Montpellier, France</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cadiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Pasquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Weisbein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'études "Saisir l'Europe par le bas : pour une sociologie localisée des phénomènes d'européanisation"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association française de science politique, Groupe Europe, Jun 2005, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Oñati, Spain</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00569919v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identités, politiques, identifications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évelyne Ritaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de travail du groupe de recherche interlaboratoires de la FNSP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CERI, Sep 2005, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Department of Border Region Studies, University of Southern Denmark, Apr 2014, Sønderborg, Denmark</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00569925v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les mobilisations des pêcheurs basques suite à la pollution du Prestige</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cadiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Weisbein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Pasquier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'études "Saisir l'Europe par le bas : pour une sociologie localisée des phénomènes d'européanisation"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association française de science politique, Groupe Europe, Jun 2005, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Civil Society Mobilisations, Institutional Change and the Economic Crisis: Opportunities and Challenges to Conflict Amelioration in the Basque Case</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00569923v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identités territoriales, logiques politiques et économie sociale et solidaire : le cas du Médoc et du Pays basque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Joensuu, Finland</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Ségas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire du groupe de recherche "Politiques publiques et Territoires"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2005, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, SISP (Società Italiana di Scienza Politica), Sep 2014, Pérouse, Italy</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00569933v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ressources et contraintes des SCOP basques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque "Régimes territoriaux et développement économique"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CERVL, Dec 2005, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, UMR 5116 Centre Émile Durkheim, Jun 2014, Sciences Po Bordeaux, Pessac, France</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00569884v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'intégration du référentiel alter-mondialiste dans un référentiel militant : l'exemple du syndicat paysan basque ELB</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international "Les mobilisations anti-mondialisation"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GERMM, Dec 2003, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...4257 lines deleted...]
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00098319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15795,1436 +16278,1436 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La société du tambourin. Une histoire sociale de la musique à danser en Pays basque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brepols</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.270, 2022, Epitome musical, 978-2-503-60184-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03799560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les trois visages de l’économie sociale et solidaire : institutionnalisations, trajectoires, territoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Duverger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Lafore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Bord de l'eau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.192, 2020, Histoire des brèches, 978-2-35687-761-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03045553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Médiations catholiques en Europe du Sud : les politiques invisibles du religieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.272, 2019, Sciences des religions, 978-2-7535-7785-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02268527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catholic mediations in southern Europe : the invisible politics of religion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Routledge, pp.284, 2019, Routledge studies in religion and politics, 9781138337466. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4324/9780429442360⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01891381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faire territoire par la coopération : l'expérience du Pôle Territorial de Coopération Économique Sud Aquitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danièle Demoustier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éditions La Librairie des territoires, pp.151, 2018, 9789-10-90369-14-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01849364v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Social and solidarity-based economy and territory: From embeddedness to co-construction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Richez-Battesti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.I.E. Peter Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.374, 2018, Économie sociale et économie publique / Social economy and public economy, 978-2-8076-0812-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3726/b14135⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01848277v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Protest, Popular Culture and Tradition in Modern and Contemporary Western Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilaria Favretto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Palgrave Macmillan, pp.273, 2017, Palgrave Studies in the History of Social Movements, 978-1-137-50736-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1057/978-1-137-50737-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01547693v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Varietals of Capitalism: A Political Economy of the Changing Wine Industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andy Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cornell University Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Cornell Studies in Political Economy, 9781501700439</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01279546v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Euskaldun fededun : religion et politique en Pays basque sous la IIIe République</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.102, 2015, Histoire, 978-84-9027-428-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02890072v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Politics of religion in Western Europe. Modernities in conflict ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Foret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Routledge, pp.265, 2011, ECPR Studies In European Political Science, 978-0-415-59534-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9780203803851⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00625358v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marées noires et politique. Gestion et contestations de la pollution du Prestige en France et en Espagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Weisbein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.296, 2011, Logiques politiques, 978-2-296-56449-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00625480v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les nouveaux espaces de la régulation politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Berthet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Gouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andy Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.318, 2008, Logiques politiques, 978-2-296-05668-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00326239v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les virtuoses de l'identité : religion et politique en Pays Basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.272, 2019, Sciences des religions, 978-2-7535-7785-5</w:t>
+              <w:t xml:space="preserve">, pp.353, 2007, Sciences des religions, 978-2-7535-0469-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Social and solidarity-based economy and territory: From embeddedness to co-construction</w:t>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00172060v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régimes territoriaux et développement économique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...32 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Palard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Ségas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.329, 2007, Espace et territoires, 978-2-7535-0381-6</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00160491v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identité et culture basques au début du XXIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erramun Baxok</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pantxoa Etxegoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Terexa Lekunberri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iñaki Martinez de Luna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larraitz Mendizabal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Eusko Ikaskuntza-Société d'études basques, pp.170, 2006, 84-8419-053-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00159812v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un monde en quête de reconnaissance : usages de l'économie sociale et solidaire en Aquitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Danièle Demoustier</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Lafore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Éditions La Librairie des territoires, pp.151, 2018, 9789-10-90369-14-6</w:t>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Sorbets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Bordeaux, pp.244, 2004, Le Territoire du politique. Série Politiques du social, 2-86781-344-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
-[...928 lines deleted...]
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03192740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17234,7072 +17717,7072 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gouverner l’économie par ses marges ? Autour de la gouvernance territoriale de l’économie sociale et solidaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Romain Pasquier; Vincent Simoulin; Julien Weisbein. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La gouvernance territoriale : pratiques, discours, théories, 3e édition revue et augmentée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LGDJ</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.217-234, 2025, Droit et société. Classics, 9782275162607</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05411264v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Religion and the economy in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Effie Fokas; Alberta Giorgi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Routledge Handbook of Religion and Politics in Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, pp.238-252, 2025, 9781003152675. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9781003152675-18⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05469967v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les territoires de l’économique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Robert Boyer, Jean-Pierre Chanteau, Agnès Labrousse, Thomas Lamarche (coord.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Théorie de la régulation : un nouvel état des savoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dunod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.448-454, 2023, Éco Sup, 9782100840571. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/dunod.boyer.2023.01.0448⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04264303v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Postface. Les médiations religieuses au prisme des sciences sociales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Claude Nasal’onanongo. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Médiations sociopolitiques de l’Eglise. Linéaments d’une sociologie politique de l’institution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 978-2-14-032751-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04357447v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Politiques de la coutume. Les usages de la tradition dans le gouvernement d’un village basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hubert Bonin (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enjeux du social et du sociétal : entre histoire et droit (en hommage à Robert Lafore)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Bord de l’eau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.263-285, 2023, Territoires du politique, 978-2-35687-979-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04310015v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régionalisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Florian Michel, Yann Raison du Cleuziou (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">À la droite du Père. Les catholiques et les droites de 1945 à nos jours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions du Seuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.713-714, 2022, 978-2-02-147233-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03903098v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Économie sociale et solidaire et responsabilité sociale des entreprises : quelle légitimation par le territoire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Richez-Battesti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Filippi Maryline (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La responsabilité territoriale des entreprises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Bord de l'Eau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.111-146, 2022, Territoires de l'ESS, 9782356878861</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03904558v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Médiations catholiques contemporaines en Pays basque : matrice religieuse, nation et société en régime de sécularisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-François Laniel et Jean-Philippe Perreault (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La laïcité du Québec au miroir de sa religiosité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses de l'Université Laval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.137-165, 2022, Religion et politique, 978-2-7637-5280-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2307/j.ctv25wxc3j.9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03498110v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cultural Insecurity, Social Change and Territorial Institutionalization: the Case of French Basque Country</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Rémi Carbonneau; Fabian Jacobs; Ines Keller (eds.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dimensions of Cultural Security for National and Linguistic Minorities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 27, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.149-170, 2021, Diversitas, 978-2-8076-1727-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03284585v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Idéologies, maisonnées et dissidences : des élections villageoises en Pays basque sous la IIIe République</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christophe Granger; Laurent Le Gall; Sébastien Vignon (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voter au village : Les formes locales de la vie politique, XXe-XXIe siècles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.127-146, 2021, Paradoxa, 978-2-7574-3262-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.septentrion.102769⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03141808v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Polo territorial de cooperación económica (Sud-Aquitaine) (Seignanx, Nouvelle-Aquitaine)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Carlos Puig Lizarraga; Luis Guridi Aldanondo (coords.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">El papel de los territorios en el emprendizaje social en Economía Social y Solidaria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universidad del País Vasco, Euskal Herriko Unibertsitatea, Hegoa, pp.40-46, 2020, 978-84-16257-69-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03151023v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’État à distance : archéologie des dynamiques d’économie sociale en Pays basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christine Bouneau; Robert Lafore (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La société civile organisée contre l’État. Tout contre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Bord de l'eau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.169-193, 2020, L'histoire des brèches, 978-2-35687-715-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02865997v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lankidetza Ekonomikoko Lurralde Gunea, Seignanx, Akitania-Berria (Hego-Akitania, Frantzia)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Carlos Puig Lizarraga; Luis Guridi Aldanondo (coords.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lurraldeak eta gizarte-ekintzailetza Ekonomia Sozial eta Solidarioan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universidad del País Vasco, Euskal Herriko Unibertsitatea, Hegoa, pp.40-46, 2020, 978-84-16257-69-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03154731v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Préface. L'économie sociale et solidaire et les promesses des territoires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Jacques Manterola. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le social à l'épreuve des valeurs, d'un Pays basque à l'autre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maison des Sciences de l'Homme d'Aquitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.15-17, 2020, 978-2-85892-609-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02944083v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ebanjelio inplizituak ? Sekularizazioa eta konpromiso etikoak Euskal Herrian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sebastian Gartzia Trujillo‏ (ed.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ebanjelioaren poza bizi eta zaindu. Gogoeta astea 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Instituto Diocesano de Teologia y Pastoral, pp.67-85, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03269570v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dieu change en Pays basque : religion, politique et société dans le Pays Basque contemporain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Société des Amis du Musée Basque (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Basque[s] au début du XXIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cairn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.133-140, 2019, 978-2-35068-246-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02436822v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quarante ans de mutations dans la société basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michel Garicoix; Philippe Velche (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Basques comme vous avez changé. 50 ans qui ont transformé le Pays Basque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Elkar, pp.25-38, 2019, Paroles, 978-84-9027-991-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02557986v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La política en el trabajo. Cooperativas de trabajo asociado y movilizaciones territoriales en el País Vasco Francés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Aitor Bengoetxea (ed.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Economía social en el País Vasco</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biblioteca Euskal Erria; Universidad CLAEH</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.177-210, 2018, Serie Cultura Vasca ; 2, 978-1-7329051-0-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02082257v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Social Economy in Borderscapes: The Changing Cross-border Dynamics of Social Economy in the Basque Country</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Errotabehere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Xabier Itçaina; Nadine Richez-Battesti; CIRIEC (eds.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Social and Solidarity-based Economy and Territory: From Embeddedness to Co-construction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.I.E. Peter Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.73-100, 2018, Économie sociale et Économie publique / Social Economy and Public Economy, 978-2-8076-0812-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01890991v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">General Conclusion: Territorial Regimes and Changes in Sociopolitical and Socioeconomic Regulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Xabier Itçaina; Nadine Richez-Battesti (eds.); CIRIEC. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Social and Solidarity-based Economy and Territory: From Embeddedness to Co-construction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, P.I.E. Peter Lang, pp.347-364, 2018, Économie sociale et Économie publique / Social Economy and Public Economy, 978-2-8076-0812-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3726/b14135⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01891300v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Secondary foreign policy activities in Third sector cross-border cooperation as conflict transformation in the European Union: The cases of the Basque and Irish borderscapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathal Mccall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Martin Klatt; Birte Wassenberg (eds.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Secondary foreign policy in local international relations : peace-building and reconciliation in border regions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Routledge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.57-78, 2018, 9781138487093</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02001687v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Politics at Work: Worker Cooperatives and Territorial Mobilization in the French Basque Country</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Aitor Bengoetxea (ed.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Social economy in the Basque Country</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 12, Center for Basque Studies, University of Nevada, pp.157-186, 2018, Current research series, 978-1-935709-96-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02291272v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muted Vibrancy and the Invisible Politics of Religion: Catholic Third Sector, Economic Crisis, and Territorial Welfare in Spain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Paul Christopher Manuel; Miguel Glatzer (eds). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Faith-Based Organizations and Social Welfare: Associational Life and Religion in Contemporary Western Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Palgrave macmillan, pp.75-102, 2018, Palgrave Studies in Religion, Politics, and Policy, 978-3-319-77296-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-77297-4_4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01803375v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le don, l’association et le contrat : les traditions données comme formes d’échanges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bernard Cherubini (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Patrimoine et identités locales : enjeux touristiques, ethnologiques et muséographiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.101-117, 2017, Anthropologie du monde occidental, 978-2-343-13807-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01692002v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multiple sovereignties? Civil society and territorial construction in Iparralde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Åshild Kolås; Pedro Ibarra Güell (eds.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sovereignty revisited : the Basque case</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, pp.105-125, 2017, Routledge studies in radical history and politics, 978-1-13-806804-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9781315158341-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01686472v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Popular Justice and Informal Politics: The Charivari in Nineteenth- and Twentieth-Century France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ilaria Favretto; Xabier Itçaina (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Protest, Popular Culture and Tradition in Modern and Contemporary Western Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Palgrave Macmillan, pp.185-207, 2017, Palgrave Studies in the History of Social Movements, 978-1-137-50736-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1057/978-1-137-50737-2_9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01548154v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conclusion. Popular Culture, Folk Traditions and Protest: A Research Agenda</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ilaria Favretto; Xabier Itçaina (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Protest, Popular Culture and Tradition in Modern and Contemporary Western Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Palgrave Macmillan, pp.229-248, 2017, Palgrave Studies in the History of Social Movements, 978-1-137-50736-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1057/978-1-137-50737-2_11⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01548180v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un système d’action foncière au Pays basque au prisme de l’identité basque et des mobilisations territoriales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gayon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gülçin Erdi; Hervé Marchal (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Citoyenneté en ville : l’épreuve des inégalités spatiales et des identités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires François-Rabelais, pp.83-103, 2017, Perspectives Villes et Territoires, 978-2-86906-678-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pufr.10416⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02866272v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mémoire collective du Pays basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christian Amalvi (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ombres et lumières du Sud de la France. Les lieux de mémoires du Midi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2, Les Indes savantes, pp.153-158, 2016, La Boutique de l'histoire, 978-2-84654-431-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01359866v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La société du tambourin. La découverte incomplète du ménétrier en Pays Basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laurent Le Gall; Jean-François Simon (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jalons pour une ethnologie du proche Savoirs, institutions, pratiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre de Recherche Bretonne et Celtique; Université de Bretagne occidentale, pp.103-125, 2016, Collectif, 979-10-92331-27-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01378377v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Institución religiosa y deliberación: discurso y prácticas de la Iglesia católica cara a la cuestión vasca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Esteban Anchustegui-Igartua (ed.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Religión y política. Controversias históricas y retos actuales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pamiela, pp.177-206, 2015, Universitas, 9788476818787</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01179635v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">State Tradition and Regional Languages in France: The Basque Case</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Harguindéguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Linda Cardinal; Selma Sonntag (eds.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">State Traditions and Language Regimes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">McGill-Queen’s University Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.170-188, 2015, 978-0773544840</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01182136v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matrice territoriale, culture et développement économique : les dynamiques d'économie sociale et solidaire en Pays basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gwénaël Doré; Luc Pabeuf (dir.); Institut national du développement local. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gouvernance locale et entrepreneuriat rural. Regards croisés France-Québec</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions La Librairie des territoires, pp.119-127, 2015, 979-1-09-036909-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02465786v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mémoires basques plurielles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Amalvi Christian (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ombres et lumières du Sud de la France. Les lieux de mémoires du Midi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, Les Indes savantes, pp.123-130, 2015, La Boutique de l'histoire, 978-2-84654-430-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01359843v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards Cross-Border Network Governance ? The social and Solidarity Economy and the Construction of a Cross-Border Territority in the Basque Country</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Manterola</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Katarzyna Stoklosa; Gerhard Besier (eds.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Border Regions in Comparison: Overcoming Nationalistic Aspects or Re-Nationalization?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Routledge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.169-187, 2014, Routledge Studies in Modern European History, 978-0-415-72598-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00936017v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The EU’s government of wine: switching towards completeness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andy Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Andy Smith et Bernard Jullien (eds.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The EU's Government of Industries. Markets, Institutions and Politics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, pp.35-56, 2014, Routledge Studies on Government and the European Union, 978-1-138-78676-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9781315766591⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01022575v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les mobilisations paysannes à l'épreuve du changement sectoriel. Le cas de la grève du lait en Pays Basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laurent Jalabert; Christophe Patillon (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mouvements paysans : face à la politique agricole commune et à la mondialisation, 1957-2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 45, Presses universitaires de Rennes, pp.167-194, 2013, Enquêtes et documents, 978-2-7535-2270-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pur.26118⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00861043v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catholicisme et identité nationale en Pays Basque: entre sécularisation du politique et politisation du religieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yvon Tranvouez (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La décomposition des chrétientés occidentales, 1950-2010 : [actes du colloque international, Brest, 31 mai-1er juin 2012]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre de recherche bretonne et celtique, Université de Bretagne occidentale, pp.287-304, 2013, 979-1-092331-02-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00938806v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Between hospitality and competition: The Catholic Church and immigration in Spain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Burchianti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jeffrey Haynes; Anja Hennig (eds.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Religious actors in the public sphere : means, objectives, and effects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Routledge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.57-76, 2013, Routledge studies in religion and politics, 9781136661716</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01810783v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Political Agency in the Economy: Cooperatives, Solidarity and Territory in Euskadi and Aquitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bice Maiguaschca et Raffaele Marchetti (eds). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contemporary Political Agency: Theory and Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taylor Francis Ltd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.72-91, 2013, Routledge series on global order studies, 0-415-59530-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00861048v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Institution religieuse et délibération : discours et pratiques de l'Église catholique face à la question basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Patrick Quantin; Andy Smith (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Délibération et gouvernance : l'émergence d'une logique d'action</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.167-205, 2012, Logiques politiques, 978-2-296-99687-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00750936v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les arts du souvenir et de l'oubli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Geoffrey Grandjean et Grégory Piet (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Polémiques à l'école. Perspectives internationales sur le lien social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Armand Colin, pp.121-129, 2012, Recherches, 978-2-200-27717-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/arco.grand.2012.01.0119⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00741401v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers une gouvernance en réseau? : l'économie sociale et solidaire et la construction d'un territoire transfrontalier en Pays Basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Manterola</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nadine Richez-Battesti, Francesca Petrella et Patrick Gianfaldoni (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Travail, organisations et politiques : quelle "soutenabilité" à l'heure de la mondialisation?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2, Presses universitaire de Louvain, pp.491-503, 2012, Cahiers du CIRTES, hors-série, 978-2-87558-065-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00757320v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Désordre public et ordre social : Charivari et politique en Labourd intérieur (XIX-XXe siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">François Ploux, Michel Offerlé et Laurent Le Gall (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La politique sans en avoir l'air : aspects de la politique informelle, XIXe-XXIe siècle [Colloque "La politique informelle en France et en Europe (XIXe-XXIe siècle)" thématique 3 : Le politique sans en avoir l'air, organisé par le GRHISPO, le CERHIO et l'AFSP à Lorient du 16 au 17 décembre 2009]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.189-208, 2012, Histoire, 978-2-7535-1973-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pur.128871⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00719420v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction. Western European Modernities an religion - a perspective from political sociology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Foret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">François Foret et Xabier Itçaina (eds.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Politics of religion in Western Europe. Modernities in conflict ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routlegde, pp.3-22, 2011, ECPR Studies in European Political Science, 978-0-415-59534-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9780203803851⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00625407v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les identités basques face aux guerres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Pierre Koscielniak et Philippe Souleau (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vichy en Aquitaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions de l'Atelier, pp.213-221, 2011, Patrimoine, 978-2-7082-4034-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00653228v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conclusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Foret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">François Foret et Xabier Itçaina (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Politics of religion in Western Europe. Modernities in conflict?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, pp.241-256, 2011, ECPR Studies in European Political Science, 978-0-415-59534-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9780203803851⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00625415v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catholicisme et rapport au monde. Retour sur la genèse de quelques mobilisations sociales en Pays Basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christophe Grannec (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les chrétiens dans la mouvance altermondialiste</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Khartala, pp.119-148, 2011, Les Terrains du siècle, 978-2-8111-0511-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00604683v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les marins-pêcheurs basques face au Prestige. Logiques de mobilisation et enjeux sectoriels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cadiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Xabier Itçaina, Julien Weisbein (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marées noires et politique. Gestion et contestations de la pollution du Prestige en France et en Espagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.189-215, 2011, Logiques politiques, 978-2-296-56449-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00978607v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction. Marée noire et (sciences sociales du) politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Weisbein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Xabier Itçaina et Julien Weisbein (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marées noires et politique. Gestion et contestations de la pollution du Prestige en France et en Espagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, l'Harmattan, pp.15-35, 2011, Logiques politiques, 978-2-296-56449-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00625498v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les dynamiques territoriales de l'économie sociale et solidaire : pistes de recherche en sociologie politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ndiaye Abdourahmane (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Économie sociale et solidaire, animation et dynamique des territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.61-82, 2011, Animation et territoires, 978-2-296-56216-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00646558v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mobilisation territoriale autour d'un projet agricole en Pays Basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sophie Béroud, Nathalie Dompnier et David Garibay (coord.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'année sociale 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Syllepse, pp.175-189, 2011, Collection l'Année sociale, 978-2-84950-291-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00646548v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conclusion. La marée noire du Prestige comme bifurcation ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Weisbein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Xabier Itçaina et Julien Weisbein (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marées noires et politique. Gestion et contestations de la pollution du Prestige en France et en Espagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, l'Harmattan, pp.285-288, 2011, Logiques politiques, 978-2-296-56449-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00626135v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The power of powerlessness: religious actors peaceful mediation in the Basque conflict</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jacques Faget (ed.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mediation in political conflicts. Soft power or counter-culture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hart Publishing, pp.65-88, 2011, Oñati international series in law and society, 978-1-84946-078-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5040/9781472565501.ch-004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00595832v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'identité au travail. Mobilisations économiques et territoire en Pays Basque français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Martin Denis-Constant (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'identité en jeux. Pouvoirs, identifications, mobilisations [Colloque organisé par le groupe de recherche sur "Identités, pouvoirs et identifications", le 25 et 26 novembre 2008, au CERI],</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Karthala, pp.379-399, 2010, Recherches internationales, 978-2-8111-0341-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/kart.cons.2010.01.0379⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00522421v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">European Integration, Cross-border Cooperation and Third-sector Mobilizations in the Basque Country</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">David Armstrong, Valeria Bello, Julie Gilson et Spini Debora (eds.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Civil Society and International Governance. The Role of Non-state Actors the EU, Africa, Asia and Middle East</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, pp.107-125, 2010, Garnet series, 9780203840054</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00546690v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction générale. La politique du lien : économie sociale et solidaire, territoire et politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Xabier Itçaina (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La politique du lien : les nouvelles dynamiques territoriales de l'économie sociale et solidaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.13-32, 2010, Espace et territoires, 978-2-7535-1208-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00563347v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conclusion générale. La crise comme opportunité involontaire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Xabier Itçaina (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La politique du lien : les nouvelles dynamiques territoriales de l'économie sociale et solidaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.347-351, 2010, Espace et territoires, 978-2-7535-1208-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00563345v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La mort de l'huissier : les parades charivariques basques comme rites de diversion identitaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dominique Darbon; René Otayek; Pierre Sadran (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Altérité et identité, itinéraires croisés. Mélanges offerts à Christian Coulon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Bruylant, pp.353-368, 2010, 978-2-8027-2824-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00540418v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Between Mediation and Commitment. The Catholic Church and the Basque Conflict</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Haynes Jeffrey (ed.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Religion and Politics in Europe, the Middle East and North Africa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, pp.91-113, 2009, ECPR Studies in European Political Science, 978-0-203-86948-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9780203869482-13⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00511623v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ciudadanías, siciedad civil y mobilizaciones colectivas en Iparralde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Francisco Letamendia, Igor Ahedo, Maite Zelaia (coord.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Democracia, ciudadanía y territorialidad</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Administración de la Comunidad Autónoma de Euskadi, pp.407-431, 2008, 978-84-7777-329-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00371866v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Berthet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Gouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andy Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thierry Berthet, Olivier Costa, Rodolphe Gouin, Xabier Itçaina et Andy Smith (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les nouveaux espaces de la régulation politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.13-20, 2008, Logiques politiques, 978-2-296-05668-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00332751v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Local Authorities and Interfaith Dialogue in Spain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Burchianti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Congrès des pouvoirs locaux et régionaux de l'Europe. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gods in the City. Intercultural and Inter-Religious Dialogue at Local Level</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Council of Europe, pp.107-136, 2008, Local &amp; Regional, 978-92-871-6384-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00331892v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pouvoir local, réseaux notabiliaires et sociabilités coutumières. Un maire basque sous le Second Empire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Annie Antoine et Julian Mischi (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociabilité et politique en milieu rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.251-262, 2008, Histoire, 978-2-7535-0540-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pur.4282⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00326437v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Institutions religieuses et espace public. Les relations croisées entre christianisme et politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Palard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thierry Berthet, Olivier Costa, Rodolphe Gouin, Xabier Itçaina et Andy Smith (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les nouveaux espaces de la régulation politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.283-307, 2008, Logiques politiques, 978-2-296-05668-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00332897v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction : perspectives et méthodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andy Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thierry Berthet, Olivier Costa, Rodolphe Gouin, Xabier Itçaina et Andy Smith (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les nouveaux espaces de la régulation politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.137-143, 2008, Logiques politiques, 978-2-296-05668-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00332869v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction : Culture, territoire, systèmes productifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Palard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Xabier Itçaina; Jacques Palard; Sébastien Ségas. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Régimes territoriaux et développement économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">La gouvernance territoriale : pratiques, discours, théories, 3e édition revue et augmentée</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.11-24, 2007, Espace et territoires, 978-2-7535-0381-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00160499v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les nouveaux outils de la coopération territoriale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Xabier Itçaina; Jacques Palard; Sébastien Ségas. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Régimes territoriaux et développement économique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, pp.217-234, 2025, Droit et société. Classics, 9782275162607</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.241-246, 2007, Espace et territoires, 978-2-7535-0381-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00160504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dynamiques sociales et institutionnelles de l'Économie sociale et solidaire dans la communauté autonome basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Itçaina Xabier; Chevallier Marius; Gouzien Annie; Souchard Nadine. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les territoires de l'Économie sociale et solidaire : vers une comparaison interrégionale européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Délégation interministérielle à l'innovation, à l'expérimentation sociale et à l'économie sociale, pp.169-211, 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00195810v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pouvoirs locaux et religions : le cas de l'Espagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Burchianti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Congrès des pouvoirs locaux et régionaux de l'Europe. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Des Dieux dans la ville : le dialogue interculturel et interreligieux au niveau local/Gods in the city : intercultural and interreligious dialogue at local level</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions du Conseil de l'Europe, pp.107-136, 2007, Local &amp; regional, 978-92-871-6380-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00321267v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catholicisme, espace public et démocratie en Espagne et en Italie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">François Foret (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'espace public européen à l'épreuve du religieux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions de l'Université de Bruxelles, pp.91-108, 2007, Études européennes, 978-2-8004-1393-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00186768v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Économie sociale et territoire : vers une comparaison interrégionale européenne. Pistes méthodologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Gouzien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Xabier Itçaina, Marius Chevallier, Annie Gouzien, Nadine Souchard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les territoires de l'Économie sociale et solidaire : vers une comparaison interrégionale européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Délégation interministérielle à l'innovation, à l'expérimentation sociale et à l'économie sociale, pp.17-51, 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00195805v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des entreprises politiques ? Les SCOP dans l'espace public basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Xabier Itçaina; Jacques Palard; Sébastien Ségas. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Régimes territoriaux et développement économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05411264v1</w:t>
-[...64 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.67-82, 2007, Espace et territoires, 978-2-7535-0381-6</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">Théorie de la régulation : un nouvel état des savoirs</w:t>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00160514v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les relations croisées entre christianisme et politique : institutions religieuses et espace public</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Palard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Turcotte Paul-André et Rémy Jean (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Médiations et compromis : institutions religieuses et symboliques sociales. Contribution à une relecture des auteurs classiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, l'Harmattan, pp.211-235, 2006, Logiques sociales, 2-296-00186-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00567538v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Médiation et socialisation : les contributions du catholicisme à la régulation religieuse du politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Palard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Paul-André Turcotte et Jean Remy (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Médiations et compromis : institutions religieuses et symboliques sociales : conrtibutions à une relecture des classiques de la sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, l'Harmattan, pp.211-235, 2006, Logiques sociales, 2-296-00186-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00009940v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Expérience et le Mouvement : coopération, religion et identité au Pays Basque et au Québec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jacques Palard, Alain-G. Gagnon, Bernard Gagnon (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Diversités et identités au Québec et dans les régions d'Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de l'Université de Laval / PIE - Peter Lang, pp.365-389, 2006, 90-5201-054-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03633636v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un comparatisme faussement évident : Les organisations catholiques à l’épreuve de la politisation de l’enjeu migratoire en Europe du Sud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Emmanuel Nadal; Marianne Marty; Céline Thiriot (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Faire de la politique comparée: Les terrains du comparatisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Karthala, pp.117-132, 2005, 2-84586-693-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/kart.nadal.2005.01.0117⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01808753v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l’identité routinière à l’identité problématisée. Catholicisme et appartenances collectives en Pays basque français au XXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Serge Brunet et Nicole Lemaitre (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clergés, communautés et famille des montagnes d’Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 50, Éditions de la Sorbonne, pp.137-148, 2005, Histoire moderne, 979-10-351-0452-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.psorbonne.64099⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03338414v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le répertoire de l'hospitalité : mobilisations catholiques et politisation de la question migratoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Dorangricchia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ritaine Évelyne (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Europe du Sud face à l'immigration : politique de l'Étranger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de France, pp.185-222, 2005, Sociologie d'aujourd'hui, 2-13-055015-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00284519v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Organisations, acteurs et territoires : trois questions à un objet qui se dérobe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Xabier Itçaina; Robert Lafore; Claude Sorbets (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Un monde en quête de reconnaissance : usages de l'économie sociale et solidaire en Aquitaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId359" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Bordeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.29-43, 2004, Le territoire du politique, 2-86781-344-1</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">Médiations sociopolitiques de l’Eglise. Linéaments d’une sociologie politique de l’institution</w:t>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01883400v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valeurs à l'épreuve : traductions basques de l'économie sociale et solidaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Xabier Itçaina; Robert Lafore; Claude Sorbets (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Un monde en quête de reconnaissance : usages de l'économie sociale et solidaire en Aquitaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId362" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 978-2-14-032751-3</w:t>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Bordeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.127-141, 2004, Le territoire du politique, 2-86781-344-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
-[...73 lines deleted...]
-              <w:t xml:space="preserve">, pp.263-285, 2023, Territoires du politique, 978-2-35687-979-0</w:t>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01883431v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Clercs de l'identité : socialisation religieuse et engagement militant en Pays Basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Denis Laborde (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Six études sur la société basque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, l'Harmathan, pp.163-229, 2004, Anthropologie du monde occidental, 2-7475-7740-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
-[...83 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00005365v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Politique institutionnelle ou mobilisation sociale ? Le Fonds commun Aquitaine-Euskadi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Palard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jacques Palard (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Europe aux frontières : la coopération transfrontalière entre régions d'Espagne et de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de France, pp.131-154, 1997, Travaux et recherches du G.R.A.L.E., 2-13-048700-9</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
-[...73 lines deleted...]
-              <w:t xml:space="preserve">, pp.713-714, 2022, 978-2-02-147233-2</w:t>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05282495v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le synode de Bayonne : entre unité diocésaine et dualité identitaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jacques Palard (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le gouvernement de l'Église catholique : synodes et exercice du pouvoir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions du Cerf; Institut d'études politiques de Bordeaux, pp.183-204, 1997, Sciences humaines et religions, 2-204-05659-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
-[...6426 lines deleted...]
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03172328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -24309,51 +24792,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a Consistent Language Policy for the French Basque Country? Actors, Processes and Outcomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Harguindéguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -24362,113 +24845,113 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00592220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Incertitudes basques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2007, 3 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00159486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -24478,213 +24961,213 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Contrasting Local Perceptions of Europe: The 2009 Milk Strike in the French Basque Country</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (working paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03282488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le naufrage du Prestige : réactions et protestations en Pays Basque Sud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iñaki Barcena Hinojal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eneko Borja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josu Larrinaga Arza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jone Martinez Palacios</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (working paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03608143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -24694,327 +25177,327 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transagrina. Trajectoires de Transition en Agriculture en Nouvelle-Aquitaine. Rapport final</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Thivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Inda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaèle-Jeanne Aubin-Brouté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ADEME. 2023, pp.75</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04112707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les territoires de l'Économie sociale et solidaire : vers une comparaison interrégionale européenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Gouzien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Souchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Délégation interministérielle à l'innovation, à l'expérimentation sociale et à l'économie sociale. 2007, pp.268</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00195794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formes et usages de l'Économie sociale et solidaire en Émilie-Romagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Bonsignori</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Programme de recherche de la Délégation interministérielle à l'innovation, à l'expérimentation sociale et à l'économie sociale. 2007, pp.268</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00195815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -25024,105 +25507,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les politiques territoriales du religieux. Médiations catholiques en Europe du Sud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xabier Itçaina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Science politique. Université de Bordeaux; Sciences Po Bordeaux, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01256268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId494"/>
+      <w:footerReference w:type="default" r:id="rId503"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -25190,51 +25673,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="31072ADC"/>
+    <w:nsid w:val="C131FD08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -25338,51 +25821,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="E66AC602"/>
+    <w:nsid w:val="17A15EA4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -25572,51 +26055,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:x.itcaina@sciencespobordeaux.fr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04987713v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xabier It&#231;aina" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05472296v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Duchesne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Le Hay" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07591063251370954" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04972062v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Kieffer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26754/ojs_ried/ijds.10649" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05498228v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Fouad El Haddad" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07591063251348349" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04814660v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chevallier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nana.13066" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05020354v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Richez-Battesti" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fraisse" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29173/cjnser770" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05498233v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07591063251321654" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04470903v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22134/trace.85.2024.922" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04866124v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07591063241276752" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04554852v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07591063241235165" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04866085v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07591063241258055" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04566713v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55466/3.V4.RTE" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04454394v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Artis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-J. Bouchard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/recma.368.0032" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182237v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dabas" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Charbonneau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Thivet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.752.0033" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04204726v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.21959" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04377683v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07591063231160230" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04380663v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07591063231184240a" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018958v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivette Ayvar" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/recma.367.0137" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656648v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Demoustier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.10388" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865489v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1090707ar" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03602093v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/recma.363.0008" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03927606v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07591063221106200" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03927635v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07591063221128324" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03904555v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03657412v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.221.0007" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03639185v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.221.0043" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03414247v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03256793v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1077287ar" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03494130v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1387/gizaekoa.23100" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03592177v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/assr.63884" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03494135v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03499595v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02860021v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rel11050216" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02125746v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13537903.2019.1585127" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02436556v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02436839v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Gaulier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02866495v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01699436v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682349v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1042235ar" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635336v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.674.0740zg" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617382v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathal Mccall" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13597566.2017.1343723" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01412556v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberta Giorgi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09637494.2016.1212588" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01359908v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09637494.2016.1169047" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01524998v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Roger" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Smith" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.666.1067" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01359875v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lms.253.0113" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01250713v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09637494.2015.1059656" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01250679v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09637494.2015.1064224" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01250765v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Gomez" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1285/i20356609v8i2p478" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01118979v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1027208ar" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01250748v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00833201v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.631.0112k" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00783760v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/cep.2012.4" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00935987v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19460171.2012.752971" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00833297v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00741414v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pecqueur" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1017421ar" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00744927v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Harguind&#233;guy" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0969776411428497" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00593992v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/heidok.00011659" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00670308v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00541295v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00604740v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/conflits.18001" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00595875v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00389577v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lhomme.28749" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00516428v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.031.0151" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00511313v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Gouzien" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.031.0009" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00512596v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hsr.031.0195" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00511305v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.031.0005" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00512593v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.838" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00278225v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.196.0308" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00385991v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/poeu.026.0221" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00261930v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Foret" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/poeu.024.0005" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00321579v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00321231v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03434817v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00256910v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cadiou" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/palgrave.fp.8200129" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00155122v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02176611v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00084744v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00256241v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lapurdum.342" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03435987v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0002764206288459" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B519FE99368AC0ABFD2CA664B85DF9B9BB0A493F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00009962v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Weisbein" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/poeu.017.0196" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02095751v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.8222" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02176607v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Dorangricchia" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01882540v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.2002.1282" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01881796v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0037768602049003006" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F3A4C7037BB7AD1DA858C0D4C57C62E66DBF815D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00003908v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05517672v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel de la Fuente" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499094v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtille Schlur" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Huguet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Clarimont" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Degr&#233;mont" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499080v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113242v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Saniossian" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04652242v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150789v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150709v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04271626v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03677100v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03269717v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04935038v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02185543v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02180622v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02436630v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02297699v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02402638v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02436501v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02297888v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02358704v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02359174v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02302277v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02269978v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02435002v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02436453v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02364770v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02435111v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02320037v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02302298v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01380563v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01384291v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01384298v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01409616v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01359985v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02866563v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182113v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182151v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182109v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01252968v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182093v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gayon" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182205v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Errotabehere" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01171834v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00992226v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01023877v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01113875v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00973520v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01113890v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01113879v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00992238v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00973719v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01023895v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01113872v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01023885v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01113885v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00977421v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03525685v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00977069v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00580581v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00968887v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00631386v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00968880v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00561914v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Larrasquet" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00516631v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00541947v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00561909v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00521293v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00547068v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00517120v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00561911v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00389711v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Burchianti" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00382775v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00512810v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00512785v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00385764v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00514046v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00515358v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00515373v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00511845v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00514044v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00514841v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00514854v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00373147v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00333380v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bonsignori" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00373141v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00332931v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00373134v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00332964v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00335439v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00388740v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00160566v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00186465v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00195737v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00160568v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00159751v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00186461v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03433237v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00160642v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00195550v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien S&#233;gas" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00160623v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00159809v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00159798v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00196587v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03658038v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. S&#233;gas" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03429315v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00569919v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pasquier" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00569925v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Ritaine" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00569923v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00569933v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00569884v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00098319v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03799560v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.brepols.net/products/IS-9782503601847-1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03045553v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Duverger" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Lafore" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/les-trois-visages-de-less/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01891381v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429442360" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02268527v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pur-editions.fr/detail.php?idOuv=4873" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01848277v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/title/68076" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b14135" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01849364v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01547693v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Favretto" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/978-1-137-50737-2" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01279546v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cornellpress.cornell.edu/book/9781501700439/varietals-of-capitalism/#bookTabs=1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02890072v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eke.eus/fr/culture-basque/litterature-basque/salon-du-livre-et-du-disque-basques-de-durango-2012/les-nouveautes-2012-des-editeurs-d-iparralde/euskaldun-fededun" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00625480v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=34733" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00625358v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780203803851" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/T1V-S9SBRDF0-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00326239v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berthet" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Costa" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Gouin" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-les_nouveaux_espaces_de_la_regulation_politique-9782296047112-25970.html" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00160491v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Palard" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/3819/regimes-territoriaux-et-developpement-economique" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00172060v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=1642" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00159812v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erramun Baxok" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pantxoa Etxegoin" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terexa Lekunberri" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#241;aki Martinez de Luna" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larraitz Mendizabal" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03192740v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Sorbets" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05411264v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/la-gouvernance-territoriale-9782275162607.html?q=9782275162607" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05469967v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003152675-18" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04264303v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/entreprise-et-economie/theorie-regulation-un-nouvel-etat-savoirs" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.boyer.2023.01.0448" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04357447v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-mediations_sociopolitiques_de_l_eglise_lineaments_d_une_sociologie_politique_de_l_institution_claude_nsal_onanongo_omelenge_bourdin_bernard_xabier_itcaina-9782140327513-76960.html" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04310015v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/les-enjeux-du-social-et-du-societal/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03498110v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulaval.com/produit/la-laicite-du-quebec-au-miroir-de-sa-religiosite" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv25wxc3j.9" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903098v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seuil.com/ouvrage/a-la-droite-du-pere-collectif/9782021472332" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03904558v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/la-responsabilite-territoriale-des-entreprises/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03284585v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/title/74183" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03141808v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.102769" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03151023v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02865997v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/la-societe-civile-organisee-contre-letat-tout-contre/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154731v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02944083v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/preface-leconomie-sociale-et-solidaire-et-les-promesses-des-territoires/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03269570v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02436822v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-cairn.fr/regions/1077-basques-9782350682464.html?search_query=basque&amp;amp;results=94&amp;amp;cate=" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02557986v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02082257v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editorialeuskalerria.eu/catalogo.php?idP=21&amp;amp;pag=1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01890991v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01891300v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02291272v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02001687v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Secondary-Foreign-Policy-in-Local-International-Relations-Peace-building/Klatt-Wassenberg/p/book/9781138487093" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01803375v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-77297-4_4" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01686472v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781315158341-6" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01548154v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/978-1-137-50737-2_9" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01548180v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/978-1-137-50737-2_11" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02866272v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufr.10416" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692002v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=58602" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01359866v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01378377v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02465786v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01359843v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182136v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mqup.ca/state-traditions-and-language-regimes-products-9780773544840.php" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01179635v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00936017v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Manterola" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/books/e/9781315815602/chapters/10.4324/9781315815602-17" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01022575v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781315766591" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00938806v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01810783v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/chapters/edit/10.4324/9780203807354-4/hospitality-competition-xabier-it%C3%A7aina-flora-burchianti?context=ubx&amp;amp;refId=a6430fb8-950c-4771-b406-4d1b5be5e90c" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00861048v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/books/e/9780203696200/chapters/10.4324/9780203696200-12" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00861043v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.26118" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00741401v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.grand.2012.01.0119" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00757320v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00719420v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.128871" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750936v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00625407v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00653228v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00625415v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00604683v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00625498v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00978607v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00646558v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00646548v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00626135v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00595832v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5040/9781472565501.ch-004" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00522421v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/kart.cons.2010.01.0379" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00546690v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00563347v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00540418v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00563345v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00511623v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780203869482-13" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00332751v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00331892v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00326437v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.4282" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00332897v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00332869v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00371866v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00160499v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00160504v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00195810v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00321267v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00186768v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00195805v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00160514v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00009940v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03633636v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00567538v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01808753v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/kart.nadal.2005.01.0117" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03338414v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.64099" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00284519v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01883431v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pub-editions.fr/index.php/auteurs/i/itcaina-xabier.html" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00005365v2" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01883400v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05282495v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172328v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00592220v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00159486v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282488v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03608143v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#241;aki Barcena Hinojal" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eneko Borja" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu Larrinaga Arza" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jone Martinez Palacios" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112707v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Inda" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Leroux" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#232;le-Jeanne Aubin-Brout&#233;" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00195794v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Chevallier" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Souchard" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00195815v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01256268v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:x.itcaina@sciencespobordeaux.fr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04987713v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xabier It&#231;aina" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05472296v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Duchesne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Le Hay" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07591063251370954" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04972062v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Kieffer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26754/ojs_ried/ijds.10649" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05498228v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Fouad El Haddad" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07591063251348349" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04814660v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chevallier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nana.13066" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05020354v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Richez-Battesti" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fraisse" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29173/cjnser770" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05498233v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07591063251321654" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04470903v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22134/trace.85.2024.922" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04866124v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07591063241276752" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04554852v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07591063241235165" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04866085v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07591063241258055" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04566713v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55466/3.V4.RTE" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018958v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivette Ayvar" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/recma.367.0137" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04454394v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Artis" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-J. Bouchard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/recma.368.0032" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182237v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dabas" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Charbonneau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Thivet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.752.0033" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04204726v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.21959" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04377683v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07591063231160230" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04380663v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07591063231184240a" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03639185v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Demoustier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.221.0043" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656648v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.10388" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865489v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1090707ar" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03602093v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/recma.363.0008" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03927606v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07591063221106200" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03927635v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07591063221128324" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03904555v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03657412v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.221.0007" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03494135v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03499595v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03414247v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03256793v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1077287ar" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03494130v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1387/gizaekoa.23100" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03592177v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/assr.63884" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02860021v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rel11050216" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02436839v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Gaulier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02125746v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13537903.2019.1585127" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02436556v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02866495v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617382v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathal Mccall" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13597566.2017.1343723" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01699436v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682349v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1042235ar" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635336v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.674.0740zg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01412556v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberta Giorgi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09637494.2016.1212588" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01359908v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09637494.2016.1169047" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01524998v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Roger" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Smith" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.666.1067" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01359875v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lms.253.0113" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01250679v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09637494.2015.1064224" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01250713v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09637494.2015.1059656" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01250765v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Gomez" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1285/i20356609v8i2p478" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01118979v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1027208ar" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01250748v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00833201v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.631.0112k" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00783760v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/cep.2012.4" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00935987v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19460171.2012.752971" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00833297v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00741414v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pecqueur" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1017421ar" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00744927v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Harguind&#233;guy" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0969776411428497" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00593992v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/heidok.00011659" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00670308v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00541295v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00604740v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/conflits.18001" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00595875v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00389577v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lhomme.28749" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00516428v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.031.0151" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00511313v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Gouzien" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.031.0009" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00512596v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hsr.031.0195" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00511305v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.031.0005" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00512593v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.838" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00278225v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.196.0308" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00385991v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/poeu.026.0221" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00261930v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Foret" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/poeu.024.0005" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00321579v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00321231v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03434817v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00256910v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cadiou" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/palgrave.fp.8200129" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00155122v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00084744v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00256241v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lapurdum.342" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03435987v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0002764206288459" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B519FE99368AC0ABFD2CA664B85DF9B9BB0A493F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02176611v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02095751v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.8222" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00009962v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Weisbein" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/poeu.017.0196" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02176607v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Dorangricchia" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01882540v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.2002.1282" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01881796v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0037768602049003006" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F3A4C7037BB7AD1DA858C0D4C57C62E66DBF815D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00003908v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113242v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Saniossian" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05547987v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirene Begiristain" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitor Bengoetxea Alkorta" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enekoitz Etxezarreta" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05566448v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05517672v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel de la Fuente" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05566213v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05560360v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499094v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtille Schlur" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Huguet" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Clarimont" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Degr&#233;mont" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05565832v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499080v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04652242v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150789v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150709v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04271626v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03677100v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04935038v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05560456v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03269717v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02185543v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02180622v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02436630v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02297699v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02402638v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02436501v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02297888v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02269978v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02358704v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02359174v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02302277v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02302298v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02435002v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02436453v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02364770v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02435111v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02320037v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01359985v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01380563v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01384291v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01384298v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01409616v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182205v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Errotabehere" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01171834v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182093v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gayon" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02866563v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182113v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182151v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182109v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01252968v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00992226v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01023877v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01113890v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01113875v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00973520v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01113879v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00992238v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01023895v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00973719v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01113872v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01113885v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01023885v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00977421v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03525685v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00977069v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00580581v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00968887v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00631386v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00968880v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00561911v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00547068v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00517120v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00561914v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Larrasquet" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00516631v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00541947v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00561909v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00521293v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00514854v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00514841v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00389711v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Burchianti" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00382775v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00512810v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00512785v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00385764v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00514046v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00515358v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00515373v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00514044v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00511845v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00373147v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00333380v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bonsignori" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00373141v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00332931v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00332964v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00373134v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00335439v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00388740v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00159798v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00196587v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00160566v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00186465v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00195737v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00160568v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00159751v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00186461v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03433237v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00160642v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00160623v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00159809v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00195550v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien S&#233;gas" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03658038v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. S&#233;gas" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03429315v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00569919v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pasquier" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00569925v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Ritaine" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00569923v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00569933v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00569884v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00098319v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03799560v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.brepols.net/products/IS-9782503601847-1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03045553v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Duverger" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Lafore" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/les-trois-visages-de-less/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02268527v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pur-editions.fr/detail.php?idOuv=4873" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01891381v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429442360" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01849364v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01848277v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/title/68076" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b14135" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01547693v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Favretto" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/978-1-137-50737-2" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01279546v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cornellpress.cornell.edu/book/9781501700439/varietals-of-capitalism/#bookTabs=1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02890072v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eke.eus/fr/culture-basque/litterature-basque/salon-du-livre-et-du-disque-basques-de-durango-2012/les-nouveautes-2012-des-editeurs-d-iparralde/euskaldun-fededun" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00625358v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780203803851" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/T1V-S9SBRDF0-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00625480v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=34733" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00326239v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berthet" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Costa" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Gouin" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-les_nouveaux_espaces_de_la_regulation_politique-9782296047112-25970.html" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00172060v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=1642" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00160491v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Palard" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/3819/regimes-territoriaux-et-developpement-economique" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00159812v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erramun Baxok" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pantxoa Etxegoin" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terexa Lekunberri" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#241;aki Martinez de Luna" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larraitz Mendizabal" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03192740v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Sorbets" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05411264v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/la-gouvernance-territoriale-9782275162607.html?q=9782275162607" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05469967v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003152675-18" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04264303v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/entreprise-et-economie/theorie-regulation-un-nouvel-etat-savoirs" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.boyer.2023.01.0448" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04357447v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-mediations_sociopolitiques_de_l_eglise_lineaments_d_une_sociologie_politique_de_l_institution_claude_nsal_onanongo_omelenge_bourdin_bernard_xabier_itcaina-9782140327513-76960.html" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04310015v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/les-enjeux-du-social-et-du-societal/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903098v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seuil.com/ouvrage/a-la-droite-du-pere-collectif/9782021472332" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03904558v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/la-responsabilite-territoriale-des-entreprises/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03498110v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulaval.com/produit/la-laicite-du-quebec-au-miroir-de-sa-religiosite" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv25wxc3j.9" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03284585v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/title/74183" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03141808v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.102769" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03151023v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02865997v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/la-societe-civile-organisee-contre-letat-tout-contre/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154731v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02944083v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/preface-leconomie-sociale-et-solidaire-et-les-promesses-des-territoires/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03269570v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02436822v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-cairn.fr/regions/1077-basques-9782350682464.html?search_query=basque&amp;amp;results=94&amp;amp;cate=" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02557986v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02082257v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editorialeuskalerria.eu/catalogo.php?idP=21&amp;amp;pag=1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01890991v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01891300v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02001687v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Secondary-Foreign-Policy-in-Local-International-Relations-Peace-building/Klatt-Wassenberg/p/book/9781138487093" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02291272v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01803375v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-77297-4_4" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692002v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=58602" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01686472v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781315158341-6" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01548154v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/978-1-137-50737-2_9" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01548180v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/978-1-137-50737-2_11" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02866272v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufr.10416" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01359866v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01378377v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01179635v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182136v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mqup.ca/state-traditions-and-language-regimes-products-9780773544840.php" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02465786v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01359843v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00936017v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Manterola" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/books/e/9781315815602/chapters/10.4324/9781315815602-17" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01022575v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781315766591" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00861043v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.26118" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00938806v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01810783v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/chapters/edit/10.4324/9780203807354-4/hospitality-competition-xabier-it%C3%A7aina-flora-burchianti?context=ubx&amp;amp;refId=a6430fb8-950c-4771-b406-4d1b5be5e90c" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00861048v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/books/e/9780203696200/chapters/10.4324/9780203696200-12" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750936v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00741401v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.grand.2012.01.0119" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00757320v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00719420v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.128871" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00625407v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00653228v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00625415v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00604683v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00978607v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00625498v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00646558v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00646548v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00626135v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00595832v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5040/9781472565501.ch-004" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00522421v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/kart.cons.2010.01.0379" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00546690v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00563347v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00563345v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00540418v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00511623v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780203869482-13" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00371866v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00332751v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00331892v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00326437v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.4282" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00332897v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00332869v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00160499v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00160504v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00195810v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00321267v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00186768v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00195805v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00160514v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00567538v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00009940v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03633636v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01808753v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/kart.nadal.2005.01.0117" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03338414v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.64099" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00284519v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01883400v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pub-editions.fr/index.php/auteurs/i/itcaina-xabier.html" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01883431v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00005365v2" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05282495v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172328v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00592220v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00159486v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282488v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03608143v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#241;aki Barcena Hinojal" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eneko Borja" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu Larrinaga Arza" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jone Martinez Palacios" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112707v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Inda" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Leroux" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#232;le-Jeanne Aubin-Brout&#233;" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00195794v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Chevallier" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Souchard" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00195815v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01256268v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>