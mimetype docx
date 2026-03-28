--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -935,1496 +935,1496 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04194801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Chine-Afrique : une diplomatie économique agressive intensifiée par les nouvelles routes de la soie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Diplomatie : affaires stratégiques et relations internationales. Les Grands dossiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 62, pp.74-77</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04194806v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Afrique au temps du Covid-19 et de la route sanitaire de la soie : un relais géopolitique extraterritorial pour la Chine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hérodote - Revue de géographie et de géopolitique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, N° 183 (4), pp.99-116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/her.183.0099⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04190723v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La décolonialité du patrimoine : le cas du musée Te Papa Tongarewa dans le contexte des restitutions des toi moko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harmony Delhalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Aurégan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Géographie et cultures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 117, pp.153-173. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/gc.18154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04190719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 62, pp.74-77</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les dynamiques de la Chine en Afrique et en Amérique latine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Wintgens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Démocratie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 5, pp.10-12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04192101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le temps des décolonisations : de de Gaulle à nos jours.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Politique et Parlementaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, https://www.revuepolitique.fr/le-temps-des-decolonisations-de-de-gaulle-a-nos-jours-interview-de-xavier-auregan/</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...70 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04192091v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Inde en Afrique ou l’impossible rattrapage vis-à-vis de la Chine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Espace Politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 36, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/espacepolitique.5516⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2020, https://www.revuepolitique.fr/le-temps-des-decolonisations-de-de-gaulle-a-nos-jours-interview-de-xavier-auregan/</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04190726v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers une nouvelle géographie du football : l’investissement chinois dans le ballon rond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Géographie et cultures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01901540v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la diversité des interventions agricoles chinoises en Afrique : modalités et enjeux à partir du cas ivoirien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers de l'Association Tiers-Monde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, n°33, pp.119-127</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513621v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djibouti, porte d’entrée africaine des Nouvelles routes de la Soie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Diplomatie : affaires stratégiques et relations internationales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 90</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01901763v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Côte d’Ivoire : le bilan inquiétant du « système Ouattara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Aurégan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diplomatie : affaires stratégiques et relations internationales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 93</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01901752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...35 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les centres de démonstration agricoles chinois en Afrique : étude de cas en Côte d’Ivoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers d’Outre-Mer. Revue de géographie de Bordeaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, LXX (275), pp.63-91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/com.8036⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2018</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04190728v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les investissements publics chinois dans les filières agricoles ivoiriennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Agricultures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 90</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01901542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’avenir de l’Afrique s’écrit-il en Asie ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Asia focus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01901738v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers une nation du football : modalités, enjeux et perspectives des investissements footballistiques chinois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Asia focus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 33</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2017</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01901741v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taïwan en Afrique : un anachronisme en voie de résorption ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Asia focus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01901745v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Temps et non-temps de la Chine en Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Géoéconomie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 81 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/geoec.081.0177⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01901545v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Millennium Development Goals and Chinese involvement in French-speaking West Africa: which contributions for which issues?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">African Geographical Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Special Issue: From MDGs to SDGs: Africa in the Post-2015 Development Agenda. A Geographical Perspective, 36 (2), pp.200-215. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19376812.2016.1171155⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 27</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01901543v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les intermédiaires de la Chine à Abidjan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Regards géopolitiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 1 (2)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01901747v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géopolitique de la Chine en Côte d’Ivoire. La puissance chinoise à l’école ivoirienne et africaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carnets de géographes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 7, http://www.carnetsdegeographes.org/carnets_soutenances/sout_07_01_Auregan.php</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/19376812.2016.1171155⟩</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01901784v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les interventions chinoises en Côte d’Ivoire : aide, investissements et migrants-investisseurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Autrepart - Revue de sciences sociales au Sud</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 76 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/autr.076.0089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...77 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01901544v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-01901784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Représentations, « intégrations » et organisations : les enjeux des dynamiques migratoires chinoises à Abidjan (Côte d’Ivoire)</w:t>
               </w:r>
@@ -2799,7061 +2799,7061 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05465761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La santé : d’une proto-diplomatie à un axe stratégique de la politique extérieure chinoise en Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Chine en Afrique : des « diplomaties » alternatives pour de nouveaux enjeux sécuritaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IRSEM, May 2025, Paris, France. pp.22-30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05465813v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chine-Afrique. Géopolitique des relations sino-africaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chine-Afrique. Géopolitique des relations sino-africaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IPAG, Apr 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05465815v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ces « IDE qui consomment de la terre » : l’accaparement de terres – chinois – en Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXXXèmes Journées de l’Association Tiers-Monde (ATM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ATM, Jun 2025, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05465749v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présences et conséquences de l’accaparement de terres « chinois » en Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès interdisciplinaire d’études africaines (COAFRO25)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, COAFRO, Sep 2025, Cluj - Roumanie, Romania</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05465728v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Afrique face aux nouvelles dynamiques internationales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Chine, une puissance africaine ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut catholique de Vendée, Mar 2025, La-Roche-sur-Yon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05465818v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Afrique et ses présences chinoises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence les « Plumes démasquées »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre Chine Corée Japon (CCJ-CNRS) de l’EHESS, Oct 2025, Auberviliers, Campus Condorcet, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05465769v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Chine, puissance africaine ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AFD - Prospective Afrique de l'ouest 2040 / (Géo)Politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFD, Jun 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05465736v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Perspectives sur l'influence étrangère : Perceptions, réponses et résilience du continent africain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Aurégan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum de l'IHEDN sur le continent africain (FICA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IHEDN, Jun 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05465744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les stratégies chinoises d’accaparement de terres en Afrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Aurégan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enjeux de la coopération internationale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut catholique de Lille, Nov 2025, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05465721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, IPAG, Apr 2025, Paris, France</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Afrique, terrain de jeu des puissances monde ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECOPOSS 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut catholique de Lille, Oct 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, ATM, Jun 2025, Toulouse, France</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05465636v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un « modèle chinois » à Djibouti ? Le cas du « modèle » Shekou de la China Merchants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociétés et espaces africains : mutations, défis et perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Daloa, Côte d'Ivoire, May 2024, Daloa, Côte d’Ivoire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, IRSEM, May 2025, Paris, France. pp.22-30</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04684599v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Migrants et migrations chinoises en Afrique. Le cas d’Adjamé à Abidjan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociétés et espaces africains : mutations, défis et perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Daloa, Côte d'Ivoire, May 2024, Daloa, Côte d’Ivoire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, COAFRO, Sep 2025, Cluj - Roumanie, Romania</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04684598v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Chine, une puissance africaine ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire "Présences chinoises"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Xavier Aurégan et Thierry Pairault, Nov 2024, Auberviliers, Campus Condorcet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Institut catholique de Vendée, Mar 2025, La-Roche-sur-Yon, France</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466179v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelle contribution chinoise à la &amp;quot;course aux ports&amp;quot; en Afrique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6e Rencontres Francophones Transport Mobilité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RFTM, Jun 2024, Bruxelles, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Centre Chine Corée Japon (CCJ-CNRS) de l’EHESS, Oct 2025, Auberviliers, Campus Condorcet, France</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04684600v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déconstruire la cartographie des relations sino-africaines : le cas des ports</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire "Présences chinoises"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Xavier Aurégan et Thierry Pairault, Jan 2024, Auberviliers, Campus Condorcet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, AFD, Jun 2025, Paris, France</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466181v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des « ports chinois » en Afrique ? Imaginaire géopolitique et réalités locales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociétés et espaces africains : mutations, défis et perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Daloa, Côte d'Ivoire, May 2024, Daloa, Côte d’Ivoire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04684597v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’humanitaire, la « zone grise » de l’aide chinoise – en Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXXIXèmes Journées de l’Association Tiers-Monde (ATM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association tiers-monde (ATM), May 2024, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04684602v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une course aux ports en Afrique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pairault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontres des études africaines en France (REAF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, REAF, Jul 2024, Nice, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04684603v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Chine, puissance africaine » (conférence de présentation de l’ouvrage)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Aurégan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8èmes Rencontres des études africaines en France (REAF) 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GIS Afrique, Jul 2024, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05465752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, Association tiers-monde (ATM), May 2024, Paris, France</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la difficulté à se « désengager » : décentrer et rendre neutre le vocabulaire lié aux recherches sur la Chine(-Afrique)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1ères rencontres CNFG: Engagement(s)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Valenciennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Une course aux ports en Afrique ?</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293934v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De Wuhan à Wuhan, analyses statistique et historique du principal outil de la diplomatie sanitaire chinoise en Afrique : les missions médicales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque XXXVIIIèmes Journées de l’Association Tiers-Monde (ATM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, BSE, May 2023, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293889v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre morcellement et réunification des nations, quel centre de gravité pour les Jeux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les espaces-temps olympiques, d’hier à aujourd’hui : d’une éthique coubertinienne à une déontologie sportive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université du Littoral Côte d'Opale, Oct 2023, Calais (France), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04684604v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les modalités d’intervention chinoises en Afrique et les nouvelles routes de la soie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque The Rise of Asia in Global History and Perspective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Le Havre; GRIC, Feb 2022, Le Havre, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293900v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Afrique, entre intro et extraversion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chaire de recherche en Mondes émergents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Chaire de recherche en Mondes émergents, Dec 2022, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05465642v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du « modèle » Shekou aux nouvelles routes de la soie : vers une diplomatie maritime chinoise – en Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque XXXVIIèmes Journées de l’Association Tiers-Monde (ATM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UBO, May 2022, Brest, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293895v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelle(s) contribution(s) chinoises au développement en Afrique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque du centenaire de l'Union géographique internationale (UGI): "Le temps des géographes"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293892v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Afrique au temps du Covid-19 et de la route sanitaire de la soie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Rise of Asia in Global History and Perspective: What local and global changes in diversity of life?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre d’Histoire de l’Asie Contemporaine (CHAC) de l’Université Paris 1 Panthéon-Sorbonne et Groupe de Recherches Identités et Cultures (GRIC) de l’Université Le Havre Normandie, Feb 2022, Le havre, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05465756v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">BRI en Afrique : actualité et perspectives approche géopolitique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Commission Afrique OHADA du Barreau de Paris et l’Inter-Pacific Bar Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293936v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un modèle chinois « Port-Park-City » en Afrique ? Étude de cas à Djibouti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque 7e Rencontre des Etudes Africaines en France (REAF) 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Jean Jaurès, Jun 2022, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293893v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Space, Time, Politics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Union géographique internationale (UGI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Auberviliers, Campus Condorcet, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05465650v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Animation de l’atelier « Sécurité extérieure de l’Afrique »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Fabrique Défense – Le grand Débat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293937v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regards actuels de géographes sur les fronts et frontières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Regards actuels de géographes sur les fronts et frontières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNFG-Commission géographie politique-géopolitique, Feb 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05465666v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Birmanie dans tous ses états » : enjeux (géo)politiques, culturels et migratoires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Birmanie dans tous ses états » : enjeux (géo)politiques, culturels et migratoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Onlince Conference, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05465659v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sino-African Relations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence "L'intérêt grandissant de l'Asie envers l'Afrique depuis Bandung (1955)"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04300251v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sino-African Relations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">21ème Forum de l’IHEDN sur le continent africain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FICA, Sep 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04300278v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Afrique au temps de la Covid-19 et de la route sanitaire de la soie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire « Présences chinoises »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, J-J. Gabas; S. Wintgens; T. Pairault, Nov 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293939v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand le Sud investit au Sud-IDE agricoles chinois en Côte d'Ivoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque APAD « Les circulations dans le Sud global : ethnographies des échanges mondialisés »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Lomé, Togo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293904v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les modalités d’intervention chinoises en Afrique dans le cadre des nouvelles routes de la soie : concentrations et spécialisations engendrent inégalités, nouvelles extraversions et dépendances »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque XXXVIèmes Journées de l’Association Tiers-Monde (ATM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293909v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les infrastructures africaines de demain seront chinoises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque APAD « Les circulations dans le Sud global : ethnographies des échanges mondialisés »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Lomé, Togo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293901v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le corridor ferroviaire eurasiatique des nouvelles routes de la soie : intérêts chinois, limites et pistes de développement centrasiatiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque XXXVIèmes Journées de l’Association Tiers-Monde (ATM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293907v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une ferme chinoise en Côte d'Ivoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque APAD « Les circulations dans le Sud global : ethnographies des échanges mondialisés »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Lomé, Togo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293905v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les relations sino-africaines, la longue histoire d’aujourd’hui… par les chiffres et les dates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Les géopolitiques de Brest: « La Chine et le monde »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2021, Brest (en ligne), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293916v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La politique sanitaire de la Chine en Afrique »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque XXXVIèmes Journées de l’Association Tiers-Monde (ATM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293912v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chinese investments in SSA and their socio-economic impact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Labour market and wage dynamics since the 1960s-1970s in sub-Saharan Africa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CREHS; WAGE, Apr 2021, Arras (en ligne), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293914v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelle place pour les cartes dans l’analyse politique de l’espace ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Doctoriales cartographie géopolitique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Auberviliers, Campus Condorcet, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05465658v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le rôle de la Chine dans le processus de décolonisation de l’Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque « Le temps des décolonisations : De de Gaulle à nos jours »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04300290v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation de l’ouvrage &amp;quot;Les dynamiques de la Chine en Afrique et en Amérique latine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Table-ronde « Les dynamiques de la Chine en Afrique et en Amérique latine »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04300357v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le fret ferroviaire eurasiatique dans le cadre des nouvelles routes de la soie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire d’ouverture du groupe de recherche « BRIMPACT » sur les nouvelles routes de la soie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04300321v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Inde en Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Programme Paris sciences lettres (PSL) Comprendre les relations Afrique-Asie : espace transversal de recherches et d’enseignement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRAA; ETRE, Jan 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04300374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Africa’s future infrastructure will be Chinese: the Chinese contribution to financing and infrastructure realization in Africa?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque China in Africa and Africa in China - Impact on local societies, economies and cultures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ghent University, Dec 2019, Ghent, Belgique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293918v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perturbations environnementales et tensions géopolitiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence « Faits militaire et sécurité : problématiques actuelles »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04300304v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les dynamiques de la Chine en Afrique et en Amérique latine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les dynamiques de la Chine en Afrique et en Amérique latine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, Bruxelles, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05465671v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers des nouvelles routes de la soie énergétiques africaines ? La contribution chinoise aux infrastructures de communication et de production africaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque XXXVèmes Journées de l’Association Tiers-Monde (ATM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lorraine, May 2019, Metz, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293920v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Table Ronde « Les dynamiques de la Chine en Afrique et en Amérique latine »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Aurégan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Wintgens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Présentation d'ouvrage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, Bruxelles, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293922v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les dynamiques de la Chine en Afrique et en Amérique latine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les dynamiques de la Chine en Afrique et en Amérique latine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Ehess, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05465674v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les relations enchantées puis désenchantées entre Chine et Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5èmes Rencontres Scientifiques des Études Africaines en France (REAF): Afriques enchantées, Afriques en chantiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293926v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From communism to capitalism, from solidarity to profit: the case of China in Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque The Diversity of Asian Capitalisms: a comparative analysis in the context of globalization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lille 1; CASE; Clersé; CRCAO; INALCO, Jun 2018, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293928v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le corridor ferroviaire eurasiatique : un outil du développement ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Transcender les frontières – Sibérie-Mongolie : des corridors de développement entre Chine et Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association des géographes français, Dec 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293925v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la diversité des interventions agricoles chinoises en Afrique : modalités et enjeux à partir du cas ivoirien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ATM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Tiers-Monde, May 2017, Bruxelles, Belgique. http://www.mondesendeveloppement.eu/medias/files/atm-cahier-33-2018.pdf</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01901812v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Chine et l’Inde en Afrique : un enjeu commun, des approches singulières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque XXXIVèmes Journées de l’Association Tiers-Monde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ATM, May 2018, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293929v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Échanges, flux et circulations : cas croisés entre la Chine, l’Inde et l’Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5èmes Rencontres des Études Africaines en France (REAF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GIS Afrique ; Jeunes chercheurs en études africaines (JCEA), Jul 2018, Marseile, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466318v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les dynamiques agricoles chinoises en Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5èmes Rencontres des Études Africaines en France (REAF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GIS Afrique ; Jeunes chercheurs en études africaines (JCEA), Jul 2018, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466312v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Africa, a geopolitical and geoeconomic issue for China</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque The Chinese way, the new normal?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Catholique de Louvain, Dec 2018, Louvain-la Neuve, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293924v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Retour sur le FOCAC 2018</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pairault</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, REAF, Jul 2024, Nice, France</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Gabas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire "Présences chinoises"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Xavier Aurégan, Thierry Pairault et Jean-Jacques Gabas, Dec 2018, Auberviliers, Campus Condorcet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Daloa, Côte d'Ivoire, May 2024, Daloa, Côte d’Ivoire</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466310v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l’enchantement au désenchantement, l’Afrique dans sa relation au « Sud »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5èmes Rencontres des études africaines en France (REAF) 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GIS Afrique, Jul 2018, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Daloa, Côte d'Ivoire, May 2024, Daloa, Côte d’Ivoire</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05465679v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les relations dépassionnées entre Inde et Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5èmes Rencontres Scientifiques des Études Africaines en France (REAF): Afriques enchantées, Afriques en chantiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Institut catholique de Lille, Oct 2024, Lille, France</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293927v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djibouti, porte d’entrée et Spatial Fix africain de l’initiative Belt and Road</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Les nouvelles routes de la soie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CQEG; HEI; Université de Laval, Mar 2018, Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293932v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l’influence à l’interdépendance : les quatre temps de la Chine en Afrique (1949-2016)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Influences, dépendances et interdépendances dans les espaces coloniaux et post-coloniaux du XXe siècle à nos jours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Paris 1, UMR Sirice, IFG et Paris 8, May 2017, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466326v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diachronie des relations Chine-Afrique et « Sud-Sud » : les quatre temps de la Chine en Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Festival international du tourisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université d’Angers et Institut Confucius des Pays de la Loire, Jun 2017, Angers (France), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466132v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présences chinoises en Afrique et en Amérique latine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Wintgens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire "Présences chinoises"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Xavier Aurégan et Thierry Pairault, Nov 2024, Auberviliers, Campus Condorcet, France</w:t>
+              <w:t xml:space="preserve">, Xavier Aurégan, Thierry Pairault, Jean-Jacques Gabas et Sophie Wintgens, Jun 2017, Aubervillers (Campus Condorcet), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, RFTM, Jun 2024, Bruxelles, Belgium</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466324v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Inde, l’autre puissance en Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Inde, grande puissance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Journées géopolitiques de Reims, Nov 2017, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Déconstruire la cartographie des relations sino-africaines : le cas des ports</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466323v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Chine en Afrique : évolutions et réalités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Chine en Afrique : évolutions et réalités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Confucius d'Angers, Dec 2017, Angers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466320v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’aide agricole chinoise en Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Chine en Afrique : quelle coopération agricole pour quelle sécurité alimentaire ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lomé et ambassade de Chine au Togo, Oct 2017, Lomé, Région Maritime, Togo, Togo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466128v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taïwan en Afrique : un anachronisme en voie de résorption ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées jeunes chercheurs en études taïwanaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFET, CEFC Taipei et Lille 3, Mar 2017, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466329v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présences chinoises en Afrique et en Amérique latine : une coopération Sud-Sud ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6e Congrès Asie 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GIS Asie et Réseau Asie du CNRS, Jun 2017, Sciences Po - Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05465683v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Chine en Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Chine en Afrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut libre d’étude des relations internationales (ILERI), Dec 2017, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466322v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La montée en puissance de la Chine en Afrique depuis 1949 : un enjeu géopolitique africain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les visages de la gouvernementalité d’une Afrique post Guerre froide en crises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université libre de Bruxelles, Jun 2016, Bruxelles, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466148v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Chine : acteur de la reconfiguration géopolitique du continent africain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4èmes Rencontres des Études Africaines en France (REAF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GIS Afrique ; Jeunes chercheurs en études africaines (JCEA), Jan 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466339v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les nouveaux espaces africains de la globalisation : les Chinamarkets d’Abidjan et de Dakar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Appréhender la figure de l’acteur dans la globalisation : étude des rapports conflictuels dans les pays émergents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CESSMA, Nov 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466334v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De Guiguidou au Liaoning : l’aide au développement chinoise connecte des “mondes”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PÉRIMARGE - Nouveaux flux, nouvelles relations entre les lieux : les espaces périphériques dans la mondialisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IRD, Nov 2016, Bondy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466135v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géopolitique des relations sino-africaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Afrique face aux BRIC (Brésil, Russie, Inde, Chine)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ESCA, Dec 2016, Casablanca (Maroc), Morocco</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466141v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">1955-2015 : 60 ans de relations entre la Chine, l’Afrique et le « Sud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de la Fondation France-Japon de l’EHESS, Programme Afrique-Asie (CRAA-ETRE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fondation France-Japon de l’EHESS, Nov 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466331v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les relations Sud-Sud : mise en perspective de la Chine en Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence Institut catholique de Lille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut catholique de Lille, Feb 2016, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466336v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’aide chinoise – en Afrique : modalités, enjeux et changements de paradigme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées d’étude LIRSA-CNAM « Faire le développement, autrement ! »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Conservatoire national des arts et métiers (CNAM), Nov 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466330v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">1955-2014 : mise en perspective du rôle de la Chine en Afrique et au Sud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5èmes Rencontres des études africaines en France (REAF) 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GIS Afrique, Jul 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466145v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les interventions agricoles chinoises en Côte d’Ivoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Financement et sécurisation du financement de l'agriculture dans les PVD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École supérieure d'agro-développement international (ISTOM), Jan 2016, Cergy-Pontoise, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466152v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les commerces chinois et leurs intermédiaires au Sénégal et en Côte d’Ivoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intermédiaires, médiateurs, traducteurs ? Catégoriser les acteurs des espaces d'interaction sino-africains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ANR Espaces de la culture chinoise en Afrique (ESCA), May 2015, Ehess, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466154v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interventions chinoises dans le secteur agricole ivoirien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Aurégan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire "Présences chinoises"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Xavier Aurégan et Thierry Pairault, Jan 2024, Auberviliers, Campus Condorcet, France</w:t>
+              <w:t xml:space="preserve">, Xavier Aurégan Thierry Pairault et Jean-Jacques Gabas, Feb 2015, Auberviliers, Campus Condorcet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Daloa, Côte d'Ivoire, May 2024, Daloa, Côte d’Ivoire</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466341v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les communautés chinoises à Abidjan dans la « crise » ivoirienne »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée des jeunes chercheurs de l’Institut de Géographie de Paris « CRISES(S) »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de Géographie de Paris, Apr 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université du Littoral Côte d'Opale, Oct 2023, Calais (France), France</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466352v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géopolitique de la Chine en Côte d’Ivoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontres des Jeunes chercheur.e.s en études africaines (JCEA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jeunes chercheurs en études africaines (JCEA), Oct 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Valenciennes, France</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466351v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quel nouveau partenariat sino-africain ? Défis, enjeux et études de cas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Géopolitique d’un Quatuor : la France, les États-Unis, la Chine et l’Afrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lille 3, Oct 2014, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, BSE, May 2023, Bordeaux, France</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466156v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les migrations chinoises en Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence de l'Institut d'études transtextuelles et transculturelles (IETT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut d'études transtextuelles et transculturelles (IETT), Lyon 3, Feb 2014, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Auberviliers, Campus Condorcet, France</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466353v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les migrations chinoises en Afrique de l’Ouest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées de l’École Doctorale Sciences sociales de l’université de Paris 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École doctorale de Paris 8, Mar 2013, Saint-denis, Paris 8, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université Le Havre; GRIC, Feb 2022, Le Havre, France</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466356v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bamako</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bamako</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Théâtre des Sources, Jan 2013, Fontenay aux Roses, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Chaire de recherche en Mondes émergents, Dec 2022, Lille, France</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05465691v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le XVIIIème Congrès ou le temps de la nécessaire maturité chinoise en Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Chine et le Monde après le XVIIIe Congrès du PCC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université du Québec à Montréal (UQAM), Feb 2013, Montréal (Québec), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, UBO, May 2022, Brest, France</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466172v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Journées de l’École doctorale sciences sociales de l’université de Paris 8</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées de l’École doctorale sciences sociales de l’université de Paris 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École doctorale sciences sociales Paris 8, Mar 2013, Saint-denis, Paris 8, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05465702v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les enjeux induits par la “percée” chinoise au sein de la “périphérie” africaine et ouest-africaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">24e Festival International de Géographie (FIG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FIG, Oct 2013, Saint-dié-des-Vosges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Paris, France</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466160v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre anciens et nouveaux partenaires, les enjeux géopolitiques en Afrique de l’Ouest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence du Collège universitaire de Fontenay-aux-Roses (CUF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Collège universitaire de Fontenay-aux-Roses (CUF), Jan 2013, Fontenay aux Roses, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Centre d’Histoire de l’Asie Contemporaine (CHAC) de l’Université Paris 1 Panthéon-Sorbonne et Groupe de Recherches Identités et Cultures (GRIC) de l’Université Le Havre Normandie, Feb 2022, Le havre, France</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466361v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse de la présence chinoise en Afrique de l’Ouest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Afrique : enjeux contemporains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École Doctorale (Sciences sociales) de Paris 8, Apr 2012, Saint-Denis (Université Paris 8), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université Jean Jaurès, Jun 2022, Toulouse, France</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466364v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse économique de la Chine en Afrique de l’Ouest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées du développement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Orléans, France. http://www.mondesendeveloppement.eu/medias/files/c27.pdf</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2021, Brest (en ligne), France</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01901825v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Migrants, migrations (session Tensions, mobilisations, résistance)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées de l’École doctorale sciences sociales de l’université de Paris 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École doctorale sciences sociales de l’université de Paris 8, Jun 2012, Saint-denis, Paris 8, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...4812 lines deleted...]
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05465706v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01901825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse économique de la présence chinoise en Afrique de l’Ouest</w:t>
               </w:r>
@@ -10277,51 +10277,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01901816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (8)</w:t>
+        <w:t xml:space="preserve">Ouvrages (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -10392,51 +10392,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Afrique et ses présences chinoises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pairault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Aurégan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
@@ -10470,1950 +10470,1802 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04582702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les dynamiques de la Chine en Afrique et en Amérique latine – Enjeux, défis et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Wintgens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Academia. L'Harmattan, 2019, 978-2-8061-0442-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04222287v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les dynamiques de la Chine en Afrique et en Amérique latine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Wintgens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Academia L'Harmattan. 2019, 978-2-8061-0442-7</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Academia L'Harmattan. Academia L’Harmattan, 2019, 9782806104427</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Les dynamiques de la Chine en Afrique et en Amérique latine – Enjeux, défis et perspectives</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293858v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géopolitique de la Chine en Côte d’Ivoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riveneuve Éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 978-2-36013-401-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01901665v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Local, global et nouvelles frontières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Aurégan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Academia. L'Harmattan, 2019, 978-2-8061-0442-7</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Quagliariello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Travaux et documents. Presses Universitaires de Vincennes, 2014, Études et travaux, 978-2-911860-58-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">Academia L’Harmattan, 2019, 9782806104427</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01901681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géopolitique de la Chine en Côte d’Ivoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Riveneuve, 2014, 978-2-36013-401-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...132 lines deleted...]
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04222282v1</w:t>
-              </w:r>
-[...73 lines deleted...]
-                <w:t xml:space="preserve">hal-01901681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (19)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (18)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De Wuhan à Wuhan : la diplomatie sanitaire chinoise en Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Afrique et ses présences chinoises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.61-80, 2024, 978-2-336-45219-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04729151v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De Wuhan à Wuhan : la diplomatie sanitaire chinoise en Afrique</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan, pp.61-80, 2024, 978-2-336-45219-7</w:t>
+                <w:t xml:space="preserve">Le(s) rôle(s) de la Chine dans le processus de décolonisation de l’Afrique (1949-1976)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Monica Cardillo. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réalités de la décolonisation française. Ruptures, résistances, et… continuités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PULIM, pp.150-170, 2024, 978-2-84287-892-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04729151v1</w:t>
+                <w:t xml:space="preserve">hal-04927692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le(s) rôle(s) de la Chine dans le processus de décolonisation de l’Afrique (1949-1976)</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Unequal Modalities of China’s Intervention in Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Palgrave Macmillan Singapore. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Palgrave Handbook of Globalization with Chinese Characteristics – The Case of the Belt and Road Initiative</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer Nature Singapore, pp.735-752, 2023, 978-981-19-6700-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-981-19-6700-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04927692v1</w:t>
-[...55 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">hal-04191107v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...4 lines deleted...]
-            </w:hyperlink>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les moyens et les conséquences du « bailleur-constructeur » chinois dans les nouvelles routes de la soie en Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses de l'université du Québec. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">À la croisée des nouvelles routes de la soie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.187-203, 2023, 978-2760557963</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04191107v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04191095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les moyens et les conséquences du « bailleur-constructeur » chinois dans les nouvelles routes de la soie en Afrique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+                <w:t xml:space="preserve">Le projet chinois des nouvelles routes de la soie : un relai géopolitique sur le continent africain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Atlande. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Géographies du politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.117-129, 2022, 9782350307381</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04191083v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conclusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Wintgens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sophie Wintgens; Xavier Aurégan. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les dynamiques de la Chine en Afrique et en Amérique latine – Enjeux, défis et perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Academia L’Harmattan, pp.293-318, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293876v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les nouvelles routes de la soie : viabilité et enjeux du corridor ferroviaire eurasiatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Verny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses de l'université du Québec. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">À la croisée des nouvelles routes de la soie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.187-203, 2023, 978-2760557963</w:t>
+              <w:t xml:space="preserve">Les nouvelles routes de la soie. Géopolitique d’un grand projet chinois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.71-93, 2019, 978-2760552067</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, pp.117-129, 2022, 9782350307381</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04191075v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Wintgens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sophie Wintgens; Xavier Aurégan. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les dynamiques de la Chine en Afrique et en Amérique latine – Enjeux, défis et perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Academia L’Harmattan, pp.11-30, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Atlande, pp.117-129, 2022</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293877v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les quatre temps de la Chine en Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LES DYNAMIQUES DE LA CHINE EN AFRIQUE ET EN AMÉRIQUE LATINE - Enjeux, défis et perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Academia, pp.33-63, 2019, 978-2-8061-0442-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Sophie Wintgens</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04191065v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La montée en puissance de la Chine en Afrique depuis 1949 : un enjeu géopolitique africain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Japhet A. Anafak L.; Achille E. Bella. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Crises de gouvernementalité en Afrique post-guerre froide-Une perspective pluridisciplinaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L’Harmattan, pp.309-324, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513517v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les dynamiques des relations entre la Chine et l’Afrique, du Sahel et du Sahara à la Méditerranée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Afrique : du Sahel et du Sahara à la Méditerranée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ellipses, 2017, 9782340021228</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01901694v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géopolitique des relations sino-africaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Afrique face aux pays émergents: vers des relations renouvelées?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 978-2-8066-3615-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01901690v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quel nouveau partenariat sino-africain ? Défis, enjeux et études de cas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Géopolitique d’un quatuor : la France, les États-Unis, la Chine et l’Afrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Espérance, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01901697v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Millennium Development Goals and Chinese involvement in French-speaking West Africa: which contributions for which issues?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Africa in the Post-2015 Development Agenda. A Geographical Perspective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Routledge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01901704v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La montée en puissance de la Chine en Afrique depuis 1949 : un enjeu géopolitique africain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes du colloque Les visages de la gouvernementalité d’une Afrique post guerre froide en crises, Université libre de Belgique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L’Harmattan, pp.309-324, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02651740v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le XVIIIème Congrès ou le temps de la nécessaire maturité chinoise en Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Chine et le Monde. Quelles nouvelles relations, quels nouveaux paradigmes?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses de l’Université du Québec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01901711v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Notice « Côte d’Ivoire »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...24 lines deleted...]
-              <w:t xml:space="preserve">, Academia L’Harmattan, pp.293-318, 2019</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sihé Néya</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire des migrations internationales-Approche géohistorique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armand Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...73 lines deleted...]
-              <w:t xml:space="preserve">, pp.71-93, 2019, 978-2760552067</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01901707v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse économique de la présence chinoise en Afrique de l’Ouest francophone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Local, global et nouvelles frontières–Journées d’étude de l’École doctorale Sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , 2014, 978-2-911860-59-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...732 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
-              <w:r>
-[...113 lines deleted...]
-            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01901715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12423,463 +12275,463 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Afrique, un continent dans la toile de Pékin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04300627v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La lutte contre Boko Haram : définition, limites et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01901757v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’Afrique, un continent dans la toile de Pékin</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+                <w:t xml:space="preserve">Les États africains doivent définir une politique chinoise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04300627v1</w:t>
+                <w:t xml:space="preserve">hal-01901776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La lutte contre Boko Haram : définition, limites et perspectives</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">2018</w:t>
+                <w:t xml:space="preserve">Les enjeux du Forum de coopération Chine-Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015, https://www.diploweb.com/FOCAC-Les-enjeux-du-Forum-de.html</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01901757v1</w:t>
+                <w:t xml:space="preserve">hal-01901779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les États africains doivent définir une politique chinoise</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">2016</w:t>
+                <w:t xml:space="preserve">Les « communautés » chinoises en Côte d’Ivoire : analyse comparative de l’hétérogénéité des acteurs, de leur intégration et des territoires en Afrique de l’Ouest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2012, https://geopolitique.hypotheses.org/122</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01901776v1</w:t>
+                <w:t xml:space="preserve">hal-01901789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les enjeux du Forum de coopération Chine-Afrique</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">2015, https://www.diploweb.com/FOCAC-Les-enjeux-du-Forum-de.html</w:t>
+                <w:t xml:space="preserve">La communauté libanaise en Afrique de l’Ouest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01901779v1</w:t>
+                <w:t xml:space="preserve">hal-01901786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les « communautés » chinoises en Côte d’Ivoire : analyse comparative de l’hétérogénéité des acteurs, de leur intégration et des territoires en Afrique de l’Ouest</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">2012, https://geopolitique.hypotheses.org/122</w:t>
+                <w:t xml:space="preserve">La Chine en Côte d’Ivoire : le double jeu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2011, https://www.diploweb.com/La-Chine-en-Cote-d-Ivoire-le.html</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
-              <w:r>
-[...122 lines deleted...]
-            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01901796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12889,289 +12741,289 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chine-Afrique(s)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Club Demeter. 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04191051v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chine-Afrique(s). Agrospective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Club Demeter. 2021, pp.61-70</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04300388v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chine-Afrique(s)</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Club Demeter. 2021</w:t>
+                <w:t xml:space="preserve">Le corridor ferroviaire eurasiatique : un système géoéconomique et un outil interpolaire au service du développement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Neoma Business School. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04191051v1</w:t>
+                <w:t xml:space="preserve">hal-04191054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chine-Afrique(s). Agrospective</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Club Demeter. 2021, pp.61-70</w:t>
+                <w:t xml:space="preserve">Analyse des interventions de la Chine dans le secteur agricole en Côte d’Ivoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Aurégan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CIRAD; CTA. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
-              <w:r>
-[...130 lines deleted...]
-            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01901827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13181,114 +13033,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géopolitique de la Chine en Côte d'Ivoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Aurégan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Géographie. Université Paris 8; Institut français de géopolitique, 2014. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2014PA083984⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01190744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId223"/>
+      <w:footerReference w:type="default" r:id="rId221"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -13356,51 +13208,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0FA9A99F"/>
+    <w:nsid w:val="218ED638"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13587,51 +13439,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/xavier-auregan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8773-0943" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/181449552" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466224v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Aur&#233;gan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466200v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466209v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684609v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flux1.135.0013" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190718v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ried.8344" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04490129v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/hommesmigrations.16361" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190720v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/com.13870" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191045v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190722v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.197.0103" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194801v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190719v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harmony Delhalle" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gc.18154" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194806v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190723v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/her.183.0099" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192101v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Wintgens" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192091v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190726v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/espacepolitique.5516" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901752v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513621v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901540v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901763v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190728v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/com.8036" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901542v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901738v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901741v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901745v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901545v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/geoec.081.0177" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901543v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19376812.2016.1171155" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901544v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/autr.076.0089" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901747v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901784v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02616397v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901549v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901548v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mochi.033.0055" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901547v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/oute.030.0381" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465761v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465744v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465721v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465815v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465749v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465813v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465728v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465818v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465769v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465736v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465752v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684602v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684603v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pairault" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684598v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684599v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465636v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466179v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684600v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466181v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684597v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684604v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293934v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293889v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465650v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293900v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465642v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293895v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293892v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293936v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465756v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293893v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293916v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293914v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293912v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465658v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293937v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300278v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293939v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465659v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465666v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300251v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293904v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293909v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293901v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293905v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293907v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300290v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300374v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293918v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300321v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300357v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300304v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465671v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293920v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293922v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465674v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293926v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293928v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293925v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901812v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466318v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293929v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466312v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293924v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465679v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466310v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Gabas" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293927v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293932v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466322v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466326v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466132v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466320v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466128v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466324v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466323v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466329v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465683v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466148v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466339v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466141v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466135v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466334v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466331v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466336v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466330v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466145v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466152v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466154v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466341v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466353v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466352v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466351v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466156v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466356v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465691v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466172v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465702v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466160v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466361v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466364v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465706v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901825v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466177v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465713v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466365v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465710v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465716v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901816v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684611v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/histoire-geographie-et-sciences-politiques/chine-puissance-africaine-geopolitique-relations-sino" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04582702v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-l_afrique_et_ses_presences_chinoises_xavier_auregan_thierry_pairault_alain_gascon-9782336452197-80028.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190717v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04222287v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293858v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901665v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riveneuve.com/?s=aur%C3%A9gan" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04222282v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901681v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Quagliariello" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729151v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927692v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191107v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-6700-9" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191095v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191083v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293873v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293876v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191075v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Verny" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293877v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191065v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513517v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901704v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Africa-in-the-Post-2015-Development-Agenda-A-Geographical-Perspective/Zulu-DAlessandro/p/book/9781138066809" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901694v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901690v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=54627" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901697v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02651740v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901711v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extranet.puq.ca/media/produits/documents/2558_D4143-FP.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901707v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sih&#233; N&#233;ya" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.armand-colin.com/dictionnaire-des-migrations-internationales-9782200250126" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901715v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300627v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901757v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901776v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901779v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901789v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901786v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901796v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191051v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300388v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191054v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901827v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01190744v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014PA083984" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/xavier-auregan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8773-0943" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/181449552" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466224v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Aur&#233;gan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466200v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466209v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684609v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flux1.135.0013" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190718v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ried.8344" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04490129v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/hommesmigrations.16361" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190720v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/com.13870" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191045v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190722v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.197.0103" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194801v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194806v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190723v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/her.183.0099" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190719v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harmony Delhalle" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gc.18154" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192101v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Wintgens" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192091v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190726v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/espacepolitique.5516" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901540v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513621v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901763v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901752v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190728v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/com.8036" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901542v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901738v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901741v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901745v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901545v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/geoec.081.0177" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901543v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19376812.2016.1171155" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901747v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901784v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901544v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/autr.076.0089" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02616397v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901549v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901548v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mochi.033.0055" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901547v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/oute.030.0381" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465761v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465813v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465815v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465749v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465728v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465818v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465769v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465736v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465744v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465721v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465636v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684599v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684598v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466179v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684600v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466181v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684597v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684602v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684603v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pairault" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465752v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293934v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293889v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684604v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293900v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465642v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293895v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293892v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465756v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293936v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293893v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465650v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293937v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465666v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465659v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300251v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300278v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293939v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293904v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293909v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293901v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293907v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293905v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293916v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293912v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293914v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465658v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300290v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300357v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300321v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300374v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293918v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300304v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465671v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293920v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293922v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465674v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293926v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293928v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293925v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901812v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293929v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466318v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466312v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293924v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466310v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Gabas" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465679v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293927v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293932v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466326v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466132v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466324v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466323v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466320v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466128v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466329v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465683v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466322v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466148v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466339v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466334v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466135v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466141v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466331v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466336v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466330v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466145v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466152v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466154v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466341v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466352v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466351v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466156v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466353v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466356v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465691v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466172v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465702v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466160v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466361v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466364v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901825v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465706v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466177v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465713v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466365v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465710v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465716v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901816v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684611v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/histoire-geographie-et-sciences-politiques/chine-puissance-africaine-geopolitique-relations-sino" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04582702v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-l_afrique_et_ses_presences_chinoises_xavier_auregan_thierry_pairault_alain_gascon-9782336452197-80028.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04222287v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293858v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901665v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riveneuve.com/?s=aur%C3%A9gan" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901681v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Quagliariello" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04222282v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729151v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927692v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191107v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-6700-9" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191095v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191083v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293876v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191075v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Verny" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293877v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191065v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513517v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901694v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901690v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=54627" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901697v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901704v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Africa-in-the-Post-2015-Development-Agenda-A-Geographical-Perspective/Zulu-DAlessandro/p/book/9781138066809" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02651740v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901711v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extranet.puq.ca/media/produits/documents/2558_D4143-FP.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901707v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sih&#233; N&#233;ya" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.armand-colin.com/dictionnaire-des-migrations-internationales-9782200250126" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901715v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300627v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901757v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901776v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901779v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901789v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901786v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901796v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191051v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300388v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191054v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901827v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01190744v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014PA083984" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>