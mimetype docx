--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -141,2149 +141,1505 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (6)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaussian Processes: from knowledge-informed Machine Learning to optimization</w:t>
+                <w:t xml:space="preserve">Truncated multivariate normal distribution under linear and nonlinear constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Hassan Maatouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Didier Rullière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HCERES LIMOS visit 2025</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Poster de conférence</w:t>
+              <w:t xml:space="preserve">Technometrics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, pp.1-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00401706.2026.2644493⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05324906v1</w:t>
+                <w:t xml:space="preserve">hal-04792003v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collocation-based kriging with applications to the prediction of perfect flows</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Efficient constrained Gaussian process approximation using elliptical slice sampling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Hassan Maatouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Didier Rullière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Consortium en math´ematiques appliqu´ees CIROQUO, Workshop, 2025</w:t>
-[...14 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">Bayesian Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, -1 (-1), </w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-05081287v1</w:t>
+                <w:t xml:space="preserve">⟨10.1214/25-BA1555⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04496474v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-output Gaussian Process Regression: from shape parameters to vector-valued fluid flow</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Soumyodeep Mukhopadhyay</w:t>
+                <w:t xml:space="preserve">Bayesian analysis of constrained Gaussian processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Maatouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
+                <w:t xml:space="preserve">Didier Rullière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26e Congrès Français de Mécanique (CFM 2025)</w:t>
-[...14 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">Bayesian Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20 (3), pp.973-1002. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05234876v1</w:t>
+                <w:t xml:space="preserve">⟨10.1214/24-BA1429⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04084865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bayesian Linear Models for Large Datasets</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Large-scale constrained Gaussian processes for shape-restricted function estimation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Maatouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rullière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Functional and Operatorial Statistics (IWFOS)</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Poster de conférence</w:t>
+              <w:t xml:space="preserve">Statistics and Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 35 (7), https://rdcu.be/d1V8H. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11222-024-10541-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05345252v1</w:t>
+                <w:t xml:space="preserve">hal-04348962v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kriging under differential information: application to prediction of perfect flows</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Soumyodeep Mukhopadhyay</w:t>
+                <w:t xml:space="preserve">Equivalent between constrained optimal smoothing and Bayesian estimation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Grammont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Rullière</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
+                <w:t xml:space="preserve">Hassan Maatouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gaussian processes and related topics</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Poster de conférence</w:t>
+              <w:t xml:space="preserve">Journal of Nonparametric Statistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 37 (1), pp.60-81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10485252.2024.2348542⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-05157949v1</w:t>
+                <w:t xml:space="preserve">hal-03282857v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Analytic Comparison of Regularization Methods for Gaussian Processes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hossein Mohammadi</w:t>
+                <w:t xml:space="preserve">Sampling large hyperplane-truncated multivariate normal distributions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Maatouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Touboul</w:t>
+                <w:t xml:space="preserve">Didier Rullière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Durrande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR Mascot Num annual conference</w:t>
-[...138 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1214/24-BA1429⟩</w:t>
+              <w:t xml:space="preserve">Computational Statistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 39, pp.1779-1806. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00180-023-01416-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04084865v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03741860v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient constrained Gaussian process approximation using elliptical slice sampling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Karhunen–Loève decomposition of Gaussian measures on Banach spaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hassan Maatouk</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Xavier Bay</w:t>
+                <w:t xml:space="preserve">Jean-Charles Croix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bayesian Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1214/25-BA1555⟩</w:t>
+              <w:t xml:space="preserve">Probability and Mathematical Statistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 39 (2), pp.279 - 297. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.19195/0208-4147.39.2.3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04496474v2</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-02426501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large-scale constrained Gaussian processes for shape-restricted function estimation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Didier Rullière</w:t>
+                <w:t xml:space="preserve">An analysis of covariance parameters in Gaussian Process-based optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hossein Mohammadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Touboul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Statistics and Computing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11222-024-10541-2⟩</w:t>
+              <w:t xml:space="preserve"> Croatian Operational Research Review (CRORR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (1), pp.1-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17535/crorr.2018.0001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04348962v2</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01412156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sampling large hyperplane-truncated multivariate normal distributions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Generalization of the Kimeldorf-Wahba correspondence for constrained interpolation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Grammont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Maatouk</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Statistics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Electronic Journal of Statistics </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 10 (1), pp.1580-1595. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1214/16-ejs1149⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00180-023-01416-7⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03741860v2</w:t>
+                <w:t xml:space="preserve">hal-04150103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Equivalent between constrained optimal smoothing and Bayesian estimation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hassan Maatouk</w:t>
+                <w:t xml:space="preserve">Spectral approach for kernel-based interpolation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nonparametric Statistics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Annales de la Faculté des Sciences de Toulouse. Mathématiques.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 21 (3), pp.439-479</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03282857v2</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00915529v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karhunen–Loève decomposition of Gaussian measures on Banach spaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Argumentwise invariant kernels for the approximation of invariant functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Ginsbourger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Charles Croix</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Roustant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carraro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Probability and Mathematical Statistics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Annales de la Faculté de Sciences de Toulouse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Tome 21 (numéro 3), p. 501-527</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-02426501v1</w:t>
+                <w:t xml:space="preserve">hal-00632815v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An analysis of covariance parameters in Gaussian Process-based optimization</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
+                <w:t xml:space="preserve">Model risk in the pricing of weather derivatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Roustant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Touboul</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carraro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Croatian Operational Research Review (CRORR)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bankers Markets &amp; Investors : an academic &amp; professional review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 72, p. 5-16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17535/crorr.2018.0001⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">emse-01412156v1</w:t>
+                <w:t xml:space="preserve">emse-00699607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generalization of the Kimeldorf-Wahba correspondence for constrained interpolation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A bootstrap approach to the pricing of weather derivatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Roustant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-P. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hassan Maatouk</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Carraro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronic Journal of Statistics </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletin Français d'Actuariat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 6 (12), pp.163-171</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1214/16-ejs1149⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04150103v1</w:t>
+                <w:t xml:space="preserve">hal-00409725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectral approach for kernel-based interpolation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Gauthier</w:t>
+                <w:t xml:space="preserve">A Bootstrap approach to the price uncertainty of weather derivatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Roustant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...422 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carraro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASTIN Bulletin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-00744904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2293,871 +1649,1619 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive finite-dimensional approximation of constrained Gaussian processes for large datasets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Maatouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rullière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05175025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bayesian linear models for large datasets: Markov chain Monte Carlo or Matheron's update rule</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Maatouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rullière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04890680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal Smoothing and Gaussian Processes with noisy data under constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Grammont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Maatouk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03625227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Planification d'expériences numériques à partir du processus ponctuel de Strauss</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Franco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dupuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00260701v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (6)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaussian Processes: from knowledge-informed Machine Learning to optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Rullière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soumyodeep Mukhopadhyay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Trappler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HCERES LIMOS visit 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Clermont -Ferrand, France. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05324906v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Collocation-based kriging with applications to the prediction of perfect flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soumyodeep Mukhopadhyay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Rullière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Genest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Consortium en math´ematiques appliqu´ees CIROQUO, Workshop, 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Ecully, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-05081287v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multi-output Gaussian Process Regression: from shape parameters to vector-valued fluid flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soumyodeep Mukhopadhyay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Rullière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Genest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">26e Congrès Français de Mécanique (CFM 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Metz, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05234876v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">Jessica Franco</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bayesian Linear Models for Large Datasets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Maatouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Rullière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Workshop on Functional and Operatorial Statistics (IWFOS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Novara, Italy. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05345252v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...28 lines deleted...]
-                <w:t xml:space="preserve">hal-00260701v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kriging under differential information: application to prediction of perfect flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soumyodeep Mukhopadhyay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Rullière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Genest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gaussian processes and related topics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-05157949v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An Analytic Comparison of Regularization Methods for Gaussian Processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hossein Mohammadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Touboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Durrande</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GDR Mascot Num annual conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Saint Etienne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01148652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient Bayesian Linear Models for a Large Number of Observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Maatouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rullière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Germán Aneiros; Enea G. Bongiorno; Aldo Goia; Marie Hušková. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Trends in Functional Statistics and Related Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Nature Switzerland, pp.327-335, 2025, Contributions to Statistics, 978-3-031-92383-8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-92383-8_40⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04890715v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Short Term Load Forecasting in the Industry for Establishing Consumption Baselines: A French Case</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Blancarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Batton-Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Grau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modeling and Stochastic Learning for Forecasting in High Dimensions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 217, Springer, pp 1-20, 2015, Lecture Notes in Statistics, 978-3-319-18731-0. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-18732-7_1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-01184916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An empirical study of the use of confidence levels in RBDO with Monte Carlo simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Salazar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Piotr Breitkopf; Rajan Filomeno Coelho. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Multidisciplinary Design Optimization in Computational Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, wiley / ISTE, pp.369-404, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-00436268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'incertitude en conception : formalisation, estimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Pujol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Roustant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optimisation Multidisciplinaire de Systèmes Mécaniques 2 : réduction de modèles, robustesse, fiabilité, réalisations logicielles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hermes publisher, 2009, Mécanique et Ingénierie des Matériaux</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00409905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3167,1804 +3271,1804 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal Linear Interpolation under Differential Information: application to prediction of perfect flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soumyodeep Mukhopadhyay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rullière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Genest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PGMO (Programme Gaspard Monge pour l'Optimisation) DAYS 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EDF, Nov 2025, Saclay, France. pp.112</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05372055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Comparison of Regularization Methods for Gaussian Processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hossein Mohammadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Durrande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Touboul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 SIAM Conference on Optimization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-01525668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrating industrial energy consumption as short-term demand response resources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Blancarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murin Valérie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Batton-Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th Annual International Conference on Sustainable Energy and Environmental Sciences (SEES 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2015, Singapour, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-01119393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation of Gaussian processes with interpolation and inequality constraints - A correspondence with optimal smoothing splines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Maatouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Grammont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GRF - Sim workshop : Simulation of Gaussian and related Random Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Bern, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-01097010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new rejection sampling method for truncated multivariate Gaussian random variables</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Maatouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eleventh International Conference on Monte Carlo and Quasi-Monte Carlo Methods in Scientific Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Leuven, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-01097026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On regularization techniques in statistical learning by Gaussian processes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Product family optimization: a multiplatform algorithm based on iterative increase of the commonality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Derrick Fongang Fongang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Touboul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NICST'2013, New and smart Information Communication Science and Technology to support Sustainable Development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Clermont Ferrand, France</w:t>
+              <w:t xml:space="preserve">Quatorzième congrès annuel de la Société Française de recherche Opérationnelle et d'Aide à la Décision (ROADEF 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2013, Troyes, France. pp.Session 36 : Programmation Mathématique MultiObjectifs (PM2O)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-00867497v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-00796767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Product family optimization: a multiplatform algorithm based on iterative increase of the commonality</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">On regularization techniques in statistical learning by Gaussian processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hossein Mohammadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Touboul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quatorzième congrès annuel de la Société Française de recherche Opérationnelle et d'Aide à la Décision (ROADEF 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2013, Troyes, France. pp.Session 36 : Programmation Mathématique MultiObjectifs (PM2O)</w:t>
+              <w:t xml:space="preserve">NICST'2013, New and smart Information Communication Science and Technology to support Sustainable Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Clermont Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-00796767v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-00867497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transposing Energy Consumption Analysis and Forecasting Tools from the Industrial Site to the Equipment Level</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Blancarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrés Rodríguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Batton-Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Grau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NICST'2013, New and smart Information Communication Science and Technology to support Sustainable Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Clermont Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-00862323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Planification d'expériences numériques à partir du processus ponctuel de Strauss</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12e congrès de la société Française de Recherche Opérationnelle et d'Aide à la Décision (ROADEF 2011)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2011, Saint Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-00679651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adding hypothesis testing to evolutionary RBDO with Monte Carlo simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Salazar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCM 2010, IV European Conference on Computational Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2010, Paris, France. pp.936</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-00686630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strauss Processes: A New Space-filling Design for Computer Experiments (Planification d'expériences numériques à partir du processus ponctuel de Strauss)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Dupuy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès conjoint de la Société Statistique du Canada et de la SFdS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2008, Ottawa, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00409774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Covariance Kernels for Spatial Interpolation of Symmetrical Functions (Noyaux de covariance pour le krigeage de fonctions symétriques)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Ginsbourger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Carraro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès conjoint de la Société Statistique du Canada et de la SFdS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2008, Ottawa, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00409759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kriging and invariances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Ginsbourger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Richet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Carraro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th annual conference of ENBIS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2008, Athènes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00409764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Initialization Bias Suppression of an Iterative Monte Carlo Calculation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Richet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monte Carlo 2005: The Monte Carlo Method: Versatility Unbounded In A Dynamic Computing World</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2005, Chattanooga, Tennessee, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00409762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A bootstrap approach to the pricing of weather derivatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Roustant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Carraro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">35 eme colloque ASTIN</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2003, Bergen, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00699544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automated Suppression of the Initial Transient in Monte Carlo Calculations based on Stationarity Detection using the Brownian Bridge Theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Richet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Conference on Nuclear Criticality Safety</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2003, Tokai-mura, Japan. pp 578-583</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-00703270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation Risk and the Pricing of Weather Derivatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Roustant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carraro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AFFI rencontre chercheurs / industrie financière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2001, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-00745082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4974,133 +5078,133 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large scale Gaussian processes with Matheron's update rule and Karhunen-Loève expansion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Maatouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rullière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MCQMC 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Linz (AUSTRIA), Austria. 460, pp.469--487, 2024, 978-3-031-59761-9. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-59762-6_23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03909542v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5110,147 +5214,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régulation de la planéité d'une bande métallique à la sortie d'une cage de laminoir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Dorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, N° de brevet: N° FR20040013753 20041222. 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brevet</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-00686686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5260,122 +5364,122 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régulation de planéité par critère crête-à-crête</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Mines Saint-Etienne. 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-00691573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId112"/>
+      <w:footerReference w:type="default" r:id="rId114"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5443,51 +5547,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B4E6E912"/>
+    <w:nsid w:val="F198D6C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5674,51 +5778,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/xavier-bay" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-4038-2635" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324906v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rulli&#232;re" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Le Riche" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bay" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumyodeep Mukhopadhyay" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Trappler" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05081287v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Genest" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234876v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345252v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Maatouk" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05157949v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01148652v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Mohammadi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Touboul" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Durrande" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084865v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Maatouk" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/24-BA1429" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496474v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/25-BA1555" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348962v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11222-024-10541-2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741860v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00180-023-01416-7" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282857v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Grammont" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10485252.2024.2348542" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02426501v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Croix" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19195/0208-4147.39.2.3" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01412156v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17535/crorr.2018.0001" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150103v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/16-ejs1149" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915529v3" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Gauthier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632815v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ginsbourger" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roustant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Carraro" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00699607v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Laurent" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409725v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Laurent" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Carraro" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00744904v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175025v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890680v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625227v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00260701v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Franco" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dupuy" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Corre" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890715v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-92383-8_40" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01184916v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Blancarte" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Batton-Hubert" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Girard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Grau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-18732-7_1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00436268v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Salazar" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409905v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pujol" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372055v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01525668v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01119393v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murin Val&#233;rie" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01097010v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Grammont" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01097026v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00867497v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00796767v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derrick Fongang Fongang" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00862323v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00679651v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00686630v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409774v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Franco" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Corre" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dupuy" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409759v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ginsbourger" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409764v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Richet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409762v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Jacquet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699544v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00703270v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Richet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jacquet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00745082v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03909542v2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-59762-6_23" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00686686v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dorel" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Leclercq" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Martin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00691573v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/xavier-bay" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-4038-2635" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792003v4" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Maatouk" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rulli&#232;re" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bay" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00401706.2026.2644493" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496474v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/25-BA1555" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084865v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/24-BA1429" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348962v2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11222-024-10541-2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282857v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Grammont" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10485252.2024.2348542" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741860v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00180-023-01416-7" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02426501v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Croix" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19195/0208-4147.39.2.3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01412156v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Mohammadi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Le Riche" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Touboul" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17535/crorr.2018.0001" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150103v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/16-ejs1149" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915529v3" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Gauthier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632815v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ginsbourger" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roustant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Carraro" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00699607v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Laurent" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409725v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Laurent" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Carraro" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00744904v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175025v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890680v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625227v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00260701v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Franco" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dupuy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Corre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324906v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumyodeep Mukhopadhyay" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Trappler" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05081287v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Genest" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234876v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345252v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Maatouk" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05157949v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01148652v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Durrande" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890715v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-92383-8_40" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01184916v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Blancarte" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Batton-Hubert" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Girard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Grau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-18732-7_1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00436268v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Salazar" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409905v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pujol" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372055v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01525668v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01119393v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murin Val&#233;rie" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01097010v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Grammont" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01097026v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00796767v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derrick Fongang Fongang" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00867497v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00862323v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00679651v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00686630v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409774v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Franco" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Corre" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dupuy" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409759v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ginsbourger" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409764v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Richet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409762v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Jacquet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699544v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00703270v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Richet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jacquet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00745082v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03909542v2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-59762-6_23" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00686686v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dorel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Leclercq" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Martin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00691573v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>