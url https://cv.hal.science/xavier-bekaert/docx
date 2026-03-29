--- v0 (2026-03-03)
+++ v1 (2026-03-29)
@@ -66,195 +66,195 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (26)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (25)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bondi-Metzner-Sachs Particles</w:t>
+                <w:t xml:space="preserve">Classification of Conformal Carroll Algebras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Hamid Afshar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Xavier Bekaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannick Herfray</w:t>
+                <w:t xml:space="preserve">Mojtaba Najafizadeh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 135 (13), pp.131602. </w:t>
+              <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12, pp.148. </w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/8376-fync⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/JHEP12(2024)148⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05378365v1</w:t>
+                <w:t xml:space="preserve">hal-04737863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asymptotic behaviour of massless fields and kinematic duality between interior null cones and null infinity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bekaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.I. Aadharsh Raj</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -295,2324 +295,2220 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04668253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classification of Conformal Carroll Algebras</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Universal enveloping algebras of Lie–Rinehart algebras: crossed products, connections, and curvature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bekaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hamid Afshar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Xavier Bekaert</w:t>
+                <w:t xml:space="preserve">Niels Kowalzig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mojtaba Najafizadeh</w:t>
+                <w:t xml:space="preserve">Paolo Saracco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 12, pp.148. </w:t>
+              <w:t xml:space="preserve">Letters in Mathematical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 114 (6), pp.140. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/JHEP12(2024)148⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11005-024-01876-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04737863v1</w:t>
+                <w:t xml:space="preserve">hal-05378374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Universal enveloping algebras of Lie–Rinehart algebras: crossed products, connections, and curvature</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Geometric tool kit for higher spin gravity (Part II): An introduction to Lie algebroids and their enveloping algebras</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bekaert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Paolo Saracco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Letters in Mathematical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11005-024-01876-y⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Modern Physics A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 38 (25), pp.255. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/S0217751X23300132⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05378374v1</w:t>
+                <w:t xml:space="preserve">hal-05378372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometric tool kit for higher spin gravity (Part II): An introduction to Lie algebroids and their enveloping algebras</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Connections and dynamical trajectories in generalised Newton-Cartan gravity I. An intrinsic view</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bekaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Morand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Modern Physics A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1142/S0217751X23300132⟩</w:t>
+              <w:t xml:space="preserve">Journal of Mathematical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4937445⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05378372v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01283693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Connections and dynamical trajectories in generalised Newton-Cartan gravity I. An intrinsic view</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Quartic AdS Interactions in Higher-Spin Gravity from Conformal Field Theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bekaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Erdmenger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Morand</w:t>
+                <w:t xml:space="preserve">Charlotte Sleight</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Ponomarev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mathematical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4937445⟩</w:t>
+              <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 1511, pp.149. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/JHEP11(2015)149⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01283693v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01266452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quartic AdS Interactions in Higher-Spin Gravity from Conformal Field Theory</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Mixed-symmetry multiplets and higher-spin curvatures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bekaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Sleight</w:t>
+                <w:t xml:space="preserve">Nicolas Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dmitry Ponomarev</w:t>
+                <w:t xml:space="preserve">Dario Francia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 1511, pp.149. </w:t>
+              <w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 48 (22), pp.225401. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/JHEP11(2015)149⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1751-8113/48/22/225401⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01266452v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01266439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mixed-symmetry multiplets and higher-spin curvatures</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Towards holographic higher-spin interactions: Four-point functions and higher-spin exchange</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bekaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Dario Francia</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Erdmenger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Sleight</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1751-8113/48/22/225401⟩</w:t>
+              <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 1503, pp.170. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/JHEP03(2015)170⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01266439v1</w:t>
+                <w:t xml:space="preserve">hal-01266425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards holographic higher-spin interactions: Four-point functions and higher-spin exchange</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Notes on conformal invariance of gauge fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glenn Barnich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bekaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Sleight</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxim Grigoriev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 1503, pp.170. </w:t>
+              <w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/JHEP03(2015)170⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1751-8113/48/50/505402⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01266425v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01266450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Notes on conformal invariance of gauge fields</w:t>
+                <w:t xml:space="preserve">Flato-Fronsdal theorem for higher-order singletons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glenn Barnich</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Thomas Basile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bekaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Maxim Grigoriev</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boulanger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.131</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01266450v1</w:t>
+                <w:t xml:space="preserve">hal-01104145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flato-Fronsdal theorem for higher-order singletons</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Partition function of free conformal higher spin theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Beccaria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bekaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Boulanger</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tseytlin Arkady</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, pp.131</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2014, 1408, pp.113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/JHEP08(2014)113⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01104145v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01077642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Partition function of free conformal higher spin theory</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Embedding nonrelativistic physics inside a gravitational wave</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bekaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Tseytlin Arkady</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Morand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/JHEP08(2014)113⟩</w:t>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.Volume 88, Issue 6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.88.063008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01077642v1</w:t>
+                <w:t xml:space="preserve">hal-00872796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Embedding nonrelativistic physics inside a gravitational wave</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Notes on the ambient approach to boundary values of AdS gauge fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bekaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Kevin Morand</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxim Grigoriev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review D</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevD.88.063008⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 46, pp.214008. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1751-8113/46/21/214008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00872796v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00878919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Notes on the ambient approach to boundary values of AdS gauge fields</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Higher order singletons, partially massless fields and their boundary values in the ambient approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bekaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxim Grigoriev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1751-8113/46/21/214008⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Physics B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 876, pp.667. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nuclphysb.2013.08.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00878919v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00878908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Higher order singletons, partially massless fields and their boundary values in the ambient approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Comments on higher-spin holography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bekaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Maxim Grigoriev</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Euihun Joung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jihad Mourad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Physics B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 876, pp.667. </w:t>
+              <w:t xml:space="preserve">Fortschritte der Physik / Progress of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 60, pp.882-888. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nuclphysb.2013.08.015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/prop.201200014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00878908v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00783532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comments on higher-spin holography</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Symmetries and currents of the ideal and unitary Fermi gases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bekaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euihun Joung</w:t>
+                <w:t xml:space="preserve">Elisa Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jihad Mourad</w:t>
+                <w:t xml:space="preserve">Sergej Moroz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fortschritte der Physik / Progress of Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 60, pp.882-888. </w:t>
+              <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 2012 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/prop.201200014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/JHEP02(2012)113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00783532v1</w:t>
+                <w:t xml:space="preserve">hal-00667316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Symmetries and currents of the ideal and unitary Fermi gases</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Towards a gravity dual of the unitary Fermi gas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bekaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergej Moroz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/JHEP02(2012)113⟩</w:t>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 85 (10), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.85.106001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00667316v1</w:t>
+                <w:t xml:space="preserve">hal-00700019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a gravity dual of the unitary Fermi gas</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">How higher-spin gravity surpasses the spin-two barrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bekaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sergej Moroz</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Per A. Sundell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review D</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevD.85.106001⟩</w:t>
+              <w:t xml:space="preserve">Reviews of Modern Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 84, pp.987-1009. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/REVMODPHYS.84.987⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00700019v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00790769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How higher-spin gravity surpasses the spin-two barrier</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Strong obstruction of the Berends-Burgers-van Dam spin-3 vertex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bekaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Per A. Sundell</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Leclercq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reviews of Modern Physics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Physics A General Physics (1968-1972)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 43 (18), pp.185401</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00790769v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00492751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strong obstruction of the Berends-Burgers-van Dam spin-3 vertex</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Manifestly Conformal Descriptions and Higher Symmetries of Bosonic Singletons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bekaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Serge Leclercq</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxim Grigoriev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics A General Physics (1968-1972)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 43 (18), pp.185401</w:t>
+              <w:t xml:space="preserve">Symmetry, Integrability and Geometry : Methods and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 6, pp.038</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00492751v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00492747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Higher spin interactions with scalar matter on constant curvature spacetimes: conserved current and cubic coupling generating functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bekaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Meunier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 2010 (11), pp.1-31. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/JHEP11(2010)116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00561424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manifestly Conformal Descriptions and Higher Symmetries of Bosonic Singletons</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Symmetries and dynamics in constrained systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bekaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Maxim Grigoriev</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeong-Hyuck Park</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symmetry, Integrability and Geometry : Methods and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 6, pp.038</w:t>
+              <w:t xml:space="preserve">European Journal of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, C61, pp.141-183</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00492747v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00365598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Symmetries and dynamics in constrained systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">On higher spin interactions with matter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bekaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jeong-Hyuck Park</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Joung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Mourad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, C61, pp.141-183</w:t>
+              <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 05, pp.126</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00365598v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00414413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On higher spin interactions with matter</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Comments on higher-spin symmetries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bekaert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J. Mourad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 05, pp.126</w:t>
+              <w:t xml:space="preserve">International Journal of Geometric Methods in Modern Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 6, pp.285</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00414413v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00360667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comments on higher-spin symmetries</w:t>
-[...67 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Weyl calculus and Noether currents: An application to cubic interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Bekaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Joung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Mourad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of the University of Craiova Physics AUC </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 18, pp.26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00360707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2622,98 +2518,98 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Singletons and their maximal symmetry algebras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bekaert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th MATHEMATICAL PHYSICS MEETING: Summer School and Conference on Modern Mathematical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, Belgrade, Bulgaria. page 20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00878936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2723,105 +2619,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Particules de masse nulle dans des représentations exotiques du groupe de Poincaré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bekaert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Physique mathématique [math-ph]. Université François Rabelais - Tours, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00495431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId83"/>
+      <w:footerReference w:type="default" r:id="rId79"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2968,51 +2864,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378365v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bekaert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Donnay" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Herfray" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/8376-fync" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668253v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.I. Aadharsh Raj" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2024)255" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737863v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Afshar" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojtaba Najafizadeh" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2024)148" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378374v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Kowalzig" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Saracco" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11005-024-01876-y" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378372v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0217751X23300132" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283693v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Morand" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4937445" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266452v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Erdmenger" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Sleight" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Ponomarev" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2015)149" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266439v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boulanger" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Francia" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8113/48/22/225401" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266425v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2015)170" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266450v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn Barnich" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Grigoriev" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8113/48/50/505402" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01104145v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Basile" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077642v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Beccaria" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tseytlin Arkady" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2014)113" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872796v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.88.063008" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878919v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8113/46/21/214008" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878908v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysb.2013.08.015" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783532v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Euihun Joung" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihad Mourad" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prop.201200014" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667316v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Meunier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergej Moroz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2012)113" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00700019v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.85.106001" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790769v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per A. Sundell" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/REVMODPHYS.84.987" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00492751v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Leclercq" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00561424v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2010)116" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00492747v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365598v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeong-Hyuck Park" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414413v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Joung" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mourad" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360667v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360707v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Bekaert" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878936v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00495431v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737863v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Afshar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bekaert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojtaba Najafizadeh" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2024)148" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668253v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.I. Aadharsh Raj" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2024)255" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378374v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Kowalzig" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Saracco" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11005-024-01876-y" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378372v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0217751X23300132" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283693v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Morand" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4937445" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266452v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Erdmenger" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Sleight" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Ponomarev" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2015)149" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266439v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boulanger" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Francia" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8113/48/22/225401" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266425v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2015)170" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266450v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn Barnich" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Grigoriev" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8113/48/50/505402" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01104145v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Basile" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077642v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Beccaria" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tseytlin Arkady" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2014)113" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872796v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.88.063008" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878919v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8113/46/21/214008" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878908v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysb.2013.08.015" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783532v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Euihun Joung" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihad Mourad" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prop.201200014" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667316v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Meunier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergej Moroz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2012)113" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00700019v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.85.106001" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790769v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per A. Sundell" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/REVMODPHYS.84.987" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00492751v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Leclercq" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00492747v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00561424v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2010)116" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365598v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeong-Hyuck Park" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414413v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Joung" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mourad" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360667v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360707v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Bekaert" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878936v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00495431v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>