--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -439,261 +439,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04951289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the accuracy of TD-DFT excited-state geometries through optimal tuning with GW energy levels</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Polarizable Continuum Models and Green’s Function GW Formalism: On the Dynamics of the Solvent Electrons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Duchemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iryna Knysh</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ivan Duchemin</w:t>
+                <w:t xml:space="preserve">David Amblard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denis Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0203818⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 20 (20), pp.9072-9083. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jctc.4c00745⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04542533v1</w:t>
+                <w:t xml:space="preserve">hal-04752298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polarizable Continuum Models and Green’s Function GW Formalism: On the Dynamics of the Solvent Electrons</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessing the accuracy of TD-DFT excited-state geometries through optimal tuning with GW energy levels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iryna Knysh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denez Raimbault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Blase</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Amblard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Xavier Blase</w:t>
+                <w:t xml:space="preserve">Denis Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 20 (20), pp.9072-9083. </w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 160 (14), pp.144115. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jctc.4c00745⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0203818⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04752298v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04542533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disentangling the multiorbital contributions of excitons by photoemission exciton tomography</w:t>
               </w:r>
@@ -1058,295 +1058,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04297759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Static versus dynamically polarizable environments within the many-body GW formalism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Amblard</w:t>
+                <w:t xml:space="preserve">Reference CC3 Excitation Energies for Organic Chromophores: Benchmarking TD-DFT, BSE/GW, and Wave Function Methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iryna Knysh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo Lipparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0203637⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 20 (18), pp.8152-8174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jctc.4c00906⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04548581v1</w:t>
+                <w:t xml:space="preserve">hal-04708776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reference CC3 Excitation Energies for Organic Chromophores: Benchmarking TD-DFT, BSE/GW, and Wave Function Methods</w:t>
+                <w:t xml:space="preserve">Static versus dynamically polarizable environments within the many-body GW formalism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iryna Knysh</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Aymeric Blondel</w:t>
+                <w:t xml:space="preserve">David Amblard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 20 (18), pp.8152-8174. </w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 160 (15), pp.154104. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jctc.4c00906⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0203637⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04708776v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04548581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Many-body GW calculations with very large scale polarizable environments made affordable: A fully ab initio QM/QM approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amblard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1406,51 +1406,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring Bethe–Salpeter Excited-State Dipoles: The Challenging Case of Increasingly Long Push–Pull Oligomers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iryna Knysh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Villalobos-Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1458,51 +1458,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 14 (15), pp.3727-3734. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1549,64 +1549,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lagrangian Z-vector approach to Bethe–Salpeter analytic gradients: Assessing approximations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José D J Villalobos-Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iryna Knysh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1660,1955 +1660,1955 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04159821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Excess and excited-state dipole moments of real-life dyes: a comparison between wave-function, BSE/ GW , and TD-DFT values</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Excited state potential energy surfaces of N -phenylpyrrole upon twisting: reference values and comparison between BSE/GW and TD-DFT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iryna Knysh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jose Villalobos-Castro</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kelvine Letellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 25 (43), pp.29993-30004. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D3CP04467J⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 25 (12), pp.8376-8385. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D3CP00474K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04795908v1</w:t>
+                <w:t xml:space="preserve">hal-04087277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Excited state potential energy surfaces of N -phenylpyrrole upon twisting: reference values and comparison between BSE/GW and TD-DFT</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Excess and excited-state dipole moments of real-life dyes: a comparison between wave-function, BSE/ GW , and TD-DFT values</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iryna Knysh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Kelvine Letellier</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Villalobos-Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 25 (12), pp.8376-8385. </w:t>
+              <w:t xml:space="preserve">, 2023, 25 (43), pp.29993-30004. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D3CP00474K⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D3CP04467J⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04087277v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04795908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of excited state potential energy surfaces with the Bethe–Salpeter equation formalism: The 4-(dimethylamino)benzonitrile twist</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ivan Duchemin</w:t>
+                <w:t xml:space="preserve">Doping of semicrystalline conjugated polymers: dopants within alkyl chains do it better</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massimiliano Comin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lemaur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Giunchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Beljonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0121121⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10, pp.13815-13825. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D2TC01115H⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03854780v1</w:t>
+                <w:t xml:space="preserve">hal-03749933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Doping of semicrystalline conjugated polymers: dopants within alkyl chains do it better</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">David Beljonne</w:t>
+                <w:t xml:space="preserve">Modeling of excited state potential energy surfaces with the Bethe–Salpeter equation formalism: The 4-(dimethylamino)benzonitrile twist</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iryna Knysh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Jacquemin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 10, pp.13815-13825. </w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 157 (19), pp.194102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D2TC01115H⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0121121⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03749933v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03854780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Universal polarization energies for defects in monolayer, surface, and bulk hexagonal boron nitride: A finite-size fragments G W approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Amblard</w:t>
+                <w:t xml:space="preserve">Doping‐Induced Dielectric Catastrophe Prompts Free‐Carrier Release in Organic Semiconductors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massimiliano Comin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Fratini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriele d'Avino</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.6.064008⟩</w:t>
+              <w:t xml:space="preserve">Advanced Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 34 (2), pp.2105376. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adma.202105376⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03703875v1</w:t>
+                <w:t xml:space="preserve">hal-03411943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Doping‐Induced Dielectric Catastrophe Prompts Free‐Carrier Release in Organic Semiconductors</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Simone Fratini</w:t>
+                <w:t xml:space="preserve">Universal polarization energies for defects in monolayer, surface, and bulk hexagonal boron nitride: A finite-size fragments G W approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Amblard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele d'Avino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gabriele d'Avino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 34 (2), pp.2105376. </w:t>
+              <w:t xml:space="preserve">Physical Review Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 6 (6), pp.064008. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adma.202105376⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.6.064008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03411943v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03703875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cubic-Scaling All-Electron GW Calculations with a Separable Density-Fitting Space–Time Approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Photoluminescent properties of the carbon-dimer defect in hexagonal boron-nitride: A many-body finite-size cluster approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Winter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Bousquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Jacquemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jctc.1c00101⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5 (9), pp.095201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.5.095201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03211752v1</w:t>
+                <w:t xml:space="preserve">hal-03360845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strongly Bound Excitons in Metal–Organic Framework MOF-5: A Many-Body Perturbation Theory Study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aseem Rajan Kshirsagar</w:t>
+                <w:t xml:space="preserve">Cubic-Scaling All-Electron GW Calculations with a Separable Density-Fitting Space–Time Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Roberta Poloni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.1c00543⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 17 (4), pp.2383-2393. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jctc.1c00101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03359643v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03211752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photoluminescent properties of the carbon-dimer defect in hexagonal boron-nitride: A many-body finite-size cluster approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Strongly Bound Excitons in Metal–Organic Framework MOF-5: A Many-Body Perturbation Theory Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aseem Rajan Kshirsagar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Blase</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Winter</w:t>
+                <w:t xml:space="preserve">Claudio Attaccalite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Bousquet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Xavier Blase</w:t>
+                <w:t xml:space="preserve">Roberta Poloni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 5 (9), pp.095201. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (16), pp.4045-4051. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.5.095201⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.1c00543⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03360845v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03359643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bethe–Salpeter Study of the Optical Absorption of trans and cis Azobenzene-Functionalized Metal–Organic Frameworks Using Molecular and Periodic Models</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claudio Attaccalite</w:t>
+                <w:t xml:space="preserve">Reference Energies for Intramolecular Charge-Transfer Excitations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Francois Loos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massimiliano Comin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Roberta Poloni</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 125 (13), pp.7401-7412. </w:t>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 17 (6), pp.3666-3686. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.1c00367⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jctc.1c00226⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03359630v1</w:t>
+                <w:t xml:space="preserve">hal-03160172v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reference Energies for Intramolecular Charge-Transfer Excitations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bethe–Salpeter Study of the Optical Absorption of trans and cis Azobenzene-Functionalized Metal–Organic Frameworks Using Molecular and Periodic Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aseem Rajan Kshirsagar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Attaccalite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Blase</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Francois Loos</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Denis Jacquemin</w:t>
+                <w:t xml:space="preserve">Jing Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberta Poloni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 17 (6), pp.3666-3686. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 125 (13), pp.7401-7412. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jctc.1c00226⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.1c00367⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03160172v2</w:t>
+                <w:t xml:space="preserve">hal-03359630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accurate Prediction of the S 1 Excitation Energy in Solvated Azobenzene Derivatives via Embedded Orbital-Tuned Bethe-Salpeter Calculations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aseem Rajan Kshirsagar</w:t>
+                <w:t xml:space="preserve">Pros and Cons of the Bethe-Salpeter Formalism for Ground-State Energies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-François Loos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriele D’avino</w:t>
+                <w:t xml:space="preserve">Anthony Scemama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Duchemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Roberta Poloni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 16 (4), pp.2021-2027. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (9), pp.3536-3545. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jctc.9b01257⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.0c00460⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02503936v1</w:t>
+                <w:t xml:space="preserve">hal-02475410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical properties of graphene quantum dots: the role of chiral symmetry</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Accurate Prediction of the S 1 Excitation Energy in Solvated Azobenzene Derivatives via Embedded Orbital-Tuned Bethe-Salpeter Calculations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aseem Rajan Kshirsagar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis M. Basko</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ivan Duchemin</w:t>
+                <w:t xml:space="preserve">Gabriele D’avino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jing Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberta Poloni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2D Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 7 (2), pp.025041. </w:t>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 16 (4), pp.2021-2027. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/2053-1583/ab7688⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jctc.9b01257⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02518167v1</w:t>
+                <w:t xml:space="preserve">hal-02503936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Infinite-layer fluoro-nickelates as d9 model materials</w:t>
+                <w:t xml:space="preserve">Optical properties of graphene quantum dots: the role of chiral symmetry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabio Bernardini</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Valerio Olevano</w:t>
+                <w:t xml:space="preserve">Denis M. Basko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andrés Cano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/2515-7639/ab885d⟩</w:t>
+              <w:t xml:space="preserve">2D Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7 (2), pp.025041. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/2053-1583/ab7688⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03357480v1</w:t>
+                <w:t xml:space="preserve">hal-02518167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ab initio many-body GW correlations in the electronic structure of LaNiO2</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+                <w:t xml:space="preserve">Infinite-layer fluoro-nickelates as d9 model materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Bernardini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerio Olevano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andres Cano</w:t>
+                <w:t xml:space="preserve">Andrés Cano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 101 (16), pp.161102. </w:t>
+              <w:t xml:space="preserve">Journal of Physics: Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 3 (3), pp.035003. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.101.161102⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/2515-7639/ab885d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02534224v2</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03357480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pros and Cons of the Bethe-Salpeter Formalism for Ground-State Energies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre-François Loos</w:t>
+                <w:t xml:space="preserve">Ab initio many-body GW correlations in the electronic structure of LaNiO2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerio Olevano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Bernardini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Scemama</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Xavier Blase</w:t>
+                <w:t xml:space="preserve">Andres Cano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11 (9), pp.3536-3545. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 101 (16), pp.161102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.0c00460⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.101.161102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02475410v1</w:t>
+                <w:t xml:space="preserve">hal-02534224v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust Analytic-Continuation Approach to Many-Body GW Calculations</w:t>
               </w:r>
@@ -3685,51 +3685,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamical Correction to the Bethe-Salpeter Equation Beyond the Plasmon-Pole Approximation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Francois Loos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3770,347 +3770,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02907956v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Bethe-Salpeter Equation Formalism: From Physics to Chemistry</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Orientation dependent molecular electrostatics drives efficient charge generation in homojunction organic solar cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yifan Dong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vasileios C Nikolis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felix Talnack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi-Chun Chin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johannes Benduhn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.0c01875⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.4617. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-020-18439-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02873004v1</w:t>
+                <w:t xml:space="preserve">hal-03011267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Orientation dependent molecular electrostatics drives efficient charge generation in homojunction organic solar cells</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Bethe-Salpeter Equation Formalism: From Physics to Chemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Blase</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Duchemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Jacquemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Francois Loos</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11, pp.4617. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (17), pp.7371-7382. </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-020-18439-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.0c01875⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03011267v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02873004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ground-state correlation energy of beryllium dimer by the Bethe-Salpeter equation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jing Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerio Olevano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SciPost Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 8, pp.020. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4144,51 +4144,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Host dependence of the electron affinity of molecular dopants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jing Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4363,274 +4363,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02138946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Bethe–Salpeter formalism with polarisable continuum embedding: reconciling linear-response and state-specific features</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Accurate description of charged excitations in molecular solids from embedded many-body perturbation theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jing Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele d'Avino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Denis Jacquemin</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Beljonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c8sc00529j⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 97 (3), pp.035108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.97.035108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01908091v1</w:t>
+                <w:t xml:space="preserve">hal-01715820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accurate description of charged excitations in molecular solids from embedded many-body perturbation theory</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Bethe–Salpeter formalism with polarisable continuum embedding: reconciling linear-response and state-specific features</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">David Beljonne</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ciro A Guido</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 97 (3), pp.035108. </w:t>
+              <w:t xml:space="preserve">Chemical Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (19), pp.4430 - 4443. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.97.035108⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c8sc00529j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01715820v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01908091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Bethe–Salpeter equation in chemistry: relations with TD-DFT, applications and challenges</w:t>
               </w:r>
@@ -4642,51 +4642,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Society Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 47 (3), pp.1022 - 1043. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4844,1646 +4844,1646 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02000499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuning Optical Properties of Dibenzochrysenes by Functionalization: A Many-Body Perturbation Theory Study</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Is the Bethe–Salpeter Formalism Accurate for Excitation Energies? Comparisons with TD-DFT, CASPT2, and EOM-CCSD ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Jacquemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Duchemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Blase</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.7b08601⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8 (7), pp.1524. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.7b00381⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01633541v1</w:t>
+                <w:t xml:space="preserve">hal-01550200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helium atom excitations by the GW and Bethe-Salpeter many-body formalism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jing Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Holzmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerio Olevano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 118 (16), pp.163001. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevLett.118.163001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01558377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is the Bethe–Salpeter Formalism Accurate for Excitation Energies? Comparisons with TD-DFT, CASPT2, and EOM-CCSD ?</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Tuning Optical Properties of Dibenzochrysenes by Functionalization: A Many-Body Perturbation Theory Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dardenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Cardia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jing Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuliano Malloci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giancarlo Cappellini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 8 (7), pp.1524. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 121 (44), pp.24480 - 24488. </w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.7b00381⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.7b08601⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01550200v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01633541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calculations of n →π* Transition Energies: Comparisons Between TD-DFT, ADC, CC, CASPT2, and BSE/ GW Descriptions</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Šimon Budzák</w:t>
+                <w:t xml:space="preserve">Hybrid and Constrained Resolution-of-Identity Techniques for Coulomb Integrals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Duchemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jing Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpca.7b05222⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 13 (3), pp.1199 - 1208. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jctc.6b01215⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02000691v1</w:t>
+                <w:t xml:space="preserve">hal-01633509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid and Constrained Resolution-of-Identity Techniques for Coulomb Integrals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modeling the Photochrome–TiO 2 Interface with Bethe–Salpeter and Time-Dependent Density Functional Theory Methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Escudero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jctc.6b01215⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8 (5), pp.936 - 940. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.7b00015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01633509v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01625569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bethe-Salpeter study of cationic dyes: Comparisons with ADC(2) and TD-DFT</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cloé Azarias</w:t>
+                <w:t xml:space="preserve">Correlated electron-hole mechanism for molecular doping in organic semiconductors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jing Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele d'Avino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anton Pershin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4974097⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 1 (2), pp.025602. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.1.025602⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01633511v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01625561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benchmark of Bethe-Salpeter for Triplet Excited-States</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denis Jacquemin</w:t>
+                <w:t xml:space="preserve">Calculations of n →π* Transition Energies: Comparisons Between TD-DFT, ADC, CC, CASPT2, and BSE/ GW Descriptions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cloé Azarias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Habert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Šimon Budzák</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jctc.6b01169⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 121 (32), pp.6122-6134. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpca.7b05222⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01625571v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02000691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correlated electron-hole mechanism for molecular doping in organic semiconductors</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Bethe-Salpeter study of cationic dyes: Comparisons with ADC(2) and TD-DFT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cloé Azarias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Duchemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Blase</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 146 (3), pp.034301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4974097⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.1.025602⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01625561v1</w:t>
+                <w:t xml:space="preserve">hal-01633511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the Photochrome–TiO 2 Interface with Bethe–Salpeter and Time-Dependent Density Functional Theory Methods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniel Escudero</w:t>
+                <w:t xml:space="preserve">Benchmark of Bethe-Salpeter for Triplet Excited-States</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denis Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 8 (5), pp.936 - 940. </w:t>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 13 (2), pp.767 - 783. </w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.7b00015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jctc.6b01169⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01625569v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01625571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electronic and optical properties of hexathiapentacene in the gas and crystal phases</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">G. Rignanese</w:t>
+                <w:t xml:space="preserve">Combining the GW formalism with the polarizable continuum model: A state-specific non-equilibrium approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Duchemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.93.235132⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 144 (16), pp.164106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4946778⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01633569v1</w:t>
+                <w:t xml:space="preserve">hal-01633579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining the GW formalism with the polarizable continuum model: A state-specific non-equilibrium approach</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Denis Jacquemin</w:t>
+                <w:t xml:space="preserve">Electronic and optical properties of hexathiapentacene in the gas and crystal phases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Cardia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Malloci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Rignanese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Molteni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 144 (16), pp.164106. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 93 (23), pp.235132. </w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4946778⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.93.235132⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01633579v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01633569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of the convergence of partially self-consistent BSE/GW calculations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denis Jacquemin</w:t>
+                <w:t xml:space="preserve">Combining the Many-Body GW Formalism with Classical Polarizable Models: Insights on the Electronic Structure of Molecular Solids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jing Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele D’avino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Duchemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Beljonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 114 (7-8), pp.957-967. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7 (14), pp.2814 - 2820. </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00268976.2015.1119901⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.6b01302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-01849852v1</w:t>
+                <w:t xml:space="preserve">hal-01633561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining the Many-Body GW Formalism with Classical Polarizable Models: Insights on the Electronic Structure of Molecular Solids</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gabriele D’avino</w:t>
+                <w:t xml:space="preserve">Assessment of the convergence of partially self-consistent BSE/GW calculations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Duchemin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Beljonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 7 (14), pp.2814 - 2820. </w:t>
+              <w:t xml:space="preserve">Molecular Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 114 (7-8), pp.957-967. </w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.6b01302⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/00268976.2015.1119901⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01633561v1</w:t>
+                <w:t xml:space="preserve">cea-01849852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of the Accuracy of the Bethe–Salpeter (BSE/ GW ) Oscillator Strengths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymeric Blondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6654,645 +6654,645 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01633590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benchmarking the Bethe-Salpeter Formalism on a Standard Organic Molecular Set</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denis Jacquemin</w:t>
+                <w:t xml:space="preserve">First Principles Calculations of Charge Transfer Excitations in Polymer-Fullerene Complexes: Influence of Excess Energy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorota Niedzialek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiago Branquinho De Queiroz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Osella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akshay Rao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jctc.5b00304⟩</w:t>
+              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 25 (13), pp.1972-1984. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adfm.201402682⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01611291v1</w:t>
+                <w:t xml:space="preserve">hal-01616549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring approximations to the GW self-energy ionic gradients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carina Faber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Attaccalite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Cannuccia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 91 (15), pp.155109. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevB.91.155109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01110455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First Principles Calculations of Charge Transfer Excitations in Polymer-Fullerene Complexes: Influence of Excess Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dorota Niedzialek</w:t>
+                <w:t xml:space="preserve">Benchmarking the Bethe-Salpeter Formalism on a Standard Organic Molecular Set</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Blase</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 11 (7), pp.3290-3304. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jctc.5b00304⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adfm.201402682⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01616549v1</w:t>
+                <w:t xml:space="preserve">hal-01611291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ab Initio Calculations of Open-Cell Voltage in Li-Ion Organic Radical Batteries</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Dardenne</w:t>
+                <w:t xml:space="preserve">0-0 Energies Using Hybrid Schemes: Benchmarks of TD-DFT, CIS(D), ADC(2), CC2, and BSE/GW formalisms for 80 Real-Life Compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Jacquemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gian-Marco Rignanese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.5b07886⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 11 (11), pp.5340-5359. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jctc.5b00619⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01874536v1</w:t>
+                <w:t xml:space="preserve">hal-01611292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">0-0 Energies Using Hybrid Schemes: Benchmarks of TD-DFT, CIS(D), ADC(2), CC2, and BSE/GW formalisms for 80 Real-Life Compounds</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ivan Duchemin</w:t>
+                <w:t xml:space="preserve">Ab Initio Calculations of Open-Cell Voltage in Li-Ion Organic Radical Batteries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dardenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy Hautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Charlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gian-Marco Rignanese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 11 (11), pp.5340-5359. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 119 (41), pp.23373 - 23378. </w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jctc.5b00619⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.5b07886⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01611292v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01874536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does Excess Energy Assist Photogeneration in an Organic Low-Bandgap Solar Cell?</w:t>
               </w:r>
@@ -7330,51 +7330,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorota Niedzialek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Functional Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 25 (8), pp.1287-1295. </w:t>
@@ -7418,408 +7418,408 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01611030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining the Bethe–Salpeter Formalism with Time-Dependent DFT Excited-State Forces to Describe Optical Signatures: NBO Fluoroborates as Working Examples</w:t>
+                <w:t xml:space="preserve">Fast and Accurate Electronic Excitations in Cyanines with the Many-Body Bethe-Salpeter Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Boris Le Guennic</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 10 (10), pp.4548-4556. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ct500552e⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 10 (3), pp.1212-1218. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ct401101u⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01088589v1</w:t>
+                <w:t xml:space="preserve">hal-00959976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Excited states properties of organic molecules: from density functional theory to the GW and Bethe-Salpeter Green's function formalisms</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Combining the Bethe–Salpeter Formalism with Time-Dependent DFT Excited-State Forces to Describe Optical Signatures: NBO Fluoroborates as Working Examples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claudio Attaccalite</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siwar Chibani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Le Guennic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society of London. Series A, Mathematical and Physical Sciences (1934–1990)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 372 (2011), pp.20130271. </w:t>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 10 (10), pp.4548-4556. </w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rsta.2013.0271⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/ct500552e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00978401v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01088589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast and Accurate Electronic Excitations in Cyanines with the Many-Body Bethe-Salpeter Approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Excited states properties of organic molecules: from density functional theory to the GW and Bethe-Salpeter Green's function formalisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carina Faber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Denis Jacquemin</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Attaccalite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 10 (3), pp.1212-1218. </w:t>
+              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society of London. Series A, Mathematical and Physical Sciences (1934–1990)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 372 (2011), pp.20130271. </w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/ct401101u⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1098/rsta.2013.0271⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00959976v1</w:t>
+                <w:t xml:space="preserve">hal-00978401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benchmark Many-Body GW and Bethe–Salpeter Calculations for Small Transition Metal Molecules</w:t>
               </w:r>
@@ -7933,321 +7933,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01369065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giant osmotic energy conversion measured in a single transmembrane boron nitride nanotube</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Rémy Fulcrand</w:t>
+                <w:t xml:space="preserve">Resonant hot charge-transfer excitations in fullerene-porphyrin complexes: Many-body Bethe-Salpeter study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nature11876⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 87 (24), pp.245412. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.87.245412⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00959984v1</w:t>
+                <w:t xml:space="preserve">hal-00835053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resonant hot charge-transfer excitations in fullerene-porphyrin complexes: Many-body Bethe-Salpeter study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ivan Duchemin</w:t>
+                <w:t xml:space="preserve">Giant osmotic energy conversion measured in a single transmembrane boron nitride nanotube</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Siria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Poncharal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-L. Biance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Fulcrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 87 (24), pp.245412. </w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 494, pp.455-458. </w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.87.245412⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/nature11876⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00835053v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00959984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Many-body Green's function GW and Bethe-Salpeter study of the optical excitations in a paradigmatic model dipeptide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carina Faber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Attaccalite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8558,103 +8558,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electron-phonon coupling and charge-transfer excitations in organic systems from many-body perturbation theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carina Faber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Attaccalite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerio Olevano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Materials Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 47 (21), pp.7472. </w:t>
@@ -8731,51 +8731,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. C. Hatch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Höchst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carina Faber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8911,274 +8911,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00835050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Many-body Green's function study of coumarins for dye-sensitized solar cells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId194" w:history="1">
+                <w:t xml:space="preserve">Electron-phonon coupling in the C60 fullerene within the many-body GW approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Blase</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carina Faber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Xavier Blase</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Laflamme Janssen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Côté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erich Runge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 86, pp.155315. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.86.155315⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 84, pp.115104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.84.155104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00835051v1</w:t>
+                <w:t xml:space="preserve">hal-00935114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electron-phonon coupling in the C60 fullerene within the many-body GW approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Many-body Green's function study of coumarins for dye-sensitized solar cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carina Faber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Duchemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Deutsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Erich Runge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 84, pp.115104. </w:t>
+              <w:t xml:space="preserve">, 2012, 86, pp.155315. </w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.84.155104⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.86.155315⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00935114v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00835051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Superconductivity in doped clathrates, diamond and silicon</w:t>
               </w:r>
@@ -9254,90 +9254,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First-principles GW calculations for DNA and RNA nucleobases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carina Faber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Attaccalite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerio Olevano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erich Runge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9397,51 +9397,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charge-transfer excitations in molecular donor-acceptor complexes within the many-body Bethe-Salpeter approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Attaccalite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 99 (17), pp.171909. </w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9488,64 +9488,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First-principles GW calculations for fullerenes, porphyrins, phtalocyanine, and other molecules of interest for organic photovoltaic applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Attaccalite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerio Olevano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 83, pp.115103. </w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9573,235 +9573,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00626224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum Transport Properties of Chemically Functionalized Long Semiconducting Carbon Nanotubes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Radial breathing mode in silicon nanowires: An ab initio study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Blase</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alejandro Lopez-Bezanilla</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Xavier Blase</w:t>
+                <w:t xml:space="preserve">M.V. Fernandez-Serra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephan Roche</w:t>
+                <w:t xml:space="preserve">E. Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 3, pp.288-295. </w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 81, pp.193410. </w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12274-010-1032-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.81.193410⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00992791v1</w:t>
+                <w:t xml:space="preserve">hal-00935127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radial breathing mode in silicon nanowires: An ab initio study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quantum Transport Properties of Chemically Functionalized Long Semiconducting Carbon Nanotubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Lopez-Bezanilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Bourgeois</w:t>
+                <w:t xml:space="preserve">Stephan Roche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 81, pp.193410. </w:t>
+              <w:t xml:space="preserve">Nano Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 3, pp.288-295. </w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.81.193410⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12274-010-1032-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00935127v1</w:t>
+                <w:t xml:space="preserve">hal-00992791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boron-nitride and boron-carbonitride nanotubes: synthesis, characterization and theory</w:t>
               </w:r>
@@ -9943,51 +9943,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Magaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerio Olevano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Nanotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 7 (4-8), pp.383-402. </w:t>
@@ -10077,51 +10077,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Avriller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Lopez-Bezanilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica Status Solidi C: Current Topics in Solid State Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Special Issue: 10th International Conference Trends in Nanotechnology (TNT 2009), 7 (11-12), pp.2628-2631. </w:t>
@@ -10295,495 +10295,495 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00761020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Onsite matrix elements of the tight-binding Hamiltonian of a strained crystal: Application to silicon, germanium, and their alloys</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Resonant spin-filtering in cobalt decorated nanotubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Blase</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y.M. Niquet</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Xavier Blase</w:t>
+                <w:t xml:space="preserve">E. Margine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.79.245201⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 94 (17), pp.173103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3120553⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00992736v1</w:t>
+                <w:t xml:space="preserve">hal-03070866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of the Chemical Functionalization on Charge Transport in Carbon Nanotubes at the Mesoscopic Scale</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId310" w:history="1">
+                <w:t xml:space="preserve">Anomalous Doping Effects on Charge Transport in Graphene Nanoribbons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanca Biel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Blase</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Triozon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephan Roche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/nl802798q⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 102 (9), pp.096803. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.102.096803⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00992756v1</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00992765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resonant spin-filtering in cobalt decorated nanotubes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of the Chemical Functionalization on Charge Transport in Carbon Nanotubes at the Mesoscopic Scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Lopez-Bezanilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Triozon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Latil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">E. Margine</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Roche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.3120553⟩</w:t>
+              <w:t xml:space="preserve">Nano Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 9 (3), pp.940-944. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/nl802798q⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03070866v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00992756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anomalous Doping Effects on Charge Transport in Graphene Nanoribbons</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Blanca Biel</w:t>
+                <w:t xml:space="preserve">Onsite matrix elements of the tight-binding Hamiltonian of a strained crystal: Application to silicon, germanium, and their alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y.M. Niquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Rideau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Tavernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Jaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stephan Roche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 102 (9), pp.096803. </w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 79 (24), pp.245201. </w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.102.096803⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.79.245201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00992765v1</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00992736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiscale simulation of carbon nanotube devices</w:t>
               </w:r>
@@ -10928,77 +10928,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemically-induced Mobility Gaps in Graphene Nanoribbons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanca Biel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Triozon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephan Roche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nano Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 9 (7), pp.2725-2729. </w:t>
             </w:r>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11166,77 +11166,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electronic and transport properties of nanotubes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Charlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephan Roche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reviews of Modern Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 79 (2), pp.677-732. </w:t>
             </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11283,90 +11283,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low-dimensional quantum transport properties of chemically-disordered carbon nanotubes: From weak to strong localization regimes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Avriller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephan Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Triozon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Blase</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Latil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modern Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 21 (29), pp.1955-1982. </w:t>
             </w:r>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11934,64 +11934,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z-vector approach to BSE analytic gradients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José D J Villalobos-Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iryna Knysh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12042,77 +12042,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Engineering the electronic structure properties of metal-organic frameworks using ab initio methods: from photoresponsive to spin-crossover materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberta Poloni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Attaccalite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR Rest General Meeting 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Oleron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12137,90 +12137,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photoswitching metal-organic frameworks for efficient gas capture-and-release applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberta Poloni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aseem Rajan Kshirsagar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Attaccalite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computing Pi-Conjugated Compounds</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2022, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12488,51 +12488,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microscopic growth mechanisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Blase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Charlier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">A. Loiseau; P. Launois-Bernede; P. Petit; S. Roche; J.P. Salvetat. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Understanding Carbon Nanotubes: From Basics to Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 677, Springer, 2006, Lecture notes in physics, 978-3-540-26922-9</w:t>
@@ -12951,51 +12951,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794754v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Marie" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pina Romaniello" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Blase" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Loos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0250155" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05351159v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Duchemin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0300989" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951289v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0250929" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542533v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iryna Knysh" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denez Raimbault" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jacquemin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0203818" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752298v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Amblard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.4c00745" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483439v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiebke Bennecke" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Windischbacher" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Schmitt" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Philipp Bange" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Hemm" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-45973-x" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909201v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Rodriguez-Mayorga" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele d'Avino" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.4c00756" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297759v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quintin Meier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. de Vaulx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bernardini" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Botana" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.109.184505" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548581v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0203637" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708776v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Lipparini" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Blondel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.4c00906" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256157v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0168755" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137107v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Villalobos-Castro" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.3c00699" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159821v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; D J Villalobos-Castro" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0156687" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795908v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3CP04467J" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087277v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelvine Letellier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3CP00474K" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03854780v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0121121" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749933v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Comin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lemaur" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Giunchi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Beljonne" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2TC01115H" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03703875v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.6.064008" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03411943v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Fratini" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202105376" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211752v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.1c00101" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359643v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aseem Rajan Kshirsagar" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Attaccalite" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Poloni" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.1c00543" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360845v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Winter" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bousquet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.5.095201" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359630v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Li" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.1c00367" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160172v2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Francois Loos" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.1c00226" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503936v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele D&#8217;avino" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.9b01257" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518167v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis M. Basko" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1583/ab7688" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357480v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Bernardini" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Olevano" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Cano" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7639/ab885d" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534224v2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Cano" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.101.161102" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475410v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Scemama" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.0c00460" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02766493v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.9b01235" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907956v2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0023168" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873004v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.0c01875" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011267v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yifan Dong" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasileios C Nikolis" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Talnack" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi-Chun Chin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Benduhn" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-18439-z" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155679v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21468/scipostphys.8.2.020" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908090v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otello Maria Roscioni" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Friederich" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Anderson" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8mh00921j" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138946v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5090605" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908091v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciro A Guido" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8sc00529j" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715820v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.035108" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715822v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7CS00049A" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02000499v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine K&#246;rbel" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Boulanger" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Marques" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvana Botti" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2018-90206-6" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633541v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dardenne" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Cardia" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuliano Malloci" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giancarlo Cappellini" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.7b08601" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01558377v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Holzmann" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.118.163001" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550200v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.7b00381" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02000691v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clo&#233; Azarias" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Habert" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#352;imon Budz&#225;k" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.7b05222" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633509v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.6b01215" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633511v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4974097" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625571v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.6b01169" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625561v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Pershin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.1.025602" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625569v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Escudero" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.7b00015" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633569v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cardia" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Malloci" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rignanese" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Molteni" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.93.235132" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633579v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4946778" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01849852v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00268976.2015.1119901" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633561v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.6b01302" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633513v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.6b00419" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633590v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bruneval" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marivi Fernandez-Serra" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4940139" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611291v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.5b00304" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01110455v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carina Faber" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cannuccia" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Duchemin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.91.155109" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616549v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorota Niedzialek" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Branquinho De Queiroz" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Osella" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akshay Rao" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201402682" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TQ7H75Z1-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874536v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Hautier" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Charlier" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gian-Marco Rignanese" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b07886" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611292v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.5b00619" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611030v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Hahn" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Geiger" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201403784" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-H5KV8NHJ-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088589v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siwar Chibani" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Le Guennic" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ct500552e" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00978401v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2013.0271" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959976v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ct401101u" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369065v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel A. L. Marques" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ct5003658" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959984v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Siria" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poncharal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-L. Biance" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Fulcrand" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature11876" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835053v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.87.245412" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913648v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4830236" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957153v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Grockowiak" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Klein" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Cercellier" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence L&#233;vy-Bertrand" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.88.064508" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070859v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Marcenat" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chapelier" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Bustarret" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/201333004" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00730389v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Deutsch" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-012-6401-7" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00757763v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ciuchi" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. C. Hatch" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. H&#246;chst" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.108.256401" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835050v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.167801" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835051v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.86.155315" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935114v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Laflamme Janssen" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel C&#244;t&#233;" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erich Runge" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.84.155104" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992828v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2011.03.002" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-307K2NKH-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626223v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.83.115123" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626221v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3655352" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626224v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.83.115103" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992791v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Lopez-Bezanilla" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Roche" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12274-010-1032-2" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935127v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.V. Fernandez-Serra" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bourgeois" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.81.193410" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992772v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Arenal de La Concha" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Loiseau" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00018730903562033" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002862v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Berger" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Veuillen" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Magaud" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mallet" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJNT.2010.031726" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01560963v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanca Biel" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Cresti" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Avriller" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dubois" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.200983826" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FE221C0138A18739D67D17C7D85BF1BD6AF8CD55/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761020v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marcenat" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NMAT2425" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992736v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.M. Niquet" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Rideau" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tavernier" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jaouen" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.79.245201" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992756v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Triozon" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Latil" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl802798q" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070866v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Margine" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3120553" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992765v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.102.096803" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400169v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Adessi" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Avriller" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bournel" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Cazin d'Honincthun" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2009.05.004" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-295KP5RT-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992722v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl901226s" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761467v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wojewoda" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Achatz" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Ortega" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Omn&#232;s" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2008.01.040" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070873v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/RevModPhys.79.677" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01560967v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/s0217984907014322" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097731v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Conn&#233;table" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.93.237004" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00140539v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Tournus" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Masenelli" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice M&#233;linon" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Conn&#233;table" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.69.035208" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097739v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gillet" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. San Miguel" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. M&#233;linon" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.92.215505" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715986v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonso San Miguel" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Connetable" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08957950212454" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770948v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924282v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924335v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070870v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01461528v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Arnold" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Beaufort" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bertrand" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Boeglin" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070894v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003793v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.-M. Rignanese" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Charlier" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00002280v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794754v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Marie" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pina Romaniello" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Blase" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Loos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0250155" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05351159v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Duchemin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0300989" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951289v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0250929" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752298v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Amblard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.4c00745" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542533v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iryna Knysh" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denez Raimbault" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jacquemin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0203818" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483439v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiebke Bennecke" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Windischbacher" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Schmitt" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Philipp Bange" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Hemm" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-45973-x" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909201v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Rodriguez-Mayorga" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele d'Avino" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.4c00756" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297759v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quintin Meier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. de Vaulx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bernardini" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Botana" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.109.184505" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708776v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Lipparini" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Blondel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.4c00906" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548581v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0203637" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256157v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0168755" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137107v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Villalobos-Castro" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.3c00699" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159821v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; D J Villalobos-Castro" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0156687" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087277v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelvine Letellier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3CP00474K" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795908v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3CP04467J" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749933v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Comin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lemaur" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Giunchi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Beljonne" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2TC01115H" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03854780v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0121121" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03411943v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Fratini" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202105376" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03703875v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.6.064008" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360845v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Winter" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bousquet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.5.095201" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211752v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.1c00101" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359643v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aseem Rajan Kshirsagar" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Attaccalite" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Poloni" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.1c00543" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160172v2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Francois Loos" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.1c00226" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359630v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Li" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.1c00367" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02475410v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Scemama" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.0c00460" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503936v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele D&#8217;avino" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.9b01257" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518167v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis M. Basko" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1583/ab7688" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357480v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Bernardini" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Olevano" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Cano" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7639/ab885d" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534224v2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Cano" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.101.161102" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02766493v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.9b01235" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907956v2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0023168" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011267v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yifan Dong" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasileios C Nikolis" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Talnack" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi-Chun Chin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Benduhn" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-18439-z" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873004v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.0c01875" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155679v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21468/scipostphys.8.2.020" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908090v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otello Maria Roscioni" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Friederich" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Anderson" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8mh00921j" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138946v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5090605" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715820v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.035108" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908091v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciro A Guido" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8sc00529j" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715822v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7CS00049A" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02000499v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine K&#246;rbel" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Boulanger" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Marques" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvana Botti" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2018-90206-6" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550200v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.7b00381" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01558377v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Holzmann" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.118.163001" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633541v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dardenne" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Cardia" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuliano Malloci" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giancarlo Cappellini" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.7b08601" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633509v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.6b01215" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625569v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Escudero" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.7b00015" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625561v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Pershin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.1.025602" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02000691v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clo&#233; Azarias" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Habert" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#352;imon Budz&#225;k" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.7b05222" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633511v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4974097" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625571v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.6b01169" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633579v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4946778" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633569v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cardia" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Malloci" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rignanese" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Molteni" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.93.235132" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633561v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.6b01302" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01849852v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00268976.2015.1119901" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633513v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.6b00419" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633590v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bruneval" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marivi Fernandez-Serra" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4940139" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616549v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorota Niedzialek" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Branquinho De Queiroz" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Osella" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akshay Rao" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201402682" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TQ7H75Z1-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01110455v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carina Faber" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cannuccia" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Duchemin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.91.155109" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611291v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.5b00304" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611292v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.5b00619" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874536v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Hautier" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Charlier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gian-Marco Rignanese" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b07886" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611030v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Hahn" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Geiger" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201403784" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-H5KV8NHJ-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959976v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ct401101u" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088589v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siwar Chibani" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Le Guennic" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ct500552e" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00978401v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2013.0271" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369065v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel A. L. Marques" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ct5003658" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835053v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.87.245412" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959984v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Siria" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poncharal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-L. Biance" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Fulcrand" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature11876" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913648v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4830236" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957153v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Grockowiak" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Klein" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Cercellier" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence L&#233;vy-Bertrand" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.88.064508" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070859v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Marcenat" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chapelier" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Bustarret" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/201333004" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00730389v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Deutsch" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-012-6401-7" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00757763v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ciuchi" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. C. Hatch" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. H&#246;chst" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.108.256401" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835050v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.167801" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935114v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Laflamme Janssen" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel C&#244;t&#233;" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erich Runge" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.84.155104" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835051v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.86.155315" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992828v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2011.03.002" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-307K2NKH-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626223v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.83.115123" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626221v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3655352" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626224v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.83.115103" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935127v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.V. Fernandez-Serra" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bourgeois" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.81.193410" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992791v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Lopez-Bezanilla" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Roche" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12274-010-1032-2" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992772v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Arenal de La Concha" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Loiseau" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00018730903562033" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002862v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Berger" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Veuillen" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Magaud" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mallet" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJNT.2010.031726" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01560963v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanca Biel" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Cresti" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Avriller" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dubois" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.200983826" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FE221C0138A18739D67D17C7D85BF1BD6AF8CD55/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761020v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marcenat" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NMAT2425" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070866v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Margine" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3120553" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992765v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Triozon" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.102.096803" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992756v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Latil" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl802798q" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992736v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.M. Niquet" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Rideau" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tavernier" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jaouen" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.79.245201" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400169v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Adessi" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Avriller" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bournel" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Cazin d'Honincthun" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2009.05.004" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-295KP5RT-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992722v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl901226s" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761467v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wojewoda" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Achatz" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Ortega" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Omn&#232;s" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2008.01.040" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070873v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/RevModPhys.79.677" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01560967v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/s0217984907014322" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097731v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Conn&#233;table" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.93.237004" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00140539v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Tournus" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Masenelli" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice M&#233;linon" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Conn&#233;table" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.69.035208" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097739v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gillet" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. San Miguel" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. M&#233;linon" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.92.215505" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715986v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonso San Miguel" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Connetable" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08957950212454" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770948v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924282v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924335v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070870v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01461528v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Arnold" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Beaufort" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bertrand" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Boeglin" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070894v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003793v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.-M. Rignanese" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Charlier" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00002280v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>